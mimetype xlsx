--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -48,1431 +48,1431 @@
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/1/1_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/1/1_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE SUBVENÇÃO SOCIAL AO HORIZONTE FUTEBOL CLUBE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/2/2_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º DA LEI MUNICIPAL N. 1.126, DE 15 DE FEVEREIRO DE 2016, SEM ALTERAÇÃO DE VALORES, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/3/3_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI MUNICIPAL N. 1.124, DE 15 DE FEVEREIRO DE 2016, A FIM DE RECOMPOR O SALÁRIO MÍNIMO VIGENTE NO PAÍS, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Francisco César de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIRETRIZES PARA A FORMAÇÃO HUMANÍSTICA NA EDUCAÇÃO INFANTIL, ADEQUAÇÃO DO PROJETO PEDAGÓGICO, FORMAÇÃO COMPLEMENTAR DOS PROFESSORES DA REDE MUNICIPAL DE ENSINO E OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI MUNICIPAL N. 1.125, DE 15 DE FEVEREIRO DE 2016, A FIM DE RECOMPOR O SALÁRIO MÍNIMO VIGENTE NO PAÍS, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JOSÉ ALDEMIR DA SILVA A ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL NA LOCALIDADE DE PLANALTO HORIZONTE NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A GRATIFICAÇÃO DE DESEMPENHO FISCAL (GDF) E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO ADMINISTRATIVA DE HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA VIA PÚBLICA E ALTERA O ART. 1º DA LEI N. 463, DE 16 DE JUNHO DE 2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI N. 1.137, DE 01 DE ABRIL DE 2016, QUE TRATA DA REMUNERAÇÃO DO MAGISTÉRIO DA EDUCAÇÃO, E O ANEXO ÚNICO DA LEI N. 1.138, DE 01 DE ABRIL DE 2016, QUE TRATA DA REMUNERAÇÃO DOS SERVIDORES TECNICO-ADMINISTRATIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N. 934, DE 16/10/2012, LEI N. 988, DE 08/10/2013 E LEI N. 1.109, DE 03/12/2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI N. 1.137, DE 01 DE ABRIL DE 2016, QUE TRATA DA REMUNERAÇÃO DO MAGISTÉRIO DA EDUCAÇÃO, E O ANEXO ÚNICO DA LEI N. 1.138, DE 01 DE ABRIL DE 2016, QUE TRATA DA REMUNERAÇÃO DOS SERVIDORES TÉCNICO-ADMINISTRATIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI MUNICIPAL N. 1.125, DE 15 DE FEVEREIRO DE 2016, TRATANDO SOBRE A REPOSIÇÃO SALARIAL DO QUADRO DE PESSOAL TÉCNICO-ADMINISTRATIVO DA CÂMARA MUNICIPAL DE HORIZONTE, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Chelo Rocha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE DEUSIMAR ROCHA, O PRÉDIO DA CÂMARA MUNICIPAL DE HORIZONTE, SE DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 993 DE 05 DE NOVEMBRO DE 2013 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 990 DE 07 DE OUTUBRO DE 2013 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR O IMÓVEL QUE INDICA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO III DA LEI MUNICIPAL N.306, DE 21 DE DEZEMBRO DE 2000, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Professor Simão</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA A PRAÇA PÚBLICA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A NOMENCLATURA DA SECRETARIA DO TRABALHO E ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE PRORROGAÇÃO DE PRAZO DE INSTALAÇÃO DE COOPERATIVA (COOTACHE)</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE AMORTIZAÇÃO PARA EQUACIONAMENTO DE DÉFICIT ATUARIAL.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA NO BAIRRO BUENOS AIRES NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR,ADICIONAL AO VIGENTE ORÇAMENTO,O CRÉDITO ESPECIAL QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE PRORROGAÇÃO DE PRAZO DE INSTALAÇÃO DA EMPRESA GRANJAS SÂO JOSÈ S/A,QUE INDICA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>DENOMINA O EQUIPAMENTO PÚBLICO QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE PRORROGAÇÃO DE PRAZO DE INSTALAÇÃO DA EMPRESA CONMARFEL BRASIL LTDA, QUE INDICA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIOS E AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CELEBRAR CONTRATO DE CONCESSÃO E/OU PERMISSÃO DE USO DE BENS PÚBLICOS COM EMPRESAS PÚBLICAS E PRIVADAS, VISANDO À EXPLORAÇÃO DE BENS E/OU SERVIÇOS PÚBLICOS E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE PRORROGAÇÃO DE PRAZO DE INSTALAÇÃO DA EMPRESA INDÚSTRIA DE PAPEL EMBALAGENS HORIZONTE LTDA, QUE INDICA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE HORIZONTE PARA O PERÍODO 2018-2021</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A TRANSFERÊNCIA DE RECURSOS FINANCEIROS, POR MEIO DE DOAÇÃO PARA A PESSOA JURÍDICA DO SETOR PRIVADO QUE INDICA, NOS TERMOS EM QUE AUTORIZA A LEI MUNICIPAL N. 1.150, DE 05 DE JULHO DE 2016 (LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2016).</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE HORIZONTE, QUE INDICA E ADOTA OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O TEXTO DA LEI MUNICIPAL N. 599, DE 12 DE MARÇO DE 2007 E DISCIPLINA E ESTABELECE SANÇÕES FISCAIS NOS CASOS DE FECHAMENTO DE EMPRESAS INCENTIVADAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR, ADICIONAL AO VIGENTE ORÇAMENTO, O CRÉDITO ESPECIAL QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL DE HORIZONTE (PREFH) E OUTRAS PROVIDÊNCIAS RELATIVAS À RECUPERAÇÃO DE CRÉDITOS TRIBUTÁRIOS DO MUNICÍPIO </t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DA GENTILEZA E CIDADANIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/205/pl0050-2017.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/205/pl0050-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE HORIZONTE PARA COM O SEU REGIME DE PREVIDÊNCIA SOCIAL (RPPS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR O IMÓVEL QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Auricino, Haroldo da Saúde, Luciano Pinheiro, Valda</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECONHECIMENTO DE UTILIDADE PÚBLICA DA ASSOCIAÇÃO QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Auricino, Carlinhos Nogueira, Carlos da Bodega, Carlos Eloy, Chelo Rocha, Cícero Cruz, Delegado Kim Barreto, Dr. Alexandre, Haroldo da Saúde, Itaciana, Júnior Tobias, Luciano Pinheiro, Luquinha do Guaraná, Professor Simão, Valda</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO HORIZONTINO AO SR.ANTONIO JOSÉ DO NASCIMENTO E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO HORIZONTINO AO SR. JOÃO BEZERRA DA SILVA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO HORIZONTINO AO SR. HÉLIO MORAIS DE MEDEIROS E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO HORIZONTINO AO SR.WANILSON RIBEIRO DA SILVA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HORIZONTINA À SRA. JOSEFA MEDEIROS FARIAS E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HORIZONTINO AO SR. PAULO ALBUQUERQUE DE SOUSA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO BALCÃO DE ATENDIMENTO DO CIDADÃO - BALCÃO DO CIDADÃO NA CÂMARA MUNICIPAL DO HORIZONTE.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DO SERVIÇO DE TELEFONIA MÓVEL CELULAR PELA CÂMARA MUNICIPAL DE HORIZONTE, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>DISCIPLINA O USO DE VEÍCULOS A SERVIÇO DO PODER LEGISLATIVO MUNICIPAL DE HORIZONTE, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 58 DO REGIMENTO INTERNO QUE TRATA SOBRE A CÂMARA ITINERANTE, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dr. Alexandre</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSTRUÍDA UMA ÁREA DE LAZER E ENTRETENIMENTO ONDE TODA A POPULAÇÃO POSSA TER ACESSO, PRINCIPALMENTE AOS FINAIS DE SEMANA E FERIADOS.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROPÕE AO PODER EXECUTIVO A DETERMINAR O ATENDIMENTO NOS PRINCIPAIS POSTOS DE SAÚDE ( PLANALTO, ZUMBI, DOURADO E MALHADA) QUE SEJÁ ATÉ ÁS 22:00 HORAS E COM ENTREGA DOS MEDICAMENTOS AO PACIENTE.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA DESENVOLVIDO JUNTO ÀS CRIANÇAS E ADOLESCENTES DE HORIZONTE PROGRAMA DE INICIAÇÃO ÀS ARTES MACIAIS NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO PODER EXECUTIVO A REFORMA DO CHAFARIZ DE ABASTECIMENTO D`ÀGUA NO BAIRRO DA GAMELEIRA </t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A INSTALAÇÃO DO SISTEMA DE VÍDEO MONITORAMENTO URBANO DE SEGURANÇA PÚBLICA NO MUNICÍPIO DE HORIZONTE.</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A CONSTRUÇÃO DE UMA - USB - UNIDADE BÁSICA DE SAÚDE NO BAIRRO DA LAGOINHA.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O ATENDIMENTO NO POSTO DE SAÚDE DO ZUMBI EM HORÁRIO AMPLIADO.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO PODER EXECUTIVO A DOAÇÃO DE UM TERRENO PARA A ASSOCIAÇÃO SHALOM.</t>
   </si>
   <si>
     <t>Luquinha do Guaraná</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO PODER EXECUTIVO A IMPLANTAÇÃO DO CANIL, RECOLHIMENTO E ACOLHIMENTO DE CÃES ABANDONADOS.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO PODER EXECUTIVO A INSTALAÇÃO DE UM SISTEMA ELETRÔNICO E ONLINE DE AGENDAMENTO DE CONSULTAS E EXAMES DE SAÚDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>Delegado Kim Barreto</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO PODER EXECUTIVO A CONVOCAÇÃO DE TODOS OS CANDIDATOS APROVADOS NO ÚLTIMO CONCURSO DA GUARDA MUNICIPAL E A REALIZAÇÃO DE UM NOVO CONCURSO.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO PODER EXECUTIVO A SUBVENÇÃO DO PREÇO DA TARIFA DA PASSAGEM E/OU INSTALAÇÃO E MANUTENÇÃO DE ABRIGOS NAS PARADAS DAS LINHAS DO TRANSPORTE COLETIVO INTRAMUNICIPAL URBANO ATRAVÉS DE EMPRESAS PRIVADAS.</t>
   </si>
   <si>
     <t>Cícero Cruz</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A REFORMA DA PRAÇA ANA DIAMANTINA (PRAÇA ZUMBI), EQUIPANDO-A COM OS APARELHOS BÁSICOS PARA ACADEMIA POPULAR AO AR LIVRE.</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A CONSTRUÇÃO DE UMA &amp;#8220;ARENINHA&amp;#8221; NO BAIRRO DIADEMA I, NO TERRENO PRÓXIMO AO CLENILSÃO, ANTIGO CAMPO DO CRUZEIRINHO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A DRENAGEM DA RUA ARCO-ÍRIS NO BAIRRO PLANALTO HORIZONTE E DA RUA MARIA MACIEL NO BAIRRO PICA PAU NA FORMA QUE INDICA.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE CALÇAMENTO EM PEDRA TOSCA NAS RUAS:  JOÃO DO NASCIMENTO; RUA MARIA PEREIRA E ZACARIAS DA MATA, TODAS NA VILA NASCIMENTO.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A CONVOCAÇÃO DE TODOS OS CANDIDATOS APROVADOS NO ÚLTIMO CONCURSO PARA O DEMUTRAN.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL QUE BUSQUE PARCERIA JUNTO AO GOVERNO DO ESTADO A FIM DE TRAZER UMA EQUIPE DO RAIO PARA HORIZONTE.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Itaciana, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL A CRIAÇÃO DA COORDENADORIA DE POLÍTICAS PARA MULHERES.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE SEJA CRIADO DO FUNDO MUNICIPAL DE CAPITALIZAÇÃO E APOIO AOS PEQUENOS NEGÓCIOS NO ÂMBITO DO MUNICÍPIO DE HORIZONTE.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO AS MELHORIAS NAS CONDIÇÕES DE TRANSPORTE DOS PACIENTES QUE NECESSITAM DE HEMODIÁLISE, QUIMIOTERAPIA E EXAMES ESPECIALIZADOS, OFERTANDO VEÍCULOS COM BANHEIRO FUNCIONAL, POLTRONAS RECLINÁVEIS E AR-CONDICIONADO.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO PODER EXECUTIVO QUE CONCEDA ÀS PESSOAS COM DEFICIÊNCIA GRATUIDADE NOS VEÍCULOS DO SISTEMA DE TRANSPORTE PÚBLICO MUNICIPAL DE HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL, MENSAGEM DE PROJETO DE LEI COMPLEMENTAR PARA MODIFICAR A BASE DE CÁLCULO DA CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO PODER EXECUTIVO QUE SEJA FEITO CONVÊNIO COM A UNIPACE A FIM DE TRAZER PREPARATÓRIO PRÉ VESTIBULAR À DISTÂNCIA. </t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DO CALÇAMENTO DAS RUAS MANOEL MATIAS E DONA CARMELITA, NO BAIRRO BUENOS AIRES II.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>REQUER QUE A PREFEITURA MUNICIPAL SE MUNICIE DE MELHORES EQUIPAMENTOS PARA O DIAGNÓSTICO DAS PESSOAS COM DEFICIÊNCIA, EM ESPECIAL AS PESSOAS COM AUTISMO.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA FARMÁCIA POPULAR MUNICIPAL DE HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>SOLICITA À PREFEITURA AMPLIAÇÃO DA ESCOLA FRANCISCO XAVIER NA LOCALIDADE DE BUENOS AIRES II NESSE MUNICÍPIO</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Júnior Tobias</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DO CALÇAMENTO DA RUA 25 DE NOVEMBRO, CAJUEIRO DA MALHADA.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À PREFEITURA QUE SEJA INCLUÍDO O TORNEIO DA EMANCIPAÇÃO AOS ANUAIS EVENTOS EM HORIZONTE.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>SOLICITAR À PREFEITURA QUE SEJA GARANTIDO O REPASSE FINANCEIRO REFERENTE AO ABONO DOS AGENTES DE ENDEMIAS E AGENTES DE SAÚDE.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO PODER EXECUTIVO QUE SEJA FEITO ESTUDO DE VIABILIDADE PARA IMPLANTAÇÃO DE UM PROGRAMA HABITACIONAL PARA SERVIDORES PÚBLICOS MUNICIPAIS DE HORIZONTE.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO PODER EXECUTIVO QUE SEJA FEITO A COMPRA DE UM DRONE COM CÂMERA DE ALTA RESOLUÇÃO A FIM DE FORTALECER AS FERRAMENTAS DE APOIO À SECRETARIA DE SEGURANÇA.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Carlos da Bodega, Júnior Tobias</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA, NAS RUAS PAULO FREIRE, FRANCISCO BENTO E RAIMUNDO NONATO, AMBAS SITUADAS NO BAIRRO PLANALTO HORIZONTE E NECESSITAM DE ASFALTO EM TODAS SUAS EXTENSÕES.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Júnior Tobias, Luquinha do Guaraná</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO A PROVIDENCIAR 17 ABRIGOS PARA MOTO TAXISTAS NOS LOCAIS APROPRIADOS CIDADE.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>POR MEIO DA PRESENTE INDICAÇÃO, QUE SEJA GARANTIDA UMA EQUIPE EXTRA DE MÉDICO, ENFERMEIRO E DENTISTA A FIM DE COBRIR ÁREAS QUE ESTEJAM SEM ATENDIMENTO NA ATENÇÃO BÁSICA EM DECORRÊNCIAS DE FÉRIAS, LICENÇAS MÉDICAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OFICIALIZAÇÃO DO HINO DA GUARDA, SEU BRASÃO,IDENTIDADE DOS SEUS AGENTES,PADRONIZAÇÃO DE SUAS VIATURAS E FARDAMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>INDICA A CONFECÇÃO DE PROJETO DE LEI PARA A CRIAÇÃO DO FUNDO MUNICIPAL DO ESPORTE NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Itaciana</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA DE FORMAÇÃO PARA PROFISSIONAIS DA REDE DE ATENDIMENTO A CRIANÇAS,ADOLESCENTES E JOVENS EM SITUAÇÃO DE ACOLHIMENTO INSTITUCIONAL E EM CUMPRIMENTO DE MEDIDA SOCIOEDUCATIVA EM MEIO ABERTO,LIBERDADE ASSISTIDA OU VIGIADA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>AUTORIZAÇÃO E REGULAMENTAÇÃO DA PRESCRIÇÃO FARMACÊUTICA NO ÂMBITO DO MUNICÍPIO DE HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Professor Simão</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO CENTRO DE DIAGNOSTICO POR IMAGEM E ERGOMETRIA DE HORIZONTE.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>REQUER A DELIMITAÇÃO DE CICLOFAIXAS NAS ESTRADAS DE ACESSO ÀS LOCALIDADES DE QUEIMADAS E DOURADO NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>REQUER A CRIAÇÃO DO CENTRO DE REABILITAÇÃO INFANTIL  COM A SALA DE ESTIMULAÇÃO PRECOCE EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/4/4_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/4/4_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL A REGULARIZAÇÃO DO PAGAMENTO MENSAL À POLICLÍNICA DE PACAJÚS.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/5/5_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONFECÇÃO DAS CARTEIRAS DE IDENTIDADE ESTUDANTIS.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO MUNICIPAL, A PAVIMENTAÇÃO EM PEDRA TOSCA EM 10 RUAS DA LOCALIDADE DE VERTENTE - DOURADO.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO MUNICIPAL A AQUISIÇÃO DE BOMBAS SOBRESSALENTES DE POÇOS PROFUNDOS.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO A LOCAÇÃO DE GUARDA MUNICIPAL NAS DEPENDÊNCIAS DE  TODOS OS ÓRGÃOS PÚBLICOS DO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO A LOCAÇÃO DE REDUTORES DE VELOCIDADE, TIPO "TARTARUGAS" NAS RUAS: MANOEL CONRADO, RAFAEL SANTOS, VENÂNCIO RAIMUNDO, ALEXANDRE JOCA, MARIA FERREIRA E RUA QUE VAI DE DOURADO A CONQUEIROS.</t>
   </si>
   <si>
     <t>Chelo Rocha, Professor Simão</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER LEGISLATIVO A CONSTITUIÇÃO DE UMA COMISSÃO ESPECIAL, COM A FINALIDADE DE REALIZAR AVALIAÇÃO DE REDEFINIÇÃO DOS LIMITES DO MUNÍCIPIO DE HORIZONTE COM OS MUNICÍPIOS VIZINHOS, NOTADAMENTE PACAJÚS, CASCAVEL E AQUIRAZ. </t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO A DRENAGEM DO TRECHO DA RUA TAMIRES ENTRE AS RUAS GILBERTO GOMES E PROFESSORA MARIA OZÉLIA COSTA DE OLIVERIA.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO A REFORMA DA QUADRA DO BAIRRO PICA PAU.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO A MANUTENÇÃO DE TODO O CALÇAMENTO DA RUA JOSÉ FRANCISCO, BAIRRO PLANALTO HORIZONTE.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO A INSTALAÇÃO DE REDUTOR DE VELOCIDADE, TIPO "QUEBRA-MOLAS/LOMBADAS" NA RUA JOÃO BENTO - BAIRRO PLANALTO HORIZONTE ZUMBI, EM FRENTE AO LABORATÓRIO DE ANALISES CLÍNICAS.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL A AMPLIAÇÃO DA REDE ELÉTRICA DOS BAIRROS LAGOINHA E PLANALTO HORIZONTE, NESTA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO PROVIDENCIAR A CONCLUSÃO DO SANEAMENTO BÁSICO EM NOSSA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE GINÁSIO POLIESPORTIVO NA LOCALIDADE DE PREAÓCA. </t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL QUE SEJA DISPONIBILIZADA AMBULÂNCIA PARA O POSTO DE SAÚDE DE TANQUES, VISANDO ATENDER A POPULAÇÃO SITUADA NAS LOCALIDADES DE TANQUES, PREAÓCA E GENIPAPEIRO.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL QUE SEJA DISPONIBILIZADO PONTO DE APOIO PARA OS PROFISSIONAIS DA EQUIPE DE SAÚDE DA FAMÍLIA SITUADA NA LOCALIDADE DE PREAÓCA.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO MUNICIPAL A INSTALAÇÃO DE REDUTOR DE VELOCIDADE, TIPO &amp;#8220;TARTARUGAS&amp;#8221; NA RUA VEREADOR ELIAS EDUARDO DE SOUSA, NO BAIRRO ZUMBI, EM FRENTE AO LABORATÓRIO DE ANÁLISES CLÍNICAS. </t>
   </si>
   <si>
     <t>Auricino</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO MUNICIPAL O ABASTECIMENTO DE ÁGUA NA COMUNIDADE DE COQUEIROS, NESTE MUNICÍPIO. </t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO ASFÁLTICA DA RUA MANUEL CONRADO NA FORMA QUE INDICA.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXCELENTÍSSIMO SENHOR PRESIDENTE DA ASSEMBLEIA LEGISLATIVA DO CEARÁ A APRESENTAÇÃO DO PROJETO DE LEI ESTADUAL PARA DENOMINAR DE RAIMUNDO NONATO DE CARVALHO A ESCOLA ESTADUAL DE ENSINO MÉDIO NO PLANALTO HORIZONTE, NESTA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL QUE SEJA REALIZADA SUBSTITUIÇÃO DE CASAS DE TAIPAS POR ALVENARIA NA LOCALIDADE DE GENIPAPEIRO.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO EM PEDRA TOSCA NAS RUAS JOSÉ CASIMIRO, E RUA SAGRADA FAMÍLIA, AMBAS NA LOCALIDADE DE TANQUES.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO EM PEDRA TOSCA E ASFÁLTICA DAS RUAS QUE INTERLIGAM CANAVIEIRA DOS PINHEIROS, ANINGAS, MUNDO NOVO, CANAVIEIRA DOS MUNIZ AOS COQUEIROS NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A COLOCAÇÃO DAS PLACAS INDICATIVAS DAS RUAS MANOEL CORREIA LIMA E TRAVESSA MARIA THAMYRES FERNANDES DE AQUINO NA FORMA QUE INDICA.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O REPARO DA PAVIMENTAÇÃO E DA ILUMINAÇÃO PÚBLICA DA RUA RAIMUNDO ALVES DA SILVA NA FORMA QUE INDICA.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL A INSTALAÇÃO DE REDUTORES DE VELOCIDADES NAS RUAS RAIMUNDO ALVES DA SILVA E LIA DE OLIVEIRA CORREIA NO PLANALTO HORIZONTE.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL A APLICAÇÃO DA PLACA DE SINALIZAÇÃO DE PARADA OBRIGATÓRIA (R11-PARE) NO CRUZAMENTO DAS RUAS ENIR SANTOS COM FRANCISCO SENA, NO BAIRRO BUENOS AIRES II.</t>
   </si>
   <si>
     <t>Auricino, Haroldo da Saúde, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA UBS - UNIDADE BÁSICA DE SAÚDE/PSF, NA LOCALIDADE DE COQUEIRO NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL QUE SEJA PROVIDENCIADO A &amp;#8220;REDE ELÉTRICA DE ILUMINAÇÃO PÚBLICA&amp;#8221; EM TODA A EXTENSÃO DA RUA PIO RODRIGUES NO BAIRRO MALCOZINHADO.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A ESCAVAÇÃO DE POÇOS PROFUNDOS A FIM DE ATENDER À POPULAÇÃO DAS LOCALIDADES DE BARRA E MOURÃO NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DAS ESTRADAS QUE DÃO ACESSO À SEDE E AOS DISTRITOS DE HORIZONTE NA FORMA QUE INDICA.</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DA CENTRAL DE VIGILÂNCIA ELETRÔNICA INTEGRANDO TODOS OS PRÉDIOS PÚBLICOS DE HORIZONTE.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Carlinhos Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A IMPLEMENTAÇÃO DE SINALIZAÇÃO E REDUTORES DE VELOCIDADES NAS RUAS ANA NOGUEIRA E MARIA JOSÉ NOGUEIRA NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL QUE SEJA PROVIDENCIADA A SUBSTITUIÇÃO DAS LÂMPADAS AMARELAS POR BRANCAS OU LED, NAS RUAS JOÃO DE SOUSA FALCÃO E JOÃO EUZÉBIO DA SILVA NO BAIRRO CATOLÉ.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO PODER EXECUTIVO MUNICIPAL A AMPLIAÇÃO E PAVIMENTAÇÃO EM PEDRA TOSCA DA RUA RAIMUNDO FÉLIX ATÉ O CANAL, NA LOCALIDADE DE ALTO ALEGRE DO DISTRITO DE QUEIMADAS, COM REFORMA DA PAVIMENTAÇÃO DO TRECHO JÁ EXISTENTE. </t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL QUE SEJA PROVIDENCIADA A PAVIMENTAÇÃO EM PEDRA TOSCA EM TODA EXTENSÃO DAS RUAS JOAQUIM LEMOS E GENÉSIO PALHANO NA LOCALIDADE DE LAGOINHA.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS NA INSTALAÇÃO DE REDE ELÉTRICA DE ILUMINAÇÃO PÚBLICA EM TODA A EXTENSÃO NA RUA PIO RODRIGUES NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL QUE SEJA IMPLANTADA PRAÇA COM EQUIPAMENTOS DE ACADEMIA PARA ATIVIDADES FÍSICAS AO AR LIVRE, NA LOCALIDADE DE CANAVIEIRA DOS PINHEIROS.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DO CAMPO NOVO DO HORIZONTE FUTEBOL CLUBE NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ABASTECIMENTO DE ÁGUA ATRAVÉS DE POÇO PROFUNDO NA LOCALIDADE DE TANQUES NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA PRAÇA PÚBLICA AO LADO DA RUA JOSÉ PEQUENO, NA LOCALIDADE DE ALTO ALEGRE, DISTRITO DAS QUEIMADAS, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A EXTENSÃO DA LINHA DE ÔNIBUS QUE PERCORRE O BAIRRO DIADEMA 2, A FIM DE CHEGAR ATÉ A RUA FRANCISCA DE JESUS, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A DRENAGEM DAS RUAS EURICO GASPAR DUTRA E MARIA MACIEL, AMBAS NO BAIRRO PICA PAU NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO A IMPLANTAÇÃO DE UM SEMÁFORO NA RUA RAIMUNDO ALVES DA SILVA COM LUIZ INÁCIO DE SOUSA - PLANALTO HORIZONTE.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL, A REALIZAÇÃO DE DRENAGEM NAS RUAS EURICO GASPAR DUTRA E MARIA MACIEL NO BAIRRO PICA PAU, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO EM PEDRA TOSCA DAS RUAS DO DISTRITO DE DOURADO NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA A IMPLANTAÇÃO DE UMA EQUIPE DA PM-CE (RONDA DO QUARTEIRÃO) EM DOURADO.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA QUE SEJA REALIZADA A RECUPERAÇÃO DO CALÇAMENTO NA LOCALIDADE DE ANINGAS.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>REQUER A MELHORIA DA ILUMINAÇÃO PÚBLICA PARA A RUA MANOEL CORREIA LIMA, PLANALTO HORIZONTE.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA A RECUPERAÇÃO DO CALÇAMENTO E O FUNCIONAMENTO DA REDE DE SANEAMENTO BÁSICO DA RUA PACATUBA, ZUMBI.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA QUE SEJA PROVIDENCIADA A REPOSIÇÃO DE LÂMPADAS NA RUA ENIR SANTOS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA QUE SEJA REALIZADA A REPOSIÇÃO DE LÂMPADAS NA AV. MANOEL FERREIRA DE ALMEIDA.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA QUE SEJAM CONSERTADOS OS SEMÁFOROS MUNICIPAIS.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO PODER EXECUTIVO, A CONSTRUÇÃO DO CALÇAMENTO DE PEDRA TOSCA NO BECO DO CACETE, NA LOCALIDADE DE TANQUES.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA A MANUTENÇÃO DA PAVIMENTAÇÃO DA RUA REGINA DE OLIVEIRA E DA TRAVESSA FRANCISCO MIGUEL NO PLANALTO HORIZONTE.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A IMPLANTAÇÃO DE PLACAS DE IDENTIFICAÇÃO EM TODAS AS RUAS E DEMAIS LOGRADOUROS PÚBLICOS, EM CUJAS PLACAS CONTE O NÚMERO DO CEP.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA A IMPLANTAÇÃO DE POSTES E REPOSIÇÃO DE LÂMPADAS NA RUA FRANCISCA CECÍLIA DE SOUSA E EM SUAS EXTREMIDADES, PLANALTO HORIZONTE.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA QUE SEJA PROVIDENCIADA A ILUMINAÇÃO PÚBLICA NA RUA ALZIRA MADALENA, CENTRO.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER À PREFEITURA A RECUPERAÇÃO DA ILUMINAÇÃO PÚBLICA DA AV. 25 DE DEZEMBRO, MALCOZINHADO._x000D_
 </t>
   </si>
   <si>
     <t>110</t>
@@ -1510,51 +1510,51 @@
   <si>
     <t>SOLICITA À PREFEITURA A INSTALAÇÃO DE UM POÇO PROFUNDO EM LAGOINHA E OUTRO EM DIADEMA II.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>SOLICITA À PREFEITURA PROVIDENCIAR JUNTO A CAGECE A INSTALAÇÃO DA REDE ÁGUA TRATADA EM DIADEMA I</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA À PREFEITURA A REFORMA E RESTAURAÇÃO, REVITALIZAÇÃO, E ISNTALAÇÃO DE EQUIPAMENTOS DE GINÁSTICA DA PRAÇA DA BÍBLIA, PARA A PRÁTICA DE EXERCÍCIOS FÍSICOS.                                     </t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA UM TRANSPORTE PARA ATENDER AOS PARA-ATLETAS DE HORIZONTE DO NÚCLEO PFDAH.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/128/req_n._0082-2017.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/128/req_n._0082-2017.pdf</t>
   </si>
   <si>
     <t>Requer 150 (cento e cinquenta) metros de AMPLIAÇÃO DA REDE ELÉTRICA DE "BAIXA TENSÃO" na rua Cicero ,- Brindeiro, nas mediações da indústria SHANGRILAR, bem como a iluminação na localidade de VERTENTE, para atender a população local.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO CHEFE DO PODER EXECUTIVO A INSTALAÇÃO DE REDUTORES DE VELOCIDADE NA RUA JOSÉ NERIS DA SILVA EM FRENTE AO MERCANTIL DO EDNARDO E A CEI MARIA JOSÉ ALVES DA SILVA NO BAIRRO ALTO ALEGRE</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO CHEFE DO PODER EXECUTIVO PROVIDENCIAR A REFORMA DOS GINÁSIOS POLIESPORTIVO DAS ESCOLAS OLIMPIO NOGUEIRA EM ALTO ALEGRE DISTRITO DE QUEIMAS NESTA CIDADE</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO CHEFE DO PODER EXECUTIVO PROVIDENCIAR UM POÇO PROFUNDO NA RUA DA PALHA E OUTRO POÇO PROFUNDO NO CÓRREGO DAS QUINTAS.</t>
   </si>
   <si>
     <t>136</t>
   </si>
@@ -1570,294 +1570,294 @@
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Luquinha do Guaraná</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DA PAVIMENTAÇÃO EM PEDRAS TOSCA DE TODAS AS RUAS DO BAIRRO MAL COZINHADO</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA E MANUTENÇÃO DA ACADEMIA DE SAÚDE EM DOURADO.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PAVIMENTAÇÃO EM PEDRA TOSCA NA RUA FRANCISCO WELLINGTON SILVEIRA NO BAIRRO PLANALTO HORIZONTE.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/199/req_n._0097-2017.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/199/req_n._0097-2017.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DANDO CONTINUIDADE DA RUA BATURITE A CE 350 (ESTRADA COLUNA CASCAVEL)</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA ADMINISTRAÇÃO MUNICIPAL, QUE SEJAM REALIZADAS: REFORMA E AMPLIAÇÃO DO POSTO DE SAÚDE DE ANIGAS.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/201/req_n._0099-2017.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/201/req_n._0099-2017.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA LOCALIDADE DE CANAVIEIRA DO MUNIZ.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/154/req_n._0100-2017.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/154/req_n._0100-2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE ABASTECIMENTO D&amp;#8217;ÁGUA COM PERFURAÇÃO DE POÇOS PROFUNDOS, NAS LOCALIDADES DE TANQUES, VERTENTE CANAVIEIRA DOS PINHEIRO, ASSENTAMENTO ANINGAS,BARRA,MUNDO NOVO E CÓRREGO DAS QUINTAS.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO CHEFE DO PODER EXECUTIVO A PAVIMENTAÇÃO EM PEDRA TOSCA EM TODAS AS RUAS DA LOCALIDADE DE CACHOEIRA 1 E CACHOEIRA 2.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA DA PRAÇA DA COMUNIDADE DE ANINGAS.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA PRAÇA NA COMUNIDADE DE ALTO ALEGRE, JUNTAMENTE COM A REATIVAÇÃO DO POÇO PROFUNDO E DO CHAFARIZ DAQUELA PRAÇA NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO EM PEDRA TOSCA DA RUA JOÃO GADELHA, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA DA RUA MARIA JOSÉ NOGUEIRA, NA LOCALIDADE DE ALTO ALEGRE.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>REQUER A SUBSTITUIÇÃO DE TODAS AS LÂMPADAS QUEIMADAS DA LOCALIDADE DE ALTO ALEGRA.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE UMA ACADEMIA POPULAR DE SAÚDE NA PRAÇA FRANCISCO ALVES DE SOUSA NA LOCALIDADE DE QUEIMADAS.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO PODER EXECUTIVO, SOLICITAR QUE, APÓS REALIZAR OS DEVIDOS REPAROS ORDINÁRIOS DE MANUTENÇÃO, COMO PISO E ILUMINAÇÃO, DISPONIBILIZEM ESTAGIÁRIOS DE EDUCAÇÃO FÍSICA PARA DAREM AULAS NOS DIVERSOS GINÁSIOS EXISTENTES NA CIDADE.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DA ADMINISTRAÇÃO MUNICIPAL, UM ABRIGO PARA OS TAXISTAS NO CENTRO, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO CHEFE DO PODER EXECUTIVO, A AMPLIAÇÃO DE REDE ASSIM COMO A IMPLANTAÇÃO DE POSTES, E A REPOSIÇÃO DE LÂMPADAS, LOCALIZADA NA RUA 20 DE NOVEMBRO, SITUADA NO BAIRRO MALHADA</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA ADMINISTRAÇÃO MUNICIPAL, A PAVIMENTAÇÃO EM PEDRA TOSCA NAS RUAS DO LOTEAMENTO HORIZONTE PARK, BAIRRO ZUMBI.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO EM PEDRA TOSCA NA RUA FRANCISCA GURGEL, EM TODA A SUA EXTENSÃO, NO BAIRRO DA GAMELEIRA.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>REQUERIMENTO AO CHEFE DO PODER EXECUTIVO, A CONTINUIDADE DA PAVIMENTAÇÃO EM PEDRA TOSCA DA AV. MARTINS CLEMENTE, EM TODA A SUA EXTENSÃO, ONDE TERMINA NA RUA MIGUEL SKEFF NO BAIRRO DA DIADEMA.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>REQUERIMENTO AO CHEFE DO PODER EXECUTIVO, AMPLIAÇÃO E REFORMA DO GINÁSIO JOÃO MACHADO SOBRINHO NO DISTRITO DE DOURADO.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UM CARRO &amp;#8220;LIMPA FOSSAS&amp;#8221; POR PARTE DA PREFEITURA, COM A FINALIDADE DE ATENDER ÀS FAMÍLIAS CARENTES DE HORIZONTE NO SERVIÇO DE ESGOTO.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>REQUERIMENTO AO CHEFE DO PODER EXECUTIVO,A IMPLANTAÇÃO DE 02(DOIS) REDUTORES DE VELOCIDADES DA RUA ADAUJTO FARIAS,NA LOCALIDADE DE PLANALTO DA GALILEIA.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA ADMINISTRAÇÃO MUNICIPAL, REFORMA DO POSTO DE SAÚDE DA DIADEMA-1 E DO POSTO RAFAEL SANTOS</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/172/req_n._0119-2017.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/172/req_n._0119-2017.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE MAIS UM GINÁSIO POLIESPORTIVO EM NOSSA CIDADE,COM CAPACIDADE MÍNIMA DE 2500 PESSOAS,PISO PROFISSIONAL E CABINE PARA IMPRENSA.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>REQUERIMENTO AO CHEFE DO PODER EXECUTIVO, A PAVIMENTAÇÃO DAS RUAS MARIA ROMANA DA MATA, ANA DE LIMA, ZEZÉ CORREIA, MARIA DOS ANJOS, MANUEL PADRE E RAIMUNDO NASCIMENTO LOCALIZADAS NO BAIRRO VILA NASCIMENTO</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Carlos da Bodega, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/188/req_n._0121-2017.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/188/req_n._0121-2017.pdf</t>
   </si>
   <si>
     <t>SOLICITA  PODER EXECUTIVO, QUE SEJA FEITA A RECUPERAÇÃO, REQUALIFICAÇÃO E REVITALIZAÇÃO DA PAVIMENTAÇÃO DA AV. EUCLIDES FERREIRA GOMES E QUE SEJA FEITA A AMPLIAÇÃO E A PAVIMENTAÇÃO DA REFERIDA AVENIDA  ATÉ A RUA CELSO SILVA ASSUNÇÃO.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO PODER EXECUTIVO, RECUPERAÇÃO DE CALÇAMENTO E PAVIMENTAÇÃO ASFÁLTICA NOS BAIRROS MANGUEIRAL E ZUMBI.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA ADMINISTRAÇÃO MUNICIPAL ,UMA COLETA SEMANAL DE EXAMES NOS POSTOS DE SAÚDE,NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO AO PODER EXECUTIVO, APLICAÇÃO DE REDUTORES DE VELOCIDADE, NA RUA ANA NOGUEIRA LOPES, EM FRENTE A PRACINHA, NA CURVA DA ENTRADA DAS QUEIMADAS, GAMELEIRA.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA ADMINISTRAÇÃO MUNICIPAL, A RECUPERAÇÃO DA PAVIMENTAÇÃO ASFALTICA DAS SEGUINTES RUAS DO BAIRRO MANGUEIRA:_x000D_
 -RUA:ALEXANDRE JOCA CEP:62880-498_x000D_
 -RUA:MARIA DE LOURDES CEP:62880-518_x000D_
 -RUA:BATURITÉ CEP:62880-001</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>REQUER A REFORMA DO GINÁSIO RAIMUNDO CAROLINO DA SILVA, LOCALIDADE DE BUENOS AIRES.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE 3 (TRÊS) REDUTORES DE VELOCIDADE NA RUA CÍCERO BRINDEIRO, EM VERTENTE - DISTRITO DE DOURADO.</t>
   </si>
   <si>
     <t>MOP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELA MORTE DO SR. MILTON NOGUEIRA NERIS</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SR. MOÉSIO DE ALMEIDA ALVES BRAGA.</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SR. JOÃO RODRIGUES DE SOUSA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -2167,68 +2167,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/205/pl0050-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/128/req_n._0082-2017.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/199/req_n._0097-2017.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/201/req_n._0099-2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/154/req_n._0100-2017.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/172/req_n._0119-2017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/188/req_n._0121-2017.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/205/pl0050-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/128/req_n._0082-2017.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/199/req_n._0097-2017.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/201/req_n._0099-2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/154/req_n._0100-2017.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/172/req_n._0119-2017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2017/188/req_n._0121-2017.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H209"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="203.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>