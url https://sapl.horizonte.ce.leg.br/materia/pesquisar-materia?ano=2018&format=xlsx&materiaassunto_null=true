--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -54,993 +54,993 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>PPV</t>
   </si>
   <si>
     <t>Parecer Prévio do Tribunal de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado do Ceará</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2018/731/2018111085_00125_0066_0025_2018_00011.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2018/731/2018111085_00125_0066_0025_2018_00011.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas de Governo do Município de Horizonte do exercício financeiro de 2013, de responsabilidade do Prefeito Nezinho Farias na forma que indica.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PEL</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Francisco César de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/271/271_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>Altera o § 2º do art. 40 da Lei Orgânica do Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/211/211_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR, ADICIONAL AO VIGENTE ORÇAMENTO CREDITO ESPECIAL INDICA DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/212/212_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N. 214, DE 12 DE DEZEMBRO DE 1996, QUE INSTITUI COMO SÍMBOLOS DO MUNICÍPIO DE HORIZONTE, O HINO E A BANDEIRA DE ACORDO COM O DISPOSTO NO §2° DO ART.13 DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Auricino, Carlinhos Nogueira, Carlos da Bodega, Carlos Eloy, Chelo Rocha, Cícero Cruz, Delegado Kim Barreto, Dr. Alexandre, Haroldo da Saúde, Itaciana, Júnior Tobias, Luciano Pinheiro, Luquinha do Guaraná, Professor Simão, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/232/232_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O PARLAMENTO JOVEM DO MUNICÍPIO DE HORIZONTE.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/231/231_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA D DO JOVEM CRISTÃO NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE HORIZONTE.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/216/216_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO ADMINISTRATIVA DO MUNICÍPIO DE HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/217/217_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS II E III DA LEI N. 1.170, DE 18 DE ABRIL DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/218/218_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI MUNICIPAL N, 1.170, DE 18 DE ABRIL DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/219/219_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ABONO ESPECIAL AOS OCUPANTES DOS CARGOS DE PROVIMENTO EFETIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/220/220_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI MUNICIPAL N. 1.124, DE 15 DE FEVEREIRO DE 2016, A FIM DE RECOMPOR O SALÁRIO MÍNIMO VIGENTE NO PAÍS, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/221/221_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI MUNICIPAL N. 1.125, DE 15 DE FEVEREIRO DE 2016, TRATANDO SOBRE A REPOSIÇÃO SALARIAL DO QUADRO DE PESSOAL TÉCNICO-ADMINISTRATIVO DA CÂMARA MUNICIPAL DE HORIZONTE, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/222/222_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI MUNICIPAL N. 1.125, DE 15 DE FEVEREIRO DE 2016, A FIM DE RECOMPOR O SALÁRIO MÍNIMO VIGENTE NO PAÍS, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/227/227_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2019. (COM 2 EMENDAS MODIFICATIVAS)</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Professor Simão</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/237/237_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA AVENIDA E RUAS DO BAIRRO DE LAGOINHA, RATIFICA A DENOMINAÇÃO DE OUTRAS RUAS QUE FORAM AMPLIADAS, NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/241/241_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A REVOGAR A LEI MUNICIPAL N. 1.072, DE 23 DE ABRIL DE 2015 E A PROCEDER A DOAÇÃO DA ÁREA DE PROPRIEDADE DO MUNICÍPIO, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/244/244_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/244/244_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RATIFICAÇÃO DO PROTOCOLO DE INTENÇÕES DO CONSÓRCIO PÚBLICO DE MANEJO DE RESÍDUOS SÓLIDOS DA REGIÃO METROPOLITANA B E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/243/243_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/243/243_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DO MEIO AMBIENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Carlos da Bodega, Haroldo da Saúde, Professor Simão</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/253/253_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA O PRÉDIO PÚBLICO, NA FORMA QUE INDICA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/251/251_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DO BAIRRO CENTRO CONFORME A PLANTA URBANA DO REFERIDO BAIRRO NA FORMA QUE INDICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Carlinhos Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/252/252_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DO BAIRRO PLANALTO GALILÉIA CONFORME A PLANTA URBANA DO REFERIDO BAIRRO NA FORMA QUE INDICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/264/264_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DO BAIRRO GAMELEIRA CONFORME A PLANTA URBANA DO REFERIDO BAIRRO NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/267/267_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O NOVO ZONEAMENTO GEOAMBIENTAL DO MUNICÍPIO DE HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/279/279_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/279/279_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA DO BAIRRO ALTO DO ESTRELA CONFORME A PLANTA URBANA DO REFERIDO BAIRRO NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Professor Simão</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/278/278_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/</t>
   </si>
   <si>
     <t>INSTITUI ALTERAÇÕES, ACRESCENTA E REVOGA DISPOSITIVOS DA LEI N° 007, DE 02 DE OUTUBRO DE 2017, QUE INSTITUIU O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/277/277_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE AMORTIZAÇÃO PARA EQUACIONAMENTO DE DÉFICIT ATUARIAL.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/276/276_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE HORIZONTE PARA COM SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>INSTITUI O &amp;#8220;PROJETO UM HORIZONTE ANTIDROGAS&amp;#8221; NAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE ENSINO, CRIA O SELO ESCOLA SEM DROGAS&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/270/270_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA AS RUAS DO BAIRRO BUENOS AIRES I, CONFORME PLANTA URBANA DO REFERIDO BAIRRO NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/272/272_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CRÉDITO PARA FINANCIAR INVESTIMENTOS EM OBRAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/273/273_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A QUALIFICAÇÃO DE ENTIDADES SEM FINAS LUCRATIVOS COMO ORGANIZAÇÕES SOCIAIS E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/274/274_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE PARCERIAS PÚBLICO-PRIVADAS (PPP), NOS ÓRGÃOS E ENTIDADES DA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO DE HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/275/275_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/275/275_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA O EQUIPAMENTO PÚBLICO QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/287/287_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/287/287_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTS. 1º E 2º DA LEI MUNICIPAL N. 1.229, DE 18 DE MAIO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE HORIZONTE PARA O EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/289/289_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA DO BAIRRO CENTRO E LAGOINHA, CONFORME A PLANTA URBANA DOS REFERIDOS BAIRROS, NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/292/292_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA OS §§ 5º E 6º AO ART. 1º DALEI N.1.248, DE 28 DE SETEMBRO DE 2018, DISPONDO SOBRE A FINALIDADE DA REFERIDA LEI.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/290/290_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI ALTERAÇÕES, ACRESCENTA E REVOGA DISPOSITIVOS DA LEI N. 007, DE 02 DE OUTUBRO DE 2017, QUE INSTITUI O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. (COM 1 EMENDA)</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/298/298_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DO BAIRRO GAME/EIRA CONFORME A PLANTA URBANA DO REFERIDO BAIRRO NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Itaciana</t>
   </si>
   <si>
     <t>INSTITUI A COMENDA &amp;#8220;HORIZONTE MULHER&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>ACRESCENTA O § 6º AO ART. 58 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE HORIZONTE, INSTITUINDO A OBRIGATORIEDADE DA TRADUÇÃO SIMULTÂNEA EM LÍNGUA BRASILEIRA DE SINAIS (LIBRAS) NAS SESSÕES PLENÁRIAS DA CÂMARA MUNICIPAL DE HORIZONTE, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Delegado Kim Barreto</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/214/214_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À PREFEITURA A INSTALAÇÃO NO SISTEMA MUNICIPAL DE CÂMERAS DE SEGURANÇA UM APLICATIVO DE RECONHECIMENTO FACIAL.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>Dr. Alexandre</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/215/215_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À PREFEITURA QUE SEJA FEITO A IGUALDADE EM 20% NO PAGAMENTO DA PERICULOSIDADE/INSALUBRIDADE DOS AGENTES DE TRÂNSITO E GUARDAS MUNICIPAIS EM ATIVIDADE NO MUNICÍPIO DE HORIZONTE.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/236/236_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSTITUÍDO ALBERGUE PARA A PROTEÇÃO E PRESERVAÇÃO MULHERES VÍTIMAS DE VIOLÊNCIA.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>Júnior Tobias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/223/223_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA INSTITUIR A DISCIPLINA DE EMPREENDEDORISMO NA GRADE CURRICULAR DAS ESCOLAS MUNICIPAIS DE HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/224/224_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/224/224_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA QUE SEJA INSTALADO NO SISTEMA MUNICIPAL DE CÂMERAS DE SEGURANÇA, UM APLICATIVO DE RECONHECIMENTO FACIAL NOS CONDOMÍNIOS JOSÉ LINO DO RÊGO.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/229/229_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO QUE SEJAM AUMENTADAS AS OFERTAS DE FISIOTERAPIA E FONOAUDIOLOGIA, ATRAVÉS DA CARGA HORÁRIA OU DO QUADRO FUNCIONAL DOS RESPECTIVOS PROFISSIONAIS.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>Auricino, Haroldo da Saúde, Luciano Pinheiro, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/230/230_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/230/230_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A DOAÇÃO DE TERRENO DA MUNICIPALIDADE PARA A CONSTRUÇÃO DA SEDE DA ASSOCIAÇÃO COMUNITÁRIA DOS COQUEIROS.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/246/246_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO, POR MEIO DA INDICAÇÃO DE PROJETO LEI, QUE SE TRATA DE INSTITUI A MEDALHA "JOVEM CIENTISTA" NO ÂMBITO DO MUNICÍPIO DE HORIZONTE, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/249/249_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM REINICIADAS AS CIRURGIAS GINECOLÓGICAS NO HOSPITAL MUNICIPAL DE HORIZONTE (EX: RETIRADA DE CISTOS DE OVÁRIOS, DE ÚTERO, CIRURGIA "DE PERÍNEO") E AS DE FRATURAS DE FACE (BUCO MAXILARES).</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>Auricino</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/260/260_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA IMPLANTAÇÃO DO PCCR, PROVIDENCIAR A CONSTRUÇÃO DE SEDE PRÓPRIA, CRIAR O CNPJ, REAJUSTAR O VALOR CORRESPONDENTE A PERICULOSIDADE E INSALUBRIDADE PARA 40% PARA OS AGENTES DA GUARDA MUNICIPAL DE HORIZONTE.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/254/254_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DA REDE MUNICIPAL DE ENSINO DE HORIZONTE, O PROJETO RESGATANDO A HISTÓRIA DOS BAIRROS.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/255/255_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO &amp;#8220;UM HORIZONTE ANTIDROGAS&amp;#8221;, NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DE HORIZONTE, CRIA O SELO &amp;#8220;ESCOLA SEM DROGAS&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/266/266_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CRIAÇÃO DA &amp;#8220;SEMANA DA LEITURA&amp;#8221; NAS ESCOLAS MUNICIPAIS DE HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS,</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/282/282_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR, AO PODER EXECUTIVO, POR MEIO DA PRESENTE INDICAÇÃO ,QUE SEJA CRIADO O PROGRAMA FARMÁCIA DOADORA E O PROGRAMA "UMA DOSE DE VIDA"-DOAÇÃO SOLIDÁRIA DE MEDICAMENTO,</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/213/213_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA PROVIDENCIAR JUNTO À SEMA A INSTALAÇÃO DAS CALHAS NAS CISTERNAS DAS RESIDÊNCIAS NO MUNICÍPIO DE HORIZONTE QUE FORAM DOADAS PELO GOVERNO.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/225/225_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/225/225_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE REDE DE ENERGIA ELÉTRICA PARA DUAS RUAS DE ACESSO AO POSTO DE SAÚDE DA LOCALIDADE DE CAJUEIRO DA MALHADA, PRÓXIMO À RUA FRANCISCA RAMALHO.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>Carlos da Bodega, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/234/234_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A LIMPEZA DAS RUAS DE VERTENTE I DOURADO E TODA REGIÃO DE TABULEIRO, BEM COMO, O DESMATAMENTO DAS MARGENS DAS MESMAS.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>Chelo Rocha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/235/235_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER TRANSPORTE PÚBLICO PARA A LINHA HORIZONTE/CATOLÉ.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/233/233_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/233/233_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DOS TRECHOS DANIFICADOS DAS RUAS ISRAEL CORREIA LIMA, LUIZ INÁCIO DE SOUZA, VALDIMIRO DE QUEIROZ E RUAS ADJACENTES NO BAIRRO ZUMBI.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/226/226_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE AMBULÂNCIA PARA O POSTO DE SAÚDE DO BAIRRO DOURADO, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/228/228_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITURA MUNICIPAL DE HORIZONTE QUE SEJA PROVIDENCIADA A PAVIMENTAÇÃO EM PEDRA TOSCA EM RUAS DA LOCALIDADE ALTO DA BOA VISTA.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/238/238_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO QUE SEJA CELEBRADO CONVÊNIO ENTRE O MUNICÍPIO E CLÍNICAS VETERINÁRIAS, A FIM DE PRESTAR OS PRIMEIROS SOCORROS AOS ANIMAIS DE PEQUENO PORTE ABANDONADOS NAS RUAS DA CIDADE.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/242/242_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO EM PEDRA TOSCA NA RUA EUFRÁSIO FILHO NA LOCALIDADE DE LAGOINHA.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/239/239_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO QUE SEJA FEITA A LIMPEZA DA RUA CÍCERO BRINDEIRO E DEMAIS RUAS E CONJUNTOS QUE FAZEM PARTE DO LOTEAMENTO DO DOURADO.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/247/247_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE REDUTOR DE VELOCIDADE PARA AS RUAS QUE INDICA.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/245/245_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O DESMATAMENTO DAS MARGENS DA ESTRADA VICINAL QUE LIGA A COMUNIDADE DE TANQUES E CANAVIEIRA NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/248/248_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO DAS RUAS QUE INDICA.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/263/263_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A REVITALIZAÇÃO E MANUTENÇÃO DAS BRINQUEDOTECAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/261/261_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UM BRAÇO COM LUMINÁRIA NOS POSTES DAS RUAS ÁUSTRIA, SUÍÇA, SUÉCIA, HOLANDA E NA AVENIDA PEDRO FELÍCIO DE OLIVEIRA NO BAIRRO CARNAUBAL.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/262/262_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE EQUIPAMENTOS DE LAZER, ESPORTE E GINÁSTICA PARA CRIANÇAS, ADOLESCENTES, ADULTOS E IDOSOS NA PRAÇA EM FRENTE AOS CONDOMÍNIOS JOSÉ LINO DA SILVEIRA.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/256/256_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE LUMINÁRIAS NOS POSTES DA ESTRADA DA LOCALIDADE DE CANAVIEIRA DOS MUNIZ E JOSÉ ANINGAS.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/257/257_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMPLANTAÇÃO DE ACADEMIA POPULAR E DE UM PLAYGROUND NAS DEPENDÊNCIAS DA QUADRA DO PICA-PAU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/258/258_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE DEBATE NA CÂMARA MUNICIPAL DE HORIZONTE ACERCA DA FORMA DE CÁLCULO DO IPTU NO ÂMBITO DO MUNICÍPIO, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>Auricino, Carlos da Bodega, Carlos Eloy, Delegado Kim Barreto, Dr. Alexandre, Itaciana, Júnior Tobias, Luquinha do Guaraná</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/259/259_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL INFORMAÇÕES PERTINENTES A COBRANÇA DO IPTU CONFORME DESCRIÇÃO DOS ITENS ESPECIFICADOS.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>REQUER A COLOCAÇÃO DE PLACAS DE IDENTIFICAÇÃO COM O CEP CORRESPONDENTE EM TODAS AS RUAS DO MUNICÍPIO INCLUSIVE NAS RUAS DA ZONA RURAL.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/269/269_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA PASSAGEM (PONTE) SOBRE O CANAL NA AVENIDA EUCLIDES FERREIRA GOMES DESOBSTRUINDO O TRECHO DA RUA VITAL PEREIRA DA SILVA.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/280/280_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE REDUTORES DE VELOCIDADE NAS RUAS QUE FORAM CONTEMPLADAS COM O PROJETO SINALIZA NO MUNICÍPIO DE HORIZONTE NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/281/281_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO ASFÁLTICA DAS RUAS QUE INDICA.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/295/295_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO, POR MEIO DE PRESENTE INDICAÇÃO, SEJA REALIZADA UMA ANÁLISE TÉCNICA NA ESTRUTURA DANIFICADA DO POÇO DA COMUNIDADE GAMELEIRA, AVERIGUANDO, INCLUSIVE, SE HÁ RISCO DE COLAPSO, PARA QUE EM SEGUIDA SEJAM FEITOS OS DEVIDOS REPAROS.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/296/296_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA PROVIDENCIADO COM MAIOR BREVIDADE POSSÍVEL A OBRA DE RECUPERAÇÃO DA PAVIMENTAÇÃO EM PÉDRA TOSCA EM TODA EXTENSÃO DA RUA TERTULIANO NOGUEIRA DO DISTRITO DE QUEIMADAS.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/297/297_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O PEDIDO DE GESTÃO JUNTO AO SETOR COMPETENTE DA MUNICIPALIDADE</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/291/291_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A IMPLANTAÇÃO DE POSTES QUE SEJAM SUFICIENTES PARA ILUMINAR ADEQUADAMENTE A PRAÇA LOCALIZADA EM FRENTE AOS CONDOMÍNIOS JOSÉ LINO DA SILVEIRA.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>Carlos Eloy, Itaciana</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/294/294_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE UMA SESSÃO SOLENE A FIM DE HOMENAGEAR AO SR. NEZINHO, ELEITO DEPUTADO ESTADUAL NAS ÚLTIMAS ELEIÇÕES.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>VOTOS DE CONGRATULAÇÕES AO HORIZONTE FUTEBOL CLUBE PELA CONQUISTA DO CAMPEONATO CEARENSE SUB-20.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>MOP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
@@ -1371,68 +1371,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2018/731/2018111085_00125_0066_0025_2018_00011.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2018/731/2018111085_00125_0066_0025_2018_00011.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2018/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="203.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>