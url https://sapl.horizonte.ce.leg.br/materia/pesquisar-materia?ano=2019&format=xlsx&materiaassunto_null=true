--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -54,2058 +54,2058 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Carlos da Bodega, Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/304/304_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DO BAIRRO GAMELEIRA, DO LOTEAMENTO TERRA NOBRE, CONFORME A PLANTA URANA DO REFERIDO BAIRRO, NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Alci, Auricino, Carlinhos Nogueira, Carlos da Bodega, Carlos Eloy, Chelo Rocha, Cícero Cruz, Delegado Kim Barreto, Dr. Alexandre, Haroldo da Saúde, Itaciana, Júnior Tobias, Luciano Pinheiro, Professor Simão, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/305/305_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ARGEU DOS SANTOS A ARENINHA DO BAIRRO DIADEMA II, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Francisco César de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/299/299_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE INCENTIVOS FISCAIS A FIM DE FOMENTAR A ATIVIDADE EMPRESARIAL NO MUNICÍPIO DE HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Carlinhos Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/306/306_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/306/306_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PRAÇA ZILMA OLIVEIRA DA SILVA O ESPAÇO PÚBLICO QUE INDICA.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/300/300_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE SALARIAL DOS SERVIDORES TÉCNICO-ADMINISTRATIVOS DE NÍVEL ELEMENTAR E MÉDIO DO MUNICÍPIO DE HORIZONTE/CE E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/301/301_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I, DA LEI N°. 1.233, DE 06 ABRIL DE 2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/302/pl_0007-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/302/pl_0007-2019.pdf</t>
   </si>
   <si>
     <t>REVOGA AS LEIS MUNICIPAIS N° N° 433 DE 26/09/2003 E A LEI N° 459 DE 05 DE MAIO DE 2004 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/303/303_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ABONO ESPECIAL AOS OCUPANTES DOS CARGOS DE PROVIMENTO EFETIVO QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/307/307_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/307/307_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI MUNICIPAL N. 1.124, DE 15 DE FEVEREIRO DE 2016, A FIM DE RECOMPOR O SALÁRIO MÍNIMO VIGENTE NO PAÍS, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/308/308_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DO CONJUNTO HABITACIONAL SERROTINHO, NA LOCALIDADE CATOLÉ, CONFORME PLANTA URBANA, NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/309/pl_0011-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/309/pl_0011-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE ACERCA DA GRATIFICAÇÃO A SER CONCEDIDA AOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE HORIZONTE NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Cícero Cruz</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/316/316_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DO BAIRRO CENTRO DE HORIZONTE, CONFORME A PLANTA URBANA DO MUNICÍPIO, NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/317/317_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECONHECIMENTO DE UTILIDADE PÚBLICA À ASSOCIAÇÃO CASA DO IDOSO CANTINHO MEU NO BAIRRO CACHOEIRA.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/318/318_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA AS RUAS DO PLANALTO HORIZONTE, CONFORME PLANTA URBANA DO MUNICÍPIO, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/319/319_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/319/319_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS DO BAIRRO DIADEMA CONFORME A PLANTA URBANA NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/326/pl_0016-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/326/pl_0016-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE SANEAMENTO BÁSICO, CRIA O FUNDO MUNICIPAL DE SANEAMENTO E ALTERA A LEI N. 1.059/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/351/pl_0017-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/351/pl_0017-2019.pdf</t>
   </si>
   <si>
     <t>Institui o dia 02 de abril como o Dia Municipal da Conscientização do Autismo.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/327/327_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/327/327_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A REVOGAR A LEI MUNICIPAL N° 934, DE 16 DE OUTUBRO DE 2012 E A LEI N° 988, DE 08 DE OUTUBRO DE 2013 PROCEDER DOAÇÃO DA ÁREA DE PROPRIEDADE DO MUNICÍPIO, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/328/328_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/328/328_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A REVOGAR A LEI MUNICIPAL N° 916, DE 02 DE JULHO DE 2012 E A PROCEDER DOAÇÃO DA ÁREA DE PROPRIEDADE DO MUNICÍPIO, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/329/329_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR O IMÓVEL QUE INDICA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/330/330_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/330/330_texto_integral.pdf</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/331/331_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/331/331_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A REVOGAR A LEI MUNICIPAL N. 1.183, DE 03 DE JULHO DE 2017 E A PROCEDER DOAÇÃO DA ÁREA DE PROPRIEDADE DO MUNICÍPIO, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/332/pl_0023-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/332/pl_0023-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A REVOGAR A LEI MUNICIPAL N. 917, DE 02 DE JULHO DE 2012 E A PROCEDER DOAÇÃO DA ÁREA DE PROPRIEDADE DO MUNICÍPIO, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/334/pl_0024-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/334/pl_0024-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE ACERCA DA GRATIFICAÇÃO ESPECIFICA_DAS FUNÇÕES NOS CARGOS DE COORDENADOR DA ADMINISTRAÇÃO FINANCEIRA DNS-4, COORDENADOR DE ADMINISTRAÇÃO DE RECURSOS HUMANOS DNS-5 E PRESIDENTE DA CPL DNS-5 DA CÂMARA MUNICIPAL DE HORIZONTE, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/333/pl_0025-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/333/pl_0025-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1° DA LEI MUNICIPAL N.O 1.247, DE 21 DE SETEMBRO DE 2018 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/320/320_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/342/pl_0027-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/342/pl_0027-2019.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA FRANCISCA NUNES SALVIANO ARARUNA DO BAIRRO CENTRO DE HORIZONTE, CONFORME A PLANTA URBANA DO MUNICÍPIO, NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/322/322_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A REVOGAR A LEI MUNICIPAL NO 1.198, DE 09 DE OUTUBRO DE 2017 E PROCEDER A DOAÇÃO DA ÁREA DE PROPRIEDADE DO MUNICÍPIO, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/321/321_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/321/321_texto_integral.pdf</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/323/pl_0030-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/323/pl_0030-2019.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE CARLOS ALBERTO MAGALHÃES ROCHA A UNIDADE BÁSICA DE SAÚDE NA LOCALIDADE DE COQUEIROS, DISTRITO DE DOURADO NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Dr. Alexandre</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º DA LEI MUNICIPAL N. 997, DE 25 DE NOVEMBRO DE 2013 NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/343/pl_0032-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/343/pl_0032-2019.pdf</t>
   </si>
   <si>
     <t>Altera o art. 2º da Lei Municipal n. 1.215, de 11 de setembro de 2017, e adota outras providências.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/347/pl_0033-2019_MdTINz7.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/347/pl_0033-2019_MdTINz7.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de utilidade pública à entidade que indica e dá outras providências.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/354/pl_0034-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/354/pl_0034-2019.pdf</t>
   </si>
   <si>
     <t>Inclui novo parágrafo ao art. 4º da Lei Municipal n. 842, de 03 de junho de 2011 e adota outras providências.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/355/pl_0035-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/355/pl_0035-2019.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do bairro Buenos Aires, conforme a planta urbana do Município, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/359/projeto_de_lei_no_036_2019_ldo_2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/359/projeto_de_lei_no_036_2019_ldo_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2020 na forma que indica. (Com 2 Emendas)</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/361/pl_0037-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/361/pl_0037-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir, adicional ao vigente orçamento, o crédito especial que indica e dá outras providências.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/358/pl_0038-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/358/pl_0038-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Horizonte/CE a participar do Consórcio Intermunicipal de Políticas Públicas para o Desenvolvimento Regional Sustentável e ratifica o Protocolo de Intenções firmado entre os Municípios de Horizonte, Itaitinga, Pacatuba e Chorozinho e adota outras providências.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/362/pl_0039-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/362/pl_0039-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber bens em doação, mediante concessão administrativa de uso de espaço para exploração publicitária.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/363/pl_0040-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/363/pl_0040-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Adoção de Praças Públicas, Parques, Áreas Públicas de caráter esportivo ou recreativo e áreas verdes, estabelece seus objetivos e processos, suas espécies e limitações das responsabilidades e dos benefícios dos adotantes.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/367/pl_0041-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/367/pl_0041-2019.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do Bairro Gameleira do Loteamento Terra Nobre, conforme a planta urbana do referido bairro na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/370/pl_0042-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/370/pl_0042-2019.pdf</t>
   </si>
   <si>
     <t>Denomina Rua do Buenos Aires, conforme planta urbana do referido bairro, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Carlinhos Nogueira, Carlos da Bodega, Cícero Cruz, Júnior Tobias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/377/pl_0043-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/377/pl_0043-2019.pdf</t>
   </si>
   <si>
     <t>Institui multas para os proprietários de terrenos baldios em áreas urbanas abandonadas. (Com Emenda)</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/378/pl_0044-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/378/pl_0044-2019.pdf</t>
   </si>
   <si>
     <t>Denomina avenida e rua do Bairro Gameleira, do loteamento Terra Nobre, conforme a planta urbana do referido bairro na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Alci</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/379/pl_0045-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/379/pl_0045-2019.pdf</t>
   </si>
   <si>
     <t>Denomina Ruas do Bairro Planalto Galiléia, conforme a planta urbana do referido bairro na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/380/pl_0046-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/380/pl_0046-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar o imóvel que indica e adota outras providências.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/388/pl_0047-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/388/pl_0047-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a presença de doula nas maternidades e estabelecimentos de saúde, na forma que indica.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/389/pl_0048-2019_pKA13tV.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/389/pl_0048-2019_pKA13tV.pdf</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/390/pl_0049-2019_QOzlequ.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/390/pl_0049-2019_QOzlequ.pdf</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/395/pl_0050-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/395/pl_0050-2019.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a regularização fundiária urbana (REURB), no âmbito do Município de Horizonte, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/397/pl_0051-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/397/pl_0051-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a REALIZAÇÃO DE Convênio de Cooperação com o Estado do Ceará para a gestão associada do serviço púbico de saneamento básico e dá outras providências.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/398/pl_0052-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/398/pl_0052-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a transferência de recursos financeiros por meio de transferência, para a pessoa jurídica do setor privado que indica, nos termos do que autoriza a Lei Municipal n. 1.237, de 22 de junho de 2018 (Lei de Diretrizes Orçamentárias).</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/399/pl_0053-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/399/pl_0053-2019.pdf</t>
   </si>
   <si>
     <t>Altera o art. 6º da Lei Municipal n. 1.196, de 22 de setembro de 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/400/pl_0054-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/400/pl_0054-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Horizonte a firmar convênio com vistas a garantir que os servidores possam contratar coletivamente plano de saúde e seguro de vida, e dá outras providências.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/403/pl_0055-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/403/pl_0055-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo Municipal a delegar a prestação dos serviços públicos de abastecimento de água e esgotamento sanitário nas localidades de pequeno porte no Município de Horizonte/CE ao Sistema Integrado de Saneamento rural na ba cia hidrográfica metropolitana SISAR-BME e suas associações filiadas e dá outras providências.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/404/pl_0056-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/404/pl_0056-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir adicional ao vigente orçamento o crédito especial que indica e dá outras providências.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/405/pl_0057-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/405/pl_0057-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial ao vigente orçamento para os fins que indica e dá outras providências.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/406/pl_0058-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/406/pl_0058-2019.pdf</t>
   </si>
   <si>
     <t>Denomina rua do Bairro Catolé (Desmembramento Boqueirão), conforme planta urbana do referido bairro na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/410/pl_0059-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/410/pl_0059-2019.pdf</t>
   </si>
   <si>
     <t>Denomina Ruas do novo Loteamento do Distrito de Dourados conforme planta urbana do referido Distrito na forma que indica.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/414/pl_0060-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/414/pl_0060-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Oficialialização do Hino da Guarda Municipal, seu brasão, identidade funcional, padronização do fardamento dos Agentes do Demutran, bem como, a padronização das viaturas e dá outras providências.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Chelo Rocha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/416/pl_0061-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/416/pl_0061-2019.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do Bairro Catú, conforme planta urbana do referido bairro na forma que indica.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/419/pl_0062-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/419/pl_0062-2019.pdf</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/424/pl_0063-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/424/pl_0063-2019.pdf</t>
   </si>
   <si>
     <t>Denomina Ruas do Loteamento Parque Estrela, no Distrito de Queimadas, conforme a planta urbana na forma que indica.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/433/pl_0064-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/433/pl_0064-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de empresa pública Municipal de Serviços de iluminação pública, Eficiência Energética e Atividades Relacionadas, e dá outras providências.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/434/pl_0065-2019_5pzdHvQ.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/434/pl_0065-2019_5pzdHvQ.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir, crédito adicional especial ao vigente orçamento para os fins que indica e dá outras providências.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/435/pl_0066-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/435/pl_0066-2019.pdf</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/436/pl_0067-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/436/pl_0067-2019.pdf</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/437/pl_0068-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/437/pl_0068-2019.pdf</t>
   </si>
   <si>
     <t>Concede incentivos fiscais às atividades da empresa KLABIN S/A para a instalação de sua unidade de produção de chapa e caixa de papelão ondulado na unidade industrial situada no Km 35 da BR 116, no Município de Horizonte, Estado do Ceará e dá outras providências.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/438/pl_0069-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/438/pl_0069-2019.pdf</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/445/pl_0070-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/445/pl_0070-2019.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei Municipal n. 1.302, de 11 de julho de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/450/pl_0071-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/450/pl_0071-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a receita e fixa a despesa do Município de Horizonte para o Exercício de 2020.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Irmão Luciano do Mercado</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/451/pl_0072-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/451/pl_0072-2019.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua João Pereira de Noronha uma via do Bairro Catolé, conforme planta urbana do referido bairro na forma que indica.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Alci, Professor Simão</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/452/pl_0073-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/452/pl_0073-2019.pdf</t>
   </si>
   <si>
     <t>Denomina de Pedro Nogueira de Queiroz, o Centro de Educação Infantil (CEI) na forma que indica.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/457/pl_0074-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/457/pl_0074-2019.pdf</t>
   </si>
   <si>
     <t>Denomina de Joaquim Cândido de Oliveira uma rua do Bairro Carnaubal, conforme planta urbana na forma que indica.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Carlos da Bodega, Cícero Cruz, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/459/pl_0075-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/459/pl_0075-2019.pdf</t>
   </si>
   <si>
     <t>Denomina Ruas do Loteamento Parque Eldorado, no Bairro Carnaubal, Distrito de Dourado, conforma planta urbana na forma que indica.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Carlos da Bodega, Franzé do Hospital, Irmão Luciano do Mercado</t>
   </si>
   <si>
     <t>Denomina ruas do Loteamento Boa Nova Residencial no Bairro Gameleira conforme a planta urbana do referido bairro na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/466/pl_0077-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/466/pl_0077-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar que indica e dá outras providências</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/467/pl_0078-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/467/pl_0078-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal de Horizonte (PREFH) e outras providências relativas à recuperação de créditos tributários do Município.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/468/pl_0079-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/468/pl_0079-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar financiamento do BNDES com a interveniência da Caixa Econômica Federal, a oferecer garantias e dá outras providências</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/470/pl_0080-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/470/pl_0080-2019.pdf</t>
   </si>
   <si>
     <t>Cria e denomina de Nara Ricardo de Lino o Centro de Educação Infantil e dá outras providências.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/471/pl_0081-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/471/pl_0081-2019.pdf</t>
   </si>
   <si>
     <t>Cria e denomina de Pedro Nogueira de Queiroz o Centro de Educação Infantil no Bairro Alto da Estrela, na forma que indica.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/475/pl_0082-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/475/pl_0082-2019.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Edite Ferreira de Almeida uma via no novo loteamento do Distrito de Dourado, conforme a planta urbana do referido Distrito na forma que indica.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/476/pl_0083-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/476/pl_0083-2019.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações inseridas no contrato do consórcio público de manejo dos resíduos sólidos da região metropolitana B – CPMRS/RMB, construído pela Lei Municipal nº 1.231/2018, de 23 de novembro de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/515/pl_0084-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/515/pl_0084-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo em custear financeiramente a troca de categoria da CNH dos cidadãos de Horizonte da Categoria D para a Categoria E na forma que indica.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/490/pl_0085-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/490/pl_0085-2019.pdf</t>
   </si>
   <si>
     <t>Fixa a remuneração do cargo de conselheiro tutelar do Município de Horizonte/CE e dá outras providências.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/489/pl_0086-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/489/pl_0086-2019.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal n. 1.221, de 06 de abril de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/344/pdl_n._0001-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/344/pdl_n._0001-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Comissão Inventariante e de Reavaliação de bens móveis, imóveis e inservíveis da Câmara Municipal de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/366/pdl_n._0002-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/366/pdl_n._0002-2019.pdf</t>
   </si>
   <si>
     <t>Altera o inciso II e o § 2º do art. 2º do Decreto Legislativo n. 001, de 29 de março de 2019, na forma que indica.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>Conce o Título de Cidadão Horizontino ao sr. Marcus Antônio Cunha Bezerra e adota outras providências.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Carlos da Bodega, Chelo Rocha, Júnior Tobias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/312/312_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A EQUIPARAÇÃO SALARIAL DOS AGENTES DA GUARDA MUNICIPAL, COM OS AGENTES DO DEMUTRAN DE HORIZONTE NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>DISPÕE ACERCA DA GRATIFICAÇÃO A SER CONCEDIDA AOS SERVIDORES PÚBLICOS DA PREFEITURA, MUNICIPAL QUE ESTEJAM À DISPOSIÇÃO DA JUSTIÇA ELEITORAL, DO MINISTÉRIO PÚBLICO, DA DEFENSORIA PÚBLICA OU DO PODER JUDICIÁRIO ESTADUAL, TODOS DA COMARCA DE HORIZONTE/CE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/340/340_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POSSE RESPONSÁVEL, O BEM-ESTAR ANIMAL, PREVENÇÃO E CONTROLE DE ZOONOSES E ENDEMIAS NO MUNICÍPIO DE HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/341/341_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE GRATIFICAÇÃO ESPECIAL PARA OS SERVIDORES MUNICIPAIS CEDIDOS À JUSTIÇA ELEITORAL PARA A ATUAÇÃO NO CARTÓRIO ELEITORAL DA 78ª ZONA ELEITORAL NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/346/ind_005-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/346/ind_005-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os combates aos trotes telefônicos dirigidos aos órgãos públicos municipais ou prestadores de serviços públicos no Município de Horizonte na forma que indica.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/350/ind_006-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/350/ind_006-2019.pdf</t>
   </si>
   <si>
     <t>Altera o art. 2º da Lei Municipal n. 997, de 25 de novembro de 2013 e adota outras providências.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>Júnior Tobias, Carlos da Bodega, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/368/ind_n._007-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/368/ind_n._007-2019.pdf</t>
   </si>
   <si>
     <t>Cria o ensino de primeiros socorros na escolas de ensino fundamental da rede pública e privada do Município de Horizonte, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/443/ind_008-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/443/ind_008-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Arborização Urbana no Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Poder Executivo em custear financeiramente a troca de categoria da CNH dos cidadãos de Horizonte das categorias A e B para a categoria E na forma que indica.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>Itaciana</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/460/ind_010-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/460/ind_010-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prioridade da mulher vítima de violência doméstica na análise e aprovação de documentação para aquisição de imóveis por meio de programas habitacionais no Município de Horizonte.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/461/ind_011-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/461/ind_011-2019.pdf</t>
   </si>
   <si>
     <t>Institui a política de prevenção e combate à violência contra profissionais de educação na rede pública de ensino do Município de Horizonte, incluindo ameaças do ambiente escolar.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>Indica projeto de Lei que dispõe sobre a arte em grafite no âmbito do Município de Horizonte.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/310/310_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA PROVIDENCIADO ABERTURA DE TRECHO PARA PROLONGAMENTO DA RUA ERNÂNI MARTINS ATÉ A RUA MARTINS CLEMENTE E PAVIMENTAÇÃO EM PEDRA TOSCA NO NOVO TRECHO DA REFERIDA RUA, NO BAIRRO DIADEMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/311/311_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO ASFÁLTICA DAS RUAS FRANCISCA DA MATA PEREIRA, MARIA DOS ANJOS E ZEZÉ CORREIA, AMBAS NO BAIRRO CENTRO DE HORIZONTE, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/313/313_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/313/313_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA PRAÇA PÚBLICA NO BAIRRO CAJUEIRO DA MALHADA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/314/314_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DA PRAÇA PÚBLICA NO BAIRRO GAMELEIRA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>Júnior Tobias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/339/339_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/339/339_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO ASFÁLTICA NAS SEGUINTES RUAS DO BAIRRO DIADEMA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/338/338_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO EM PEDRA TOSCA NAS SEGUINTES RUAS DA SEDE DO DISTRITO DE ANIGUAS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/337/337_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DA PAVIMENTAÇÃO EM PEDRA TOSCA DA RUA FRANCISCO PEREIRA NA LOCALIDADE DE CANAVIEIRA DO PINHEIROS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/336/336_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/336/336_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO EM PEDRA TOSCA DA RUA HORACIO RUFINO, PRINCIPAL RUA DO BAIRRO CACHOEIRA QUE DÁ ACESSO DIRETO À RUA BATURITÉ.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/335/335_texto_integral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO ASFÁLTICA DA RUA IVANEY BANDEIRA (POPULARMENTE CONHECIDA COMO RUA DOS BOMBEIROS), UMA DAS PRINCIPAIS RUA DO BAIRRO PLANALTO HORIZONTE.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>Professor Simão, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/325/req_0010-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/325/req_0010-2019.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO EM PEDRA TOSCA DA AV. GENERAL DUTRA, QUE SE INICIA NA RODOVIA SANTOS DUMONT (BR 116), BAIRRO CATOLÉ E TERMINA NA RUA BATURITÉ, BAIRRO CACHOEIRA.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/345/req_0011-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/345/req_0011-2019.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca na Rua ALcides Nogueira na forma que indica.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>Requer a construção de uma adutora para abastecimento de água no Distrito de Dourado e Aningas, neste Município.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/349/req_0013-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/349/req_0013-2019.pdf</t>
   </si>
   <si>
     <t>Requer o retorno do serviço de ambulância ao Posto de Saúde do Distrito de Queimadas, neste Município.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/352/req_0014-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/352/req_0014-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção da Rodoviária Pública neste Município.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/353/req_0015-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/353/req_0015-2019.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de um veículo do tipo Van destinado exclusivamente à condução de pacientes que necessitam de tratamento fora de Horizonte, em especial os que fazem hemodiálise.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/360/req_0016-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/360/req_0016-2019.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação em Pedra Tosca das ruas Sebastião Tavares e rua Antônio Gonçalves no Distrito Industrial neste município.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>Auricino</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/356/req_0017-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/356/req_0017-2019.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de uma unidade de atendimento para a realização de Hemodiálise no Município de Horizonte.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>Carlos da Bodega, Chelo Rocha, Cícero Cruz</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/357/req_0018-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/357/req_0018-2019.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e o melhoramento do Posto de Saúde do Bairro Zumbi no Município de Horizonte.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>Carlos da Bodega, Cícero Cruz, Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/364/req_0019-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/364/req_0019-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um EcoPark na Lagoa situada no Bairro Zumbi na forma que indica.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>Carlos da Bodega, Júnior Tobias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/365/req_0020-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/365/req_0020-2019.pdf</t>
   </si>
   <si>
     <t>Requer a continuação da pavimentação em pedra tosca da Rua Regina Maria do Bairro Planalto Horizonte.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/369/req_0021-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/369/req_0021-2019.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação da rede de água e esgoto para atender ruas do Bairro Novo Diadema, neste Município.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>Professor Simão</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/371/req_0022-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/371/req_0022-2019.pdf</t>
   </si>
   <si>
     <t>Requer a emissão de Projeto de Lei que institui a carteira de identidade dos aposentados do Fundo Municipal de Seguridade (FUMSEG) no Município de Horizonte.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/372/req_0023-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/372/req_0023-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de praça equipada com Academia Popular ao ar livre na localidade de Planalto da Galileia no bairro das Queimadas, no Município de Horizonte.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>Auricino, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/373/req_0024-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/373/req_0024-2019.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e a Rede de energia elétrica para a Rua Manuel Vicente em toda a sua extensão, no bairro Canavieira dos Muniz, neste Município.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/374/req_0025-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/374/req_0025-2019.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de uma academia de saúde ao lado do Posto de Saúde do Bairro Diadema II, neste Município.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/375/req_0026-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/375/req_0026-2019.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e ampliação do Ginásio Poliesportivo Pedro Alexandre Ferreira (Ginásio do Colégio José Eduardo de Souza) localizado no Bairro Zumbi , neste Município.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/376/req_0027-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/376/req_0027-2019.pdf</t>
   </si>
   <si>
     <t>Reque a entrega de escritura de posse definitiva a cada morador do residencial Buenos Aires, localizado no bairro Buenos Aires II, neste Município.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/391/req_0028-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/391/req_0028-2019.pdf</t>
   </si>
   <si>
     <t>Requer da municipalidade construção de praça, quadra de esportes e academia popular na área localizada entre as ruas: Raimundo Pereira, Alexandrina Maria e rua José Gomes no bairro Cachoeira II, neste município.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>Luciano Pinheiro, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/383/req_0029-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/383/req_0029-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação do posto de saúde Maria Francisca de Lima no bairro Tanques na forma que indica.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/384/req_0031-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/384/req_0031-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação do Colégio Euclídea Pereira de Azevedo no Bairro Tamques na forma que indica.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>Chelo Rocha, Carlos da Bodega, Cícero Cruz, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/385/req_0034-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/385/req_0034-2019.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um novo sistema de desburocratização e automação para concessão de alvarás de funcionamento neste Município.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/386/req_0035-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/386/req_0035-2019.pdf</t>
   </si>
   <si>
     <t>Requer a visita dos alunos da rede municipal de ensino à Câmara Municipal de Horizonte na forma que indica.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>Carlinhos Nogueira, Delegado Kim Barreto, Júnior Tobias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/387/req_0036-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/387/req_0036-2019.pdf</t>
   </si>
   <si>
     <t>Requer a iluminação, reforma e pavimentação em pedra tosca das ruas do Bairro Alto Estrela, na forma que indica.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>Luquinha do Guaraná</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/382/req_0037-2019_Qg6Jr4K.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/382/req_0037-2019_Qg6Jr4K.pdf</t>
   </si>
   <si>
     <t>Requer licença para tratar de interesse particular por 120 (cento e vinte) dias nos termos do parágrafo único do art. 50 e ao art. 51 do Regimento Interno da Câmara Municipal de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>Dr. Alexandre, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/392/req_0038-2019_zMdQCwS.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/392/req_0038-2019_zMdQCwS.pdf</t>
   </si>
   <si>
     <t>Requer da municipalidade que seja disponibilizado junto aos bairros de Horizonte, ações integradas de serviços de todas as secretarias em regime de ação global, durante os finas de semana a ocorrer bimestralmente, neste município.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/393/req_0039-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/393/req_0039-2019.pdf</t>
   </si>
   <si>
     <t>Requer da municipalidade pavimentação em pedra tosca na rua Francisco Bento da Silva no bairro Planalto Horizonte, neste município.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>Delegado Kim Barreto</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/394/req_0040-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/394/req_0040-2019.pdf</t>
   </si>
   <si>
     <t>Requer da municipalidade pavimentação em pedra tosca nas ruas Luís da Mata e Antônio Augustinho no bairro Buenos Aires I, neste município.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>Cícero Cruz, Júnior Tobias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/396/req_0043-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/396/req_0043-2019.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e manutenção do ginásio poliesportivo Ulisses Guimarães, localizado no bairro Malcozinhado, neste município</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/401/req_0044-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/401/req_0044-2019.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de energia elétrica no início da rua José Narcélio até a Rua Judith Pereira no Bairro Planalto da Galiléia, neste Município.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>Auricino, Haroldo da Saúde, Luciano Pinheiro, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/402/req_0045-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/402/req_0045-2019.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da Praça Francisco Raimundo Cavalcante (Chico Marinheiro) na Localidade de Coqueiro deste Município.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>Auricino, Carlos da Bodega, Luciano Pinheiro, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/407/req_0046-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/407/req_0046-2019.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de redutor de velocidade na rodovia que liga o bairro de Dourado à Canavieira, em frente ao Conjunto Habitacional Carnaubal e verificar onde há necessidade de instalação de outros na referida artéria.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/408/req_0047-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/408/req_0047-2019.pdf</t>
   </si>
   <si>
     <t>Requer licença para tratar de assuntos de interesse particular, na forma que indica.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/409/req_0048-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/409/req_0048-2019.pdf</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/411/req_0049-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/411/req_0049-2019.pdf</t>
   </si>
   <si>
     <t>Requer a implantação do Programa Cardiologista nos Postos em todas as unidades básicas de saúde do Município.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/412/req_0050-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/412/req_0050-2019.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um semáforo no cruzamento das Ruas Luis Inácio de Sousa com Raimundo Alves Silna no Bairro Zumbi.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/413/req_0051-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/413/req_0051-2019.pdf</t>
   </si>
   <si>
     <t>Requer a instalaçã de um serviços específico estilo CAPS Infantil, no Centro de Apoio Psicossocial (CAPS) de Horizonte.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/417/req_0052-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/417/req_0052-2019.pdf</t>
   </si>
   <si>
     <t>Requer da municipalidade que seja realizado curso de capacitação e aprimoramento sobre drogas aos agentes de segurança municipais de Horizonte, fornecido sem custos ao Município pelo Estado do Ceará.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/418/req_0053-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/418/req_0053-2019.pdf</t>
   </si>
   <si>
     <t>Requer da municipalidade que seja adquirido para o Centro Cirúrgico do Hospital Municipal de Horizonte, um aparelho de vídeo laparoscopia.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>Carlos Eloy, Itaciana</t>
   </si>
   <si>
     <t>Requer a ampliação da rede elétrica da Rua José Narcélio de Sousa no Bairro Planalto Galiléia.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/420/req_0055-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/420/req_0055-2019.pdf</t>
   </si>
   <si>
     <t>Requer o envio de Votos de Louvor à escrivã de Polícia Civil Tágila Bié Brito lotada na Delegacia Metropolitana de Horizonte, pela sobrelevada ação por ela perpetrada na tarde do dia 03 de agosto de 2019.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/421/req_0056-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/421/req_0056-2019.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica nas ruas Professora Zuleide de Carvalho, Ernandes Martins, Francisco Clenilson e Eduardo Moreira, localizadas no Bairro Diadema II, neste Município.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/422/req_0057-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/422/req_0057-2019.pdf</t>
   </si>
   <si>
     <t>Requer a gestão das sinalizações vertical e horizontal nos cruzamentos das vias públicas em toda a área urbana no Município de Horizonte, bem como o asfaltamento nos trechos desses cruzamentos.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/425/req_0058-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/425/req_0058-2019.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfálticas das Rua da Comunidade de Aningas na forma que indica.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/426/req_0059-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/426/req_0059-2019.pdf</t>
   </si>
   <si>
     <t>Requer a transformação do Posto de Saúde da Comunidade de Canavieiras em Unidade Básica de Saúde da Família em caráter definitivo.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/439/req_0060-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/439/req_0060-2019.pdf</t>
   </si>
   <si>
     <t>Requer da municipalidade através do órgão competente da Gestão a Pavimentação Asfáltica de vias do Alto da Boa Vista no Distrito de Queimadas.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/440/req_0061-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/440/req_0061-2019.pdf</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>Franzé do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/441/req_0062-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/441/req_0062-2019.pdf</t>
   </si>
   <si>
     <t>REQUERER ao Poder Executivo Enviar Projeto de Lei para esta casa dispondo como regra geral em todos os Projetos de Lei de Doação de Imóveis para empresas, a exigência do compromisso por parte da beneficiada de preencher 100%(cem por cento) do seu quadro funcional com pessoas comprovadamente residentes no município de Horizonte, exceto os cargos que não tenham no município.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/442/req_0063-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/442/req_0063-2019.pdf</t>
   </si>
   <si>
     <t>Propor VOTO de LOUVOR ao Secretário de Educação de Horizonte Sr. Reginaldo Cavalcante Domingos, ao Excelentíssimo Prefeito Municipal Francisco César de Souza e a toda equipe envolvida no Planejamento, Organização E Realização da comemoração do 7 de setembro pelo nível de excelência alcançado.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/444/req_0064-2019_CmHtyiS.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/444/req_0064-2019_CmHtyiS.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação do calçamento da Rua Luiz da Mata Pereira na forma que indica.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/446/req_0065-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/446/req_0065-2019.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de redutor de velocidade na Rua José da Mata Pereira à altura do número 271 no bairro Centro.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>Chelo Rocha, Haroldo da Saúde, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/447/req_0066-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/447/req_0066-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de Casa Lar de acolhimento de crianças e adolescentes em situação de vulnerabilidade social, neste Município.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/448/req_0067-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/448/req_0067-2019.pdf</t>
   </si>
   <si>
     <t>Requer a interdição da Avenida Eudes Ximenes, de segunda a sexta a partir das 17hs até as 21hs, disponibilizando-as para caminhadas e outras práticas de exercícios físicos.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/449/req_0068-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/449/req_0068-2019.pdf</t>
   </si>
   <si>
     <t>Requer a oferta de cirurgias obstétricas (cesarianas) em período integral no Hospital Municipal de Horizonte.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/453/req_0069-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/453/req_0069-2019.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de uma academia ao ar livre na Praça Ana Diamantina (Praça do Zumbi), no Bairro Zumbi neste Município.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>Carlos da Bodega, Chelo Rocha, Cícero Cruz, Haroldo da Saúde, Júnior Tobias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/454/req_0070-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/454/req_0070-2019.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de redutor de velocidade na Rua Moreira da Silva, 168 localizada no Bairro Diadema neste Município.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/455/req_0071-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/455/req_0071-2019.pdf</t>
   </si>
   <si>
     <t>Requer a Recuperação do calçamento e conclusão da rede de Esgoto da Rua Chico Pimpão no bairro Lagoinha neste município.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/458/req_0072-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/458/req_0072-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja oferecido para a nossa população transporte público municipal gratuito em horários fixos.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/463/req_0073-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/463/req_0073-2019.pdf</t>
   </si>
   <si>
     <t>Requer a realização de atividades físicas voltadas aos cidadãos da terceira idade nos ginásios do Município de Horizonte.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/464/req_0074-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/464/req_0074-2019.pdf</t>
   </si>
   <si>
     <t>Requer a acessibilidade ao transporte público do Município de Horizonte, por parte dos cidadãos com deficiência na forma que indica.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/465/req_0075-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/465/req_0075-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma Casa de Acolhimento Provisório na cidade de Quixeramobim/CE para atender aos munícipes de Horizonte que buscam atendimento no Hospital Regional daquela cidade.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/469/req_0077-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/469/req_0077-2019.pdf</t>
   </si>
   <si>
     <t>Requer o fomento às doações de pessoas físicas e jurídicas ao Fundo Municipal de Assistência ao Idoso.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/472/req_0078-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/472/req_0078-2019.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo que seja FEITO ADESÃO ao Programa Vida Saudável na modalidade Estratégia Brasil Amigo da Pessoa Idosa.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>Carlinhos Nogueira, Carlos da Bodega</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo que seja providenciado a Pavimentação Asfáltica na Rua Luís Albano de Almeida em toda sua extensão que se inicia na Rua Raimundo Nogueira Lopes no Distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/474/req_0080-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/474/req_0080-2019.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a Recuperação e manutenção do calçamento em pedra tosca da avenida 25 de dezembro e ainda a Reforma da ponte situada nesta avenida que se localiza no loteamento Santa Luzia no Bairro Malcozinhado em Horizonte.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/477/req_0081-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/477/req_0081-2019.pdf</t>
   </si>
   <si>
     <t>Requer da municipalidade a Pavimentação Asfáltica da Rua Francisca Cecília de Sousa no bairro Planalto bem como da Rua Leandro Bezerra no bairro Diadema II em Horizonte.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/478/req_0082-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/478/req_0082-2019.pdf</t>
   </si>
   <si>
     <t>Requer da municipalidade a Pavimentação Asfáltica da Rua Américo Evaristo e da Rua Maria Tamires ambas localizadas no bairro Diadema em Horizonte.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>Alci, Chelo Rocha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/479/req_0083-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/479/req_0083-2019.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo a reforma da estrutura e melhoria das instalações da quadra poliesportiva do bairro Pica Pau, neste município.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/480/req_0084-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/480/req_0084-2019.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Poder Executivo iluminação pública na Rua Horácio Rufino no trecho que começa na Rua Baturité e termina no bairro Cachoeira, neste município.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/482/req_0085-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/482/req_0085-2019.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Poder Executivo a Pavimentação Asfáltica nos seguintes logradouros: Rua Maria Evangelista Cardoso, Rua Aprígio Gomes, Rua José Raimundo, Rua Maria da Conceição e Rua Luciana Montes e também a Drenagem e Pavimentação Asfáltica na Rua Eurico Gaspar Dutra e na Rua Maria Maciel localizadas no Bairro Distrito Industrial (Pica-pau), neste município.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/483/req_0086-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/483/req_0086-2019.pdf</t>
   </si>
   <si>
     <t>Requer da municipalidade a Pavimentação em pedra tosca na Rua Maria José Rodrigues Skeff no trecho que começa na Rua Baturité e termina na Rua Professora Maria Ozélia Costa Oliveira e ainda a Pavimentação Asfáltica na Avenida Miguel Skeff ambas localizadas no Bairro Diadema, neste município.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/484/req_0087-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/484/req_0087-2019.pdf</t>
   </si>
   <si>
     <t>Requer da municipalidade a Pavimentação em pedra tosca na Rua Virgínia Isabel localizada no Bairro Cajueiro da Malhada, neste município.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/485/req_0088-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/485/req_0088-2019.pdf</t>
   </si>
   <si>
     <t>Requer da municipalidade a pavimentação asfáltica nas ruas Professora Maria Paula e Pio Rodrigues e Pavimentação em pedra tosca na Avenida João Domingos de Souza localizadas no bairro Malcozinhado, neste município.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/486/req_0089-2019.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/486/req_0089-2019.pdf</t>
   </si>
   <si>
     <t>Requer da municipalidade a Pavimentação asfáltica nas ruas Francisca Xavier Freitas, Francisco Geraldo dos Reis e Francisco Wagner de Souza Brito, localizadas no bairro Gameleira, neste município.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Requer da municipalidade a continuação da iluminação pública da Rua Milton Figueiredo, localizada no bairro Alto Estrela, Distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Requer da municipalidade que o município exerça uma política de fomento do emprego da pessoa portadora de necessidade especial, físico e mental, através de incentivos fiscais como isenções ou abatimentos de impostos ou taxas municipais.</t>
   </si>
 </sst>
 </file>
 
@@ -2430,68 +2430,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/302/pl_0007-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/309/pl_0011-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/326/pl_0016-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/351/pl_0017-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/332/pl_0023-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/334/pl_0024-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/333/pl_0025-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/342/pl_0027-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/323/pl_0030-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/343/pl_0032-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/347/pl_0033-2019_MdTINz7.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/354/pl_0034-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/355/pl_0035-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/359/projeto_de_lei_no_036_2019_ldo_2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/361/pl_0037-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/358/pl_0038-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/362/pl_0039-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/363/pl_0040-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/367/pl_0041-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/370/pl_0042-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/377/pl_0043-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/378/pl_0044-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/379/pl_0045-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/380/pl_0046-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/388/pl_0047-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/389/pl_0048-2019_pKA13tV.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/390/pl_0049-2019_QOzlequ.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/395/pl_0050-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/397/pl_0051-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/398/pl_0052-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/399/pl_0053-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/400/pl_0054-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/403/pl_0055-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/404/pl_0056-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/405/pl_0057-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/406/pl_0058-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/410/pl_0059-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/414/pl_0060-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/416/pl_0061-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/419/pl_0062-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/424/pl_0063-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/433/pl_0064-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/434/pl_0065-2019_5pzdHvQ.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/435/pl_0066-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/436/pl_0067-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/437/pl_0068-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/438/pl_0069-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/445/pl_0070-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/450/pl_0071-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/451/pl_0072-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/452/pl_0073-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/457/pl_0074-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/459/pl_0075-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/466/pl_0077-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/467/pl_0078-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/468/pl_0079-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/470/pl_0080-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/471/pl_0081-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/475/pl_0082-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/476/pl_0083-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/515/pl_0084-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/490/pl_0085-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/489/pl_0086-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/344/pdl_n._0001-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/366/pdl_n._0002-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/346/ind_005-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/350/ind_006-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/368/ind_n._007-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/443/ind_008-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/460/ind_010-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/461/ind_011-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/325/req_0010-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/345/req_0011-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/349/req_0013-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/352/req_0014-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/353/req_0015-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/360/req_0016-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/356/req_0017-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/357/req_0018-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/364/req_0019-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/365/req_0020-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/369/req_0021-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/371/req_0022-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/372/req_0023-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/373/req_0024-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/374/req_0025-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/375/req_0026-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/376/req_0027-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/391/req_0028-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/383/req_0029-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/384/req_0031-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/385/req_0034-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/386/req_0035-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/387/req_0036-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/382/req_0037-2019_Qg6Jr4K.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/392/req_0038-2019_zMdQCwS.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/393/req_0039-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/394/req_0040-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/396/req_0043-2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/401/req_0044-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/402/req_0045-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/407/req_0046-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/408/req_0047-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/409/req_0048-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/411/req_0049-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/412/req_0050-2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/413/req_0051-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/417/req_0052-2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/418/req_0053-2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/420/req_0055-2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/421/req_0056-2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/422/req_0057-2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/425/req_0058-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/426/req_0059-2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/439/req_0060-2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/440/req_0061-2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/441/req_0062-2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/442/req_0063-2019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/444/req_0064-2019_CmHtyiS.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/446/req_0065-2019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/447/req_0066-2019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/448/req_0067-2019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/449/req_0068-2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/453/req_0069-2019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/454/req_0070-2019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/455/req_0071-2019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/458/req_0072-2019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/463/req_0073-2019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/464/req_0074-2019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/465/req_0075-2019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/469/req_0077-2019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/472/req_0078-2019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/474/req_0080-2019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/477/req_0081-2019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/478/req_0082-2019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/479/req_0083-2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/480/req_0084-2019.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/482/req_0085-2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/483/req_0086-2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/484/req_0087-2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/485/req_0088-2019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/486/req_0089-2019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/302/pl_0007-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/309/pl_0011-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/326/pl_0016-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/351/pl_0017-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/332/pl_0023-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/334/pl_0024-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/333/pl_0025-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/342/pl_0027-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/323/pl_0030-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/343/pl_0032-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/347/pl_0033-2019_MdTINz7.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/354/pl_0034-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/355/pl_0035-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/359/projeto_de_lei_no_036_2019_ldo_2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/361/pl_0037-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/358/pl_0038-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/362/pl_0039-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/363/pl_0040-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/367/pl_0041-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/370/pl_0042-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/377/pl_0043-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/378/pl_0044-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/379/pl_0045-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/380/pl_0046-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/388/pl_0047-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/389/pl_0048-2019_pKA13tV.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/390/pl_0049-2019_QOzlequ.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/395/pl_0050-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/397/pl_0051-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/398/pl_0052-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/399/pl_0053-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/400/pl_0054-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/403/pl_0055-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/404/pl_0056-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/405/pl_0057-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/406/pl_0058-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/410/pl_0059-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/414/pl_0060-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/416/pl_0061-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/419/pl_0062-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/424/pl_0063-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/433/pl_0064-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/434/pl_0065-2019_5pzdHvQ.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/435/pl_0066-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/436/pl_0067-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/437/pl_0068-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/438/pl_0069-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/445/pl_0070-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/450/pl_0071-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/451/pl_0072-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/452/pl_0073-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/457/pl_0074-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/459/pl_0075-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/466/pl_0077-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/467/pl_0078-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/468/pl_0079-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/470/pl_0080-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/471/pl_0081-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/475/pl_0082-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/476/pl_0083-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/515/pl_0084-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/490/pl_0085-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/489/pl_0086-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/344/pdl_n._0001-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/366/pdl_n._0002-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/346/ind_005-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/350/ind_006-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/368/ind_n._007-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/443/ind_008-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/460/ind_010-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/461/ind_011-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/./sapl/public/materialegislativa/2019/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/325/req_0010-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/345/req_0011-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/349/req_0013-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/352/req_0014-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/353/req_0015-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/360/req_0016-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/356/req_0017-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/357/req_0018-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/364/req_0019-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/365/req_0020-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/369/req_0021-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/371/req_0022-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/372/req_0023-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/373/req_0024-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/374/req_0025-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/375/req_0026-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/376/req_0027-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/391/req_0028-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/383/req_0029-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/384/req_0031-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/385/req_0034-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/386/req_0035-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/387/req_0036-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/382/req_0037-2019_Qg6Jr4K.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/392/req_0038-2019_zMdQCwS.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/393/req_0039-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/394/req_0040-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/396/req_0043-2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/401/req_0044-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/402/req_0045-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/407/req_0046-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/408/req_0047-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/409/req_0048-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/411/req_0049-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/412/req_0050-2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/413/req_0051-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/417/req_0052-2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/418/req_0053-2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/420/req_0055-2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/421/req_0056-2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/422/req_0057-2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/425/req_0058-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/426/req_0059-2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/439/req_0060-2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/440/req_0061-2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/441/req_0062-2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/442/req_0063-2019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/444/req_0064-2019_CmHtyiS.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/446/req_0065-2019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/447/req_0066-2019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/448/req_0067-2019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/449/req_0068-2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/453/req_0069-2019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/454/req_0070-2019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/455/req_0071-2019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/458/req_0072-2019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/463/req_0073-2019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/464/req_0074-2019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/465/req_0075-2019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/469/req_0077-2019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/472/req_0078-2019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/474/req_0080-2019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/477/req_0081-2019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/478/req_0082-2019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/479/req_0083-2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/480/req_0084-2019.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/482/req_0085-2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/483/req_0086-2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/484/req_0087-2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/485/req_0088-2019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2019/486/req_0089-2019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H187"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="187.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>