--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -54,1005 +54,1005 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>PPV</t>
   </si>
   <si>
     <t>Parecer Prévio do Tribunal de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado do Ceará</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/836/parecer_previo_056-2020_conta_de_2014.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/836/parecer_previo_056-2020_conta_de_2014.pdf</t>
   </si>
   <si>
     <t>Aprova com Ressalvas as Contas de Governo do Município de Horizonte do exercício financeiro de 2014, de responsabilidade do Prefeito Municipal Manoel Gomes de Farias Neto.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Francisco César de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/588/plc_001-2020_final.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/588/plc_001-2020_final.pdf</t>
   </si>
   <si>
     <t>Modifica o Regime Próprio de Previdência Social e o Fundo Municipal de Seguridade Social do Município de Horizonte, instituído pela Lei Complementar n. 509, 13 de junho de 2005, alterada pela Lei Complementar n. 1.093, de 29 de setembro de 2015, adequando-os em parte à Emenda Constitucional n. 103 de 12 de novembro de 2019. (Com 1 Emenda Substitutiva de todos os Vereadores)</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n, 07 de 02 de outubro de 2017, e da outras providencias</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/686/plc_0003-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/686/plc_0003-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Consolidação da legislação tributária do município, Lei complementar nº 007 de 02 de outubro de 2017, conforme as determinações da Lei complementar Federal nº 175 de 23 de setembro de 2020 e dá outras providencias.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/491/pl_0001-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/491/pl_0001-2020.pdf</t>
   </si>
   <si>
     <t>Abre, adicional ao vigente orçamento o crédito especial que indica e dá outras providências.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/492/pl_0002-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/492/pl_0002-2020.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo único da Lei municipal n. 1.124, de 15 de fevereiro de 2016, a fim de recompor o salário mínimo vigente no País, na forma que indica.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/493/pl_0003-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/493/pl_0003-2020.pdf</t>
   </si>
   <si>
     <t>Cria e denomina a Escola Municipal de Ensino Fundamental Milton Nogueira Neris, no bairro Buenos Aires e adota outras providências.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/494/pl_0005-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/494/pl_0005-2020.pdf</t>
   </si>
   <si>
     <t>Denomina avenida do Loteamento Terras de Horizonte do Bairro Malcozinhado, conforme a planta urbana do referido bairro na forma que indica.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/495/pl_0006-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/495/pl_0006-2020.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei Municipal n. 1.329, de 07 de novembro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/496/pl_0007-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/496/pl_0007-2020.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional ao Vigente Orçamento o Crédito Especial que indica e dá outras providências.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/497/pl_0008-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/497/pl_0008-2020.pdf</t>
   </si>
   <si>
     <t>Denomina Ruas do Desmembramento Residencial Dourado no Bairro Caunaubal, conforme a Planta Urbana do referido bairro na forma que indica.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/498/pl_0009-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/498/pl_0009-2020.pdf</t>
   </si>
   <si>
     <t>Reajusta o percentual de gratificação de regência de classe concedida aos profissionais do magistério e adota outras providências.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/499/pl_0010-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/499/pl_0010-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste salarial dos profissionais do Magistério do Município de Horizonte/CE e adota outras providências.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/500/pl_0011-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/500/pl_0011-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste salarial dos servidores técnicos administrativos de cargos de nível elementar, médio e superior do Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/501/pl_0012-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/501/pl_0012-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste salarial dos servidores ocupantes de cargos políticos e em comissão de livre nomeação e exoneração do Município de Horizonte e adota outras providências.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/506/pl_0013-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/506/pl_0013-2020.pdf</t>
   </si>
   <si>
     <t>Concede a revisão anual dos valores percebidos a mesmo título de vencimento base para os cargos públicos de provimento efetivos do Quadro de Pessoal Municipal da Câmara Municipal de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/510/pl_0014-2020_hdMqpOc.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/510/pl_0014-2020_hdMqpOc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de utilidade pública da entidade associativa que indica e dá outras providências.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/516/pl_0015-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/516/pl_0015-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ampliação definitiva da carga horária de trabalho dos profissionais do Magistério, integrantes do Quadro de Pessoal da Secretaria Municipal e adota outras providências.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/517/pl_0016-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/517/pl_0016-2020.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal n. 1.221, de 06 de abril de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/518/pl_0017-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/518/pl_0017-2020.pdf</t>
   </si>
   <si>
     <t>Altera a tabela vencimental do grupo ocupacional Atividades de Gestão Pública e dá outras providências.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/520/pl_0018-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/520/pl_0018-2020.pdf</t>
   </si>
   <si>
     <t>Estabelece regras para o Regime Próprio de Previdência Social do Município de Horizonte de acordo com a Emenda Constitucional n. 103, de 2019.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/521/pl_0019-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/521/pl_0019-2020.pdf</t>
   </si>
   <si>
     <t>Modifica o Regime Próprio de Previdência Social do Município de Horizonte de acordo com a Emenda Constitucional n. 103, de 12 de novembro de 2019 e Emenda à Lei Orgânica Municipal N. 001/2020.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/522/pl_0020-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/522/pl_0020-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização, funcionamento e atribuições da Procuradoria Geral do Município de Horizonte e dá outras providências, conforme especifica.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/523/pl_0021-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/523/pl_0021-2020.pdf</t>
   </si>
   <si>
     <t>Reestrutura a composição dos grupos ocupacionais e Categorias Funcionais dos servidores técnico-administrativos de nível elementar e médio, de que trata a Lei n. 368, de 19 de abril de 2002, e dá outras providências.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/524/pl_0022-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/524/pl_0022-2020.pdf</t>
   </si>
   <si>
     <t>Reconhece Estado de Calamidade Pública no Município de Horizonte para enfrentamento da Pandemia decorrente do coronavírus.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária Anual para 2021 e dá outras providências. (Com 1 Emenda Modificativa)</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/546/pl_0024-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/546/pl_0024-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de benefícios eventuais no Município de Horizonte/CE, no âmbito da política de assistência social, e dá outras providências.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/558/pl_0025-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/558/pl_0025-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a transferência de recurso do Fundo Municipal de Educação para o Fundo Municipal de Saúde para o cumprimento de metas emergenciais de enfrentamento da Pandemia de COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Altera a redação do inciso II do art. 1º da Lei nº 1.356, de 14 de maio de 2020.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/564/pl_0027-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/564/pl_0027-2020.pdf</t>
   </si>
   <si>
     <t>Suspende as cobranças de empréstimos consignados   com desconto em folha, contraídos pelos servidores públicos do Município de Horizonte/CE na forma que indica.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/568/pl_0028-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/568/pl_0028-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a suspensão dos pagamentos das contribuições patronais ao Fundo de Seguridade Social de Horizonte, nos termos do art. 9º, § 2º da Lei Complementar n. 173, de 27 de maio de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/576/pl_0029-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/576/pl_0029-2020.pdf</t>
   </si>
   <si>
     <t>Abre adicional ao vigente orçamento, o crédito especial que indica e dá outras providências.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/577/pl_0030-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/577/pl_0030-2020.pdf</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/578/pl_0031-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/578/pl_0031-2020.pdf</t>
   </si>
   <si>
     <t>Suspende na forma do art. 10 da Lei Complementar Federal 173/2020, os prazos relativos aos concursos públicos realizados no âmbito da Câmara Municipal de Horizonte, em razão da pandemia da Covid-19 (Coronavírus).</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/594/pl_0032-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/594/pl_0032-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a suspensão das prestações não pagas de acordos de parcelamentos firmados com o Regime Próprio de Previdência Social.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/595/pl_0033-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/595/pl_0033-2020.pdf</t>
   </si>
   <si>
     <t>Denomina Ruas do Loteamento da Biguá 1 Empreendimentos Mobiliários SPE LTDA no bairro Malcozinhado, conforme a planta urbana do referido logradouro na forma que indica.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/599/pl_0034-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/599/pl_0034-2020.pdf</t>
   </si>
   <si>
     <t>Institui o programa de Recuperação Fiscal de Horizonte (PREFH) e outras providencias relativa a recuperação do créditos tributários do Município</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/600/pl_0035-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/600/pl_0035-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de credito especial no orçamento vigente.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/602/pl_0036-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/602/pl_0036-2020.pdf</t>
   </si>
   <si>
     <t>Denomina o equipamento público que indica e dá outras providências.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/608/pl_0037-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/608/pl_0037-2020.pdf</t>
   </si>
   <si>
     <t>Dá prioridade de atendimento às pessoas com Transtorno de Espectro Altista e seus acompanhantes.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/609/pl_0038-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/609/pl_0038-2020.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n. 1.356, de 14 de maio de 2020 que autoriza a transferência de recursos do Fundo Municipal de Educação para o Fundo Municipal de Saúde para o cumprimento de metas emergenciais de enfrentamento da pandemia de COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/614/pl_0039-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/614/pl_0039-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar o imóvel que indica e dá outras providências.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Professor Simão</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/615/pl_0040-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/615/pl_0040-2020.pdf</t>
   </si>
   <si>
     <t>Denomina a via pública no Bairro Buenos Aires, conforme planta urbana do Município, na forma que indica.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/616/pl_0041-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/616/pl_0041-2020.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do Município de Horizonte na forma que indica.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/623/pl_0042-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/623/pl_0042-2020.pdf</t>
   </si>
   <si>
     <t>Abre adicional ao vigente orçamento, o crédito especial no valor de R$ 491.229,04 e dá outras providências.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/630/projeto_de_lei_n_o_043-2020-_mensagem_n_o_037-2020-pmh.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/630/projeto_de_lei_n_o_043-2020-_mensagem_n_o_037-2020-pmh.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar o imóvel que indica e adota outras providências.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Júnior Tobias</t>
   </si>
   <si>
     <t>Denomina um logradouro no Bairro Malcozinhado conforme planta urbana na forma que indica.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Alci</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/644/pl_0045-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/644/pl_0045-2020.pdf</t>
   </si>
   <si>
     <t>Denomina o equipamento público que indica e dá outras providências</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/643/pl_0046-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/643/pl_0046-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios dos Vereadores de Horizonte para o quadriênio 2021-2024, na forma que indica.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Denomina de Rua Ezaú Eduardo de Lima uma via pública no Loteamento Terra Nobre, no bairro Gameleira na forma que indica.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/648/pl_0048-20201.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/648/pl_0048-20201.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n. 1.376, de 18 de setembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/649/pl_0049-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/649/pl_0049-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n. 1.372, de 04 de setembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/650/pl_0050-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/650/pl_0050-2020.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Horizonte para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/654/projeto_de_lei_no_051-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/654/projeto_de_lei_no_051-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 07, de 02 de outubro de 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/655/pl_0052-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/655/pl_0052-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1.316, de 06 de setembro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/656/projeto_de_lei_no_053_2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/656/projeto_de_lei_no_053_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a formalizar acordo terminativo do litigio mantido entre o Município e a União acerca dos valores devidos a título de ressarcimento de diferença do valor médio anual devido por aluno no âmbito do extinto FUNDEF no período de 1999 a 2006, nos termos do art. 7º da Lei 14.057, de 11 de setembro de 2020 e do § 20, art. 100, da Constituição Federal.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/657/pl_0054-20201.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/657/pl_0054-20201.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Apoio a Inovação Tecnológica, cria o Conselho Municipal de Inovação, cria o Fundo de Desenvolvimento por meio da Inovação Tecnológica e dá outras providências.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/665/pl_0055-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/665/pl_0055-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar o imóvel que indica à Arquidiocese de Fortaleza (Paróquia São João Batista) na forma que indica.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>Chelo Rocha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/670/pl_0056-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/670/pl_0056-2020.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal de Conscientização e Combate aos Maus Tratos de Animais no Município de Horizonte.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Cria o dia municipal do protetor de animais e adota outras providências.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/676/pl_0058-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/676/pl_0058-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo doar o imóvel que indica e adota outras providências.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Cícero Cruz</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/680/pl_0061-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/680/pl_0061-2020.pdf</t>
   </si>
   <si>
     <t>Denomina o espaço púbico que indica e dá outras providências.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/682/pl_0062-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/682/pl_0062-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar o imóvel que Indica e adota outras providencias.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/683/pl_0063-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/683/pl_0063-2020.pdf</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/684/pl_0064-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/684/pl_0064-2020.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos das Leis Municipais de nº 1.302 de 11 de julho de 2019, bem como da Lei nº 1.322 de 04 de outubro de 2019 e dá outras providencias.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/685/pl_0065-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/685/pl_0065-2020.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1.303, de 11 de julho de 2019 e dá outras providencias.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/688/projeto_de_lei_no_066_2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/688/projeto_de_lei_no_066_2020.pdf</t>
   </si>
   <si>
     <t>Altera o texto art. 2º da Lei n. 1.365, de 14 de agosto de 2020 no que se refere ao prazo de adesão ao Programa de Recuperação Fiscal de Horizonte (PREFH), que tem como finalidade promover a regularização de créditos tributários, inscritos ou não na dívida ativa, ajuizados ou não, e dá outras providências.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Auricino, Carlinhos Nogueira, Carlos da Bodega, Chelo Rocha, Cícero Cruz, Haroldo da Saúde, Júnior Tobias, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/560/indi_n._0002-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/560/indi_n._0002-2020.pdf</t>
   </si>
   <si>
     <t>Suspende as cobranças de empréstimos consignados, com desconto em folha, contraídos pelos servidores públicos do Município de Horizonte/CE na forma que indica.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Dr. Alexandre</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/502/req_001-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/502/req_001-2020.pdf</t>
   </si>
   <si>
     <t>Solicita que seja criado o Horizonte Esporte Clube, com finalidade maior o estímulo e fomento a todas as modalidades esportivas, priorizando categorias de base formada por pessoas residentes em Horizonte.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/503/req_002-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/503/req_002-2020.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciado a climatização de todas as salas de aula das escolas públicas do nosso Município com base na energia renovável e limpa.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/504/req_0003-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/504/req_0003-2020.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca da Rua Sebastião Sales do Carmo a partir do cruzamento com a Rua Santiago Sales, até a Rua Manoel Matias no Bairro Buenos Aires.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Delegado Kim Barreto</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/505/req_004-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/505/req_004-2020.pdf</t>
   </si>
   <si>
     <t>Requer a criação de um centro especializado em reabilitação física, intelectual, auditiva, visual e de outras deficiências.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/507/req_005-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/507/req_005-2020.pdf</t>
   </si>
   <si>
     <t>Requer a iluminação da Rua Maria Bruna no Bairro Catolé, neste Município.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/508/req_006-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/508/req_006-2020.pdf</t>
   </si>
   <si>
     <t>Requer a volta do cursinho universitário, neste Município.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/509/req_007-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/509/req_007-2020.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da praça da Rua Baturité com a Rua Alexandre Joca, localizada no Bairro Centro, neste Município.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/511/req_0008-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/511/req_0008-2020.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma Areninha na Localidade de Planalto Horizonte, neste Município.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/512/req_0009-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/512/req_0009-2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja feita a construção de uma lombada (quebra-molas) na Rua José Anselmo da Cunha no bairro Diadema, neste Município.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>Requer a implantação de uma academia de Saúde ao lado do Posto de Saúde no Bairro Lagoinha e outra em frente ao CEI Nara Lino no Bairro Zumbi, neste Município.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/514/req_0011-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/514/req_0011-2020.pdf</t>
   </si>
   <si>
     <t>Requer a reforma com colocação de mais bancos e outras melhorias na Praça da Igreja Santa Edwirges também conhecida como Praça da Madame no Bairro Mangueiral, neste Município.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/519/req_n._0012-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/519/req_n._0012-2020.pdf</t>
   </si>
   <si>
     <t>Requer saneamento básico para a Rua Chagas Barbosa no bairro Centro, neste Município.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>Requer a doação de cestas básicas aos artistas e profissionais de música que tenham tido as suas profissões afetadas com a Pandemia do Covid-19.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>Requer a aquisição e doação de medicamentos específicos a pessoas que possuam o Transtorno do Espectro Autista (Autismo) na forma que indica.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>Carlos Eloy, Auricino</t>
   </si>
   <si>
     <t>Requer o pagamento do adicional de 40% nos salários dos profissionais da área de saúde e atividades essenciais ao combate da Pandemia, durante o período de quarentena.</t>
   </si>
@@ -1200,108 +1200,108 @@
   <si>
     <t>Carlos Eloy, Itaciana</t>
   </si>
   <si>
     <t>Requer seja disponibilizado uma equipe de Guardas Municipais para que fiquem em regime noturno de plantão realizado a segurança e orientação da população que hoje dorme em frente aos bancos para conseguir fichas de atendimento, durante a pandemia e ou até a revogação do Decreto n. 22 de março de 2020.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>Requer que seja concedida uma gratificação especial de 40% para os funcionários da secretaria de segurança pública especificamente os guardas municipais e agentes de trânsito, durante a pandemia e ou até a revogação do Decreto n. 22 de março de 2020.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>Requer seja realizado a desinfecção com pulverização, fumacê e lavagem de superfícies com reagentes desinfetantes diariamente dos ambientes onde constam maior aglomeração de pessoas a exemplo de: bancos (Caixa Econômica, Banco do Brasil, Lotéricas, Banco do Nordeste etc...), durante a pandemia e ou até a revogação do Decreto n. 22 de março de 2020.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>Carlos da Bodega, Cícero Cruz</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/555/req_n._0041-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/555/req_n._0041-2020.pdf</t>
   </si>
   <si>
     <t>REQUER A iluminação da Rua Baturité entre a Av. João Domingos de Sousa no Bairro Malcozinhado até a Rua Horácio Rufino no Bairro Cachoeira; E o Calçamento em pedra tosca da Rua Balduino Emídio no Bairro Cachoeira.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/554/req_n._0042-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/554/req_n._0042-2020.pdf</t>
   </si>
   <si>
     <t>Requer a desinfecção dos locais onde mais há aglomerações de pessoas nesta cidade, principalmente as casas lotéricas, bancos, correios e outros que sejam identificados, durante o período de combate ao COVID-19.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/556/req_n._0043-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/556/req_n._0043-2020.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação Asfáltica nas ruas: Rua José Alfredo; Rua Milton Figueiredo; Rua Chico Poró; Rua Romão Ramalho; Rua Raimundo Lopes do bairro Malhada.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/557/req_n._0044-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/557/req_n._0044-2020.pdf</t>
   </si>
   <si>
     <t>Requer Pavimentação Asfáltica nas ruas: Rua José Pequeno e Rua Mateus, do bairro Alto Alegre.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>Chelo Rocha, Cícero Cruz</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/561/req_n._0045-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/561/req_n._0045-2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja reaberta a Cozinha Comunitária Municipal de Horizonte/CE , incumbindo-se a Prefeitura de adotar estratégia que evite aglomerações e que seja compatível com as orientações dos órgãos de saúde.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/562/req_n._0046-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/562/req_n._0046-2020.pdf</t>
   </si>
   <si>
     <t>Requer que os valores relativos a verbas federais, estaduais e municipais destinadas ao combate da Pandemia do Covid-19, bem como os respectivos de tais verbas sejam tornados públicos na forma que indica.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/563/req_n._0049-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/563/req_n._0049-2020.pdf</t>
   </si>
   <si>
     <t>Requer, em razão da Pandemia do Covid-19, que afeta não somente a saúde, mas também afeta gravemente o setor da economia, que seja conferida a isenção tributária referente ao IPTU a todos os comerciantes e prestadores de serviços em geral.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>Requer da Gestão Municipal a  implantação do sistema de monitoramento  da temperatura em todas as unidades de saúde escolas e centros de educação infantil  do município de Horizonte.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>Requer convocação de sessão solene para prestar homenagem a todos os servidores da área da saúde que estão na linha de frente diante desta pandemia.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>Requer  da prefeitura municipal a implantação  do ponto de testagem rápida do covid 19  estilo DRIVE THRU em horizonte.</t>
   </si>
   <si>
     <t>569</t>
   </si>
@@ -1317,909 +1317,909 @@
   <si>
     <t>571</t>
   </si>
   <si>
     <t>Requer a REFORMA da Escola Maria José de Sousa na localidade de Cachoeira.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>Cícero Cruz, Júnior Tobias</t>
   </si>
   <si>
     <t>Requer da Prefeitura Municipal a DRENAGEM no trecho da Rua Luiz Inácio de Sousa com a Rua Arco Íris no Planalto Horizonte.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>Requer a implantação do Sistema de e Visita Virtual aos pacientes internados no Hospital de Horizonte durante o período de PANDEMIA DO COVID 19.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/574/req_n._0058-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/574/req_n._0058-2020.pdf</t>
   </si>
   <si>
     <t>Requer Pavimentação Asfáltica na rua Rua João Sampaio do bairro Cajueiro da Malhada.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/575/req_n._0059-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/575/req_n._0059-2020.pdf</t>
   </si>
   <si>
     <t>Requer Pavimentação Asfáltica na rua Rua Cassimiro Dantas, na localidade Vila Nova Distrito de Queimadas.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>Carlos da Bodega, Júnior Tobias</t>
   </si>
   <si>
     <t>Requer a drenagem no entroncamento da Av. Tobias Aguiar da Cunha com a Baturité, no Bairro Malcozinhado.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca na Rua Francisco Domingos Nabôr, no Bairro Diadema.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Av. Leandro Bezerra em toda a sua extensão.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/582/req_n._0063-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/582/req_n._0063-2020.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Rua José Moreira no Bairro Planalto Horizonte</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/583/req_n._0064-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/583/req_n._0064-2020.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma passagem molhada na Baixa Kalú na Vila Aprazível.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>Luciano Pinheiro, Carlos da Bodega, Cícero Cruz</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/584/req_n._0065-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/584/req_n._0065-2020.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca da Rua Salviano Machado de Almeida no Distrito de Dourado.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>Requer a pavimentação Asfáltica da Rua José Lira Soares no Bairro Zumbi.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Carlos da Bodega, Luciano Pinheiro, Chelo Rocha, Cícero Cruz, Júnior Tobias, Professor Simão</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/586/req_n._0067-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/586/req_n._0067-2020.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um Condomínio Industrial dos Pequenos Negócios de Horizonte.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/587/req_n._0068-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/587/req_n._0068-2020.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de duas salas de aula no Colégio Fernando Augusto Nogueira em Queimadas.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/589/req_n._0069-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/589/req_n._0069-2020.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica das seguintes Ruas pertencentes ao Centro do Município de Horizonte na forma que indica.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/590/req_n._0071-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/590/req_n._0071-2020.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica das Ruas Rafael Santos e Manoel Luiz no Bairro Buenos Aires.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Carlos da Bodega, Professor Simão</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/591/req_n._0072-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/591/req_n._0072-2020.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica das Ruas José Lira Soares e Manuel Feliciano no Bairro Zumbi.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/592/req_n._0073-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/592/req_n._0073-2020.pdf</t>
   </si>
   <si>
     <t>Requer a substituição das lâmpadas do Distrito de Aningas por lâmpadas de LED na forma que indica.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/593/req_n._0074-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/593/req_n._0074-2020.pdf</t>
   </si>
   <si>
     <t>Requer a continuação da Pavimentação Asfáltica da Rua Lourival de Souza e adjascentes.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Dr. Alexandre, Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/596/req_n._0075-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/596/req_n._0075-2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado estudo de viabilidade para fins de implantação de USINA SOLAR no município de Horizonte com visão de economia de gasto num futuro próximo com energia elétrica.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Carlinhos Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/597/req_n._0076-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/597/req_n._0076-2020.pdf</t>
   </si>
   <si>
     <t>Requer a Instalação de banheiros públicos permanentes em praças, parques, próximos aos terminais rodoviários e demais áreas públicas e de grande circulação de pessoas.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Carlinhos Nogueira, Carlos da Bodega, Chelo Rocha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/598/req_n._0077-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/598/req_n._0077-2020.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação Asfáltica da Rua Gilberto Gomes Pereira situada no bairro Diadema I</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/601/req_n._0078-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/601/req_n._0078-2020.pdf</t>
   </si>
   <si>
     <t>Requer a Disponibilização de Atendimento Veterinário para animais domésticos cujos donos sejam pessoas de baixa renda e não possam custear as despesas.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Carlos da Bodega, Cícero Cruz, Júnior Tobias, Luciano Pinheiro, Professor Simão</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/603/req_n._0079-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/603/req_n._0079-2020.pdf</t>
   </si>
   <si>
     <t>Requer a continuidade da pavimentação em pedra risca e asfáltica do novo trecho da rua olho da água em toda sua extensão com a construção da passagem molhada.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Valda</t>
   </si>
   <si>
     <t>Requer a implantação da rede de água da CAGECE nas ruas Maria Iêda, Antônio Bezerra, Perpétua Lopes e Francisco Bento Localizadas no bairro Cachoeira.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/605/req_n._0081-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/605/req_n._0081-2020.pdf</t>
   </si>
   <si>
     <t>Requer a implantação da rede de águas da CAGECE nas ruas do Bairro Catolé, no Loteamento Bezerra &amp; Bezerra no bairro Catolé.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Luciano Pinheiro, Cícero Cruz, Júnior Tobias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/606/req_n._0082-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/606/req_n._0082-2020.pdf</t>
   </si>
   <si>
     <t>Requer a colocação de 12 luminárias na Av. Miguel Skeff entre a Rua Baturité e Leandro Bezerra no bairro Malcozinhado.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Luciano Pinheiro, Carlos da Bodega, Cícero Cruz, Júnior Tobias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/607/req_n._0083-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/607/req_n._0083-2020.pdf</t>
   </si>
   <si>
     <t>Requer a realização da encanação da água da CAGECE nas ruas Tina Alves da Silva e Coringa no Bairro Diadema 2.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/610/req_0084-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/610/req_0084-2020.pdf</t>
   </si>
   <si>
     <t>Requer a a colocação de quatro luminárias nos postes da Rua Luis Albano de Almeida e a continuidade da pavimentação asfáltica da referida rua do distrito de Queimadas.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/611/req_0085-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/611/req_0085-2020.pdf</t>
   </si>
   <si>
     <t>Requer a substituição de lâmpadas do trecho compreendido entre a Rua Baturité até a Rua Manoel Conrado.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/612/req_n._0086-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/612/req_n._0086-2020.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza e a reativação do poço da Comunidade de Pedreira no Bairro Lagoinha.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/613/req_n._0087-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/613/req_n._0087-2020.pdf</t>
   </si>
   <si>
     <t>Requer estudo de viabilidade a fim de implantar um serviço de berçário de médio risco para recém-nascidos no hospital e maternidade de nosso Município.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/617/req_n._0088-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/617/req_n._0088-2020.pdf</t>
   </si>
   <si>
     <t>Requer o saneamento básico da Rua Antonio Ferreira Lima entre as Ruas Ciro Bilhar e Maria Conrado de Lima no Bairro Centro.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica na Rua Maria Luíza Noronha a partir do nº 588 até a Rua Pacatuba no bairro Zumbi.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/618/req_n._0090-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/618/req_n._0090-2020.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca da Rua José Luis da Silva na forma que indica.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/619/req_n._0091-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/619/req_n._0091-2020.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça pública na Localidade de Zumbi na forma que indica</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/620/req_n._0092-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/620/req_n._0092-2020.pdf</t>
   </si>
   <si>
     <t>Requer a continuação da rede de água e esgoto em toda a sua extensão no Bairro Lagoinha.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/624/req_n._0093-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/624/req_n._0093-2020.pdf</t>
   </si>
   <si>
     <t>Requer a continuação da rede elétrica da Avenida Presidente Castelo Branco a partir da Rua Enir Santos até chegar à BR 116.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/621/req_n._0094-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/621/req_n._0094-2020.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de aplicativo gratuito à toda a população, no aparelho celular, que proteja as mulheres vítimas de violência física e sexual, através de um botão de pânico, na forma que indica.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/625/req_n._0095-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/625/req_n._0095-2020.pdf</t>
   </si>
   <si>
     <t>Requer a substituição de lâmpadas comuns por lâmpadas de LED na Rua Balduíno Emídio entre as Ruas Baturité e Horácio Rufino no bairro Cachoeira.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/626/req_n._0096-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/626/req_n._0096-2020.pdf</t>
   </si>
   <si>
     <t>Requer as obras de pavimentação e saneamento básico na Rua Francisco Domingos Nabor no bairro Diadema.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/622/req_n._0097-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/622/req_n._0097-2020.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma Unidade Básica de Saúde (UBS)/PSF na Localidade de Pica Pau.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/627/req_n._0098-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/627/req_n._0098-2020.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação do calçamento e a pavimentação asfáltica de rua situadas no Bairro Planalto Horizonte na forma que indica.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/628/req_n._0099-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/628/req_n._0099-2020.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica das ruas situadas no bairro Planalto Diadema na forma que indica.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/632/req_n._0100-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/632/req_n._0100-2020.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de uma Casa de apoio na localidade de Cachoeira como também a extensão do posto de saúde de Malcozinhado na forma que indica.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/629/req_n._0101-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/629/req_n._0101-2020.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfálticas nas ruas do Distrito de Queimadas na forma que indica.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/633/req_n._0102-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/633/req_n._0102-2020.pdf</t>
   </si>
   <si>
     <t>Requer a abertura da Rua em prolongamento do trecho da Rua Rosália Alves bem como a pavimentação e eletrificação do referido trecho até a rua Luísa Romana no bairro Zumbi na forma que indica.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/634/req_n._0103-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/634/req_n._0103-2020.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma USB – Unidade Básica de Saúde / PSF, na localidade de Cachoeira.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/635/req_n._0104-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/635/req_n._0104-2020.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza da Rua Tenente Sebastião no bairro Pica Pau na forma que indica.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/636/req_n._0105-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/636/req_n._0105-2020.pdf</t>
   </si>
   <si>
     <t>Requer TÍTULO DE CIDADÃO HORIZONTINO AO SENHOR MIGUEL SKEFF FILHO, popularmente conhecido por Miguel Skeff.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/637/req_n._0106-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/637/req_n._0106-2020.pdf</t>
   </si>
   <si>
     <t>Requer um Projeto de Lei (LEI DA JOANINHA) QUE CONCEDE A QUALQUER SERVIDOR PÚBLICO MUNICIPAL, AJUDA DE CUSTO ESPECIAL NO VALOR DE 5 (CINCO) MIL REAIS PARA TRATAMENTO PRIMÁRIO DE QUALQUER TIPO DE CÂNCER RECÉM-DESCOBERTO.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/638/req_n._0107-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/638/req_n._0107-2020.pdf</t>
   </si>
   <si>
     <t>Requer complementação de saneamento básico no bairro Diadema II.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/640/req_n._0108-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/640/req_n._0108-2020.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação do número de salas de aulas na Creche Maria José no Bairro Alto Alegre.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/641/req_n._0109-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/641/req_n._0109-2020.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da estrutura o Chafariz Público Municipal situado no Bairro Queimadas.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/642/req_n._0110-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/642/req_n._0110-2020.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica de ruas localizadas no Bairro Pica Pau, na forma que indica.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/645/req_n._0111-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/645/req_n._0111-2020.pdf</t>
   </si>
   <si>
     <t>Requer que sejam tomadas todas as providências a fim de suspender a entrega UPA para a Fundação Leandro Bezerra.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/646/req_n._0112-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/646/req_n._0112-2020.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e posteriormente asfáltica da rua localizada no bairro Cajueiro da Malhada na forma que indica.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/651/req_n._0113-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/651/req_n._0113-2020.pdf</t>
   </si>
   <si>
     <t>Requer a continuidade da iluminação pública da rua João Maroca situada no bairro Carnaubal na forma que indica.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/652/req_n._0114-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/652/req_n._0114-2020.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca e posterior pavimentação asfáltica da travessa Francisco Wesley Silveira no bairro Planalto na forma que indica.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/653/req_n._0115-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/653/req_n._0115-2020.pdf</t>
   </si>
   <si>
     <t>Requer a reforma geral do posto de saúde na localidade de Malcozinhado na forma que indica.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/659/req_0117-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/659/req_0117-2020.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de lixeiras com tampa, a substituição das lâmpadas dos postes de iluminação publico e a poda das arvores da praça do Zumbi</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/660/req_0118-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/660/req_0118-2020.pdf</t>
   </si>
   <si>
     <t>Requer o patrulhamento da Guarda Municipal na praça do Zumbi</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/661/req_0119-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/661/req_0119-2020.pdf</t>
   </si>
   <si>
     <t>Requer à Secretaria de Segurança Pública, providências quanto ao Patrulhamento Ostensivo da Polícia Militar, na Praça do Zumbi, na forma que indica.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/662/req_n._0120-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/662/req_n._0120-2020.pdf</t>
   </si>
   <si>
     <t>Requer a intensificação de rondas extensivas ostentativas da Guarda Municipal nos Bairros e Localidades, na forma que indica.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Requer saneamento básico e pavimentação em pedra tosca na Rua João Lima da Costa na Comunidade de Lagoinha na forma que indica.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Requer a instalação de rede elétrica e a localização de luminárias na Rua João Lima da Costa na Comunidade de Lagoinha na forma que indica.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Carlos da Bodega, Chelo Rocha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/666/req_n._0123-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/666/req_n._0123-2020.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um Centro de Pediatria com atendimento de urgência e emergência em Horizonte/CE.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/667/req_n._0124-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/667/req_n._0124-2020.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um Centro de Educação Infantil na área verde do Loteamento Novo Milênio, no bairro Centro.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/668/req_n._0125-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/668/req_n._0125-2020.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de uma Praça com mobilidade social e equipamentos de exercício físico na área verde do Loteamento Novo Milênio.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/669/req_n._0126-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/669/req_n._0126-2020.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Travessa Francisca Gurgel no Bairro Gameleira em Horizonte.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/671/req_0127-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/671/req_0127-2020.pdf</t>
   </si>
   <si>
     <t>Requer por meio da Secretaria de Saúde do Município, atenção e cuidados de saúde específicos e especiais às pessoas que tem lesão medular e que residem no Município.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/672/req_n._0128-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/672/req_n._0128-2020.pdf</t>
   </si>
   <si>
     <t>Requer a complementação asfáltica e sinalização horizontal e vertical do trecho da rua do Conjunto Nova Timbaúba no Distrito de Queimadas na forma que indica.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/673/req_n._0129-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/673/req_n._0129-2020.pdf</t>
   </si>
   <si>
     <t>Requer o envio de Projeto de Lei a esta Casa para determinar percentual das áreas verdes institucionais dos loteamentos a serem destinadas exclusivamente como espaços ecológicos.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/674/req_n._0130-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/674/req_n._0130-2020.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Rua Augusto Nogueira, situada no Bairro Alto da Estrela, em toda a sua extensão.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Rua Vital Pereira da Silva situada no bairro Mangueiral.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Requer a recuperação da passagem molhada situada na Av. Miguel Skeff no bairro Vertente.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/687/req_n._0133-2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/687/req_n._0133-2020.pdf</t>
   </si>
   <si>
     <t>Requer a doação de terreno para a Entidade Esportiva Comunitária Galo do Tabuleiro.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2526,68 +2526,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/836/parecer_previo_056-2020_conta_de_2014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/588/plc_001-2020_final.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/686/plc_0003-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/491/pl_0001-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/492/pl_0002-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/493/pl_0003-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/494/pl_0005-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/495/pl_0006-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/496/pl_0007-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/497/pl_0008-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/498/pl_0009-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/499/pl_0010-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/500/pl_0011-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/501/pl_0012-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/506/pl_0013-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/510/pl_0014-2020_hdMqpOc.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/516/pl_0015-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/517/pl_0016-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/518/pl_0017-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/520/pl_0018-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/521/pl_0019-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/522/pl_0020-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/523/pl_0021-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/524/pl_0022-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/546/pl_0024-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/558/pl_0025-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/564/pl_0027-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/568/pl_0028-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/576/pl_0029-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/577/pl_0030-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/578/pl_0031-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/594/pl_0032-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/595/pl_0033-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/599/pl_0034-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/600/pl_0035-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/602/pl_0036-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/608/pl_0037-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/609/pl_0038-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/614/pl_0039-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/615/pl_0040-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/616/pl_0041-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/623/pl_0042-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/630/projeto_de_lei_n_o_043-2020-_mensagem_n_o_037-2020-pmh.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/644/pl_0045-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/643/pl_0046-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/648/pl_0048-20201.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/649/pl_0049-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/650/pl_0050-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/654/projeto_de_lei_no_051-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/655/pl_0052-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/656/projeto_de_lei_no_053_2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/657/pl_0054-20201.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/665/pl_0055-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/670/pl_0056-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/676/pl_0058-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/680/pl_0061-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/682/pl_0062-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/683/pl_0063-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/684/pl_0064-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/685/pl_0065-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/688/projeto_de_lei_no_066_2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/560/indi_n._0002-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/502/req_001-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/503/req_002-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/504/req_0003-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/505/req_004-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/507/req_005-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/508/req_006-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/509/req_007-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/511/req_0008-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/512/req_0009-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/514/req_0011-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/519/req_n._0012-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/555/req_n._0041-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/554/req_n._0042-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/556/req_n._0043-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/557/req_n._0044-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/561/req_n._0045-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/562/req_n._0046-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/563/req_n._0049-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/574/req_n._0058-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/575/req_n._0059-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/582/req_n._0063-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/583/req_n._0064-2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/584/req_n._0065-2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/586/req_n._0067-2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/587/req_n._0068-2020.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/589/req_n._0069-2020.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/590/req_n._0071-2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/591/req_n._0072-2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/592/req_n._0073-2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/593/req_n._0074-2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/596/req_n._0075-2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/597/req_n._0076-2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/598/req_n._0077-2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/601/req_n._0078-2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/603/req_n._0079-2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/605/req_n._0081-2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/606/req_n._0082-2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/607/req_n._0083-2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/610/req_0084-2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/611/req_0085-2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/612/req_n._0086-2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/613/req_n._0087-2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/617/req_n._0088-2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/618/req_n._0090-2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/619/req_n._0091-2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/620/req_n._0092-2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/624/req_n._0093-2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/621/req_n._0094-2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/625/req_n._0095-2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/626/req_n._0096-2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/622/req_n._0097-2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/627/req_n._0098-2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/628/req_n._0099-2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/632/req_n._0100-2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/629/req_n._0101-2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/633/req_n._0102-2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/634/req_n._0103-2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/635/req_n._0104-2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/636/req_n._0105-2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/637/req_n._0106-2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/638/req_n._0107-2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/640/req_n._0108-2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/641/req_n._0109-2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/642/req_n._0110-2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/645/req_n._0111-2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/646/req_n._0112-2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/651/req_n._0113-2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/652/req_n._0114-2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/653/req_n._0115-2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/659/req_0117-2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/660/req_0118-2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/661/req_0119-2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/662/req_n._0120-2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/666/req_n._0123-2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/667/req_n._0124-2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/668/req_n._0125-2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/669/req_n._0126-2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/671/req_0127-2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/672/req_n._0128-2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/673/req_n._0129-2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/674/req_n._0130-2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/687/req_n._0133-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/836/parecer_previo_056-2020_conta_de_2014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/588/plc_001-2020_final.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/686/plc_0003-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/491/pl_0001-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/492/pl_0002-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/493/pl_0003-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/494/pl_0005-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/495/pl_0006-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/496/pl_0007-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/497/pl_0008-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/498/pl_0009-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/499/pl_0010-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/500/pl_0011-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/501/pl_0012-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/506/pl_0013-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/510/pl_0014-2020_hdMqpOc.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/516/pl_0015-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/517/pl_0016-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/518/pl_0017-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/520/pl_0018-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/521/pl_0019-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/522/pl_0020-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/523/pl_0021-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/524/pl_0022-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/546/pl_0024-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/558/pl_0025-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/564/pl_0027-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/568/pl_0028-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/576/pl_0029-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/577/pl_0030-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/578/pl_0031-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/594/pl_0032-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/595/pl_0033-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/599/pl_0034-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/600/pl_0035-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/602/pl_0036-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/608/pl_0037-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/609/pl_0038-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/614/pl_0039-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/615/pl_0040-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/616/pl_0041-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/623/pl_0042-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/630/projeto_de_lei_n_o_043-2020-_mensagem_n_o_037-2020-pmh.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/644/pl_0045-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/643/pl_0046-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/648/pl_0048-20201.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/649/pl_0049-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/650/pl_0050-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/654/projeto_de_lei_no_051-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/655/pl_0052-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/656/projeto_de_lei_no_053_2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/657/pl_0054-20201.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/665/pl_0055-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/670/pl_0056-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/676/pl_0058-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/680/pl_0061-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/682/pl_0062-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/683/pl_0063-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/684/pl_0064-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/685/pl_0065-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/688/projeto_de_lei_no_066_2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/560/indi_n._0002-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/502/req_001-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/503/req_002-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/504/req_0003-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/505/req_004-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/507/req_005-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/508/req_006-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/509/req_007-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/511/req_0008-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/512/req_0009-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/514/req_0011-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/519/req_n._0012-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/555/req_n._0041-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/554/req_n._0042-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/556/req_n._0043-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/557/req_n._0044-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/561/req_n._0045-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/562/req_n._0046-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/563/req_n._0049-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/574/req_n._0058-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/575/req_n._0059-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/582/req_n._0063-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/583/req_n._0064-2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/584/req_n._0065-2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/586/req_n._0067-2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/587/req_n._0068-2020.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/589/req_n._0069-2020.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/590/req_n._0071-2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/591/req_n._0072-2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/592/req_n._0073-2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/593/req_n._0074-2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/596/req_n._0075-2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/597/req_n._0076-2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/598/req_n._0077-2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/601/req_n._0078-2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/603/req_n._0079-2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/605/req_n._0081-2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/606/req_n._0082-2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/607/req_n._0083-2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/610/req_0084-2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/611/req_0085-2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/612/req_n._0086-2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/613/req_n._0087-2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/617/req_n._0088-2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/618/req_n._0090-2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/619/req_n._0091-2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/620/req_n._0092-2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/624/req_n._0093-2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/621/req_n._0094-2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/625/req_n._0095-2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/626/req_n._0096-2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/622/req_n._0097-2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/627/req_n._0098-2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/628/req_n._0099-2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/632/req_n._0100-2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/629/req_n._0101-2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/633/req_n._0102-2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/634/req_n._0103-2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/635/req_n._0104-2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/636/req_n._0105-2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/637/req_n._0106-2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/638/req_n._0107-2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/640/req_n._0108-2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/641/req_n._0109-2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/642/req_n._0110-2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/645/req_n._0111-2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/646/req_n._0112-2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/651/req_n._0113-2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/652/req_n._0114-2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/653/req_n._0115-2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/659/req_0117-2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/660/req_0118-2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/661/req_0119-2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/662/req_n._0120-2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/666/req_n._0123-2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/667/req_n._0124-2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/668/req_n._0125-2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/669/req_n._0126-2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/671/req_0127-2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/672/req_n._0128-2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/673/req_n._0129-2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/674/req_n._0130-2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2020/687/req_n._0133-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="187.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>