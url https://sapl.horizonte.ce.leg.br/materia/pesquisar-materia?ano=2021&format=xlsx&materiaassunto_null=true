--- v0 (2026-01-29)
+++ v1 (2026-03-22)
@@ -54,2521 +54,2521 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>PPV</t>
   </si>
   <si>
     <t>Parecer Prévio do Tribunal de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado do Ceará</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/959/parecer_previo_contas_governo_2015.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/959/parecer_previo_contas_governo_2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as contas do Governo - Exercício de 2015. Ocorrências verificadas incapazes de prejudicar o contexto geral das contas. Parecer Favorável à aprovação das contas. Contas Regulares com Ressalvas. Recomendações, Notificações. Decisão por maioria dos votos.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PEL</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/889/pel_001-2021_revisao_geral.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/889/pel_001-2021_revisao_geral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão da Lei Orgânica do Município de Horizonte/CE</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Nezinho Farias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/920/pl_complementar_no_001_2021_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/920/pl_complementar_no_001_2021_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Complementar n. 509, de 07 de Julho de 2005, que instituiu o Regime Próprio de Previdência Social e o Fundo Municipal de Seguridade Social do Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/921/pl_complementar_no_002_2021_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/921/pl_complementar_no_002_2021_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reparcelamento de débitos do Município de Horizonte para com seu Regime Próprio de Previdência Social - RPPS.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1045/plc_03.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1045/plc_03.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 002, de 17 de maio de 2010 e da outras providências.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/714/pl_001-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/714/pl_001-2021.pdf</t>
   </si>
   <si>
     <t>Denomina de Francisco Clébio Batista Pires, o Ginásio da Praça da Juventude na forma que indica.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/689/pl_002-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/689/pl_002-2021.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo Único da Lei Municipal n. 1.339 de 24 de janeiro de 2020, a fim de recompor o salário mínimo vigente no País, na forma que indica e adota outras providências.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/690/pl_003-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/690/pl_003-2021.pdf</t>
   </si>
   <si>
     <t>Altera o anexo X da Lei Municipal 1.257/2018 que institui o Plano de Cargos, Carreiras e Remunerações dos Servidores da Câmara Municipal de Horizonte e dá outras providências, na forma que indica.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/715/pl_004-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/715/pl_004-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adotar Providências necessárias à dissolução, liquidação e extinção da Companhia Horizontina de Eficiência Energética S.A e da Companhia de Inteligência Urbana e Serviços S.A</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/732/projeto_de_lei_005.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/732/projeto_de_lei_005.pdf</t>
   </si>
   <si>
     <t>Estabelece as igrejas e Templos de qualquer culto como Atividade Essencial em períodos de calamidade pública no âmbito do município de Horizonte.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/733/pl_006-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/733/pl_006-2021.pdf</t>
   </si>
   <si>
     <t>Altera o valor do salário mínimo dos servidores públicos municipais para atender o que dispõe a medida provisória nº 1.021, de 30 de dezembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/734/pl_007-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/734/pl_007-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, prestar garantias e dá outras providências.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/735/projeto_de_lei_008.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/735/projeto_de_lei_008.pdf</t>
   </si>
   <si>
     <t>Cria o termo de Confirmação de imunização contra o novo Coronavírus pelo paciente vacinado no ambiente hospitalar e nos locais de externos em formato Drive – Thru.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Carlos Eloy, Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/743/projeto_de_lei_009.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/743/projeto_de_lei_009.pdf</t>
   </si>
   <si>
     <t>Declara como essencial a prática da atividade física e do exercício físico em estabelecimentos prestadores de serviços com essa finalidade, bem como em espaços públicos, na forma que indica.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/757/projeto_de_lei_no_010-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/757/projeto_de_lei_no_010-2021.pdf</t>
   </si>
   <si>
     <t>Ratifica o protocolo de intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do Coronavírus, medicamentos, insumos e equipamentos na área de saúde.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/758/projeto_de_lei_no_011-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/758/projeto_de_lei_no_011-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n. 595, de 28 de fevereiro de 2007, dispondo sobre a modificação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação (CACS/FUNDEB), para fins de adequação ao art. 212-A da Constituição Federal e a Lei Federal n. 14.113, de 25 de dezembro de 2020.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/759/projeto_de_lei_no_012-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/759/projeto_de_lei_no_012-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre vacinação contra o coronavírus as pessoas com Síndrome de Down, Autismo e Deficiência Intelectual no Município de Horizonte/CE.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/794/pl_0013-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/794/pl_0013-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Auxílio Alimentar Emergencial temporário às famílias em situação de vulnerabilidade econômica do Município de Horizonte, para o enfrentamento do estado de calamidade pública reconhecido pelo Decreto Legislativo Estadual n. 546, de 17 de abril de 2020, e prorrogado pelo Decreto Legislativo Estadual n. 564, de 11 de março de 2021, face ao Decreto Municipal n. 23, de 08 de março de 2021, e da emergência de saúde pública de importância nacional decorrente do Coronavírus (COVID-19), declarada pela Portaria do Ministério da Saúde n. 188, de 03 de fevereiro de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/795/pl_014-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/795/pl_014-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece o Programa de Regularização Fiscal de Créditos Tributários e não Tributários (PROREF) do Município de Horizonte e dá outras providências, em razão da Pandemia da Covid-19 e dá outras providências.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/796/pl_015-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/796/pl_015-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aquisição de usina de oxigênio hospitalar em período de emergência municipal de saúde pública, em razão da pandemia da COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/</t>
   </si>
   <si>
     <t>Fixa o valor diário do Auxílio Alimentação concedido aos servidores efetivos da Câmara Municipal de Horizonte, criado pela Lei Municipal n. 1.256/2018.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/865/projeto_de_lei_no_019_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/865/projeto_de_lei_no_019_2021.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Proteção dos  Direitos da pessoa com Fibromialgia, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/813/pl_0020-2021_ldo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/813/pl_0020-2021_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentaria de 2022.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/832/pl_0023-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/832/pl_0023-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigação da divulgação da lista de espera dos pacientes que aguardam por consulta (discriminadas por especialidades), exames e intervenções cirúrgicas e outros procedimentos nos estabelecimentos da rede pública de saúde do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/833/pl_0024-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/833/pl_0024-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de emissão de receituários médicos e odontológicos, solicitações de exames digitalizados em computador, e dá outras providências.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/834/pl_0027-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/834/pl_0027-2021.pdf</t>
   </si>
   <si>
     <t>Fixa o Piso Salarial dos Agentes Comunitários de Saúde (ACS), e Agentes de Combate às Endemias (ACE).</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/835/pl_0028-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/835/pl_0028-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do serviço de acolhimento familiar provisório de crianças e adolescentes em situação de risco social, privação temporária do convívio com a família de origem, denominado Serviço Família Acolhedora e o Programa Família Subsidiada.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/847/projeto_de_lei_no_029_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/847/projeto_de_lei_no_029_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar parceria com a Associação de Agentes de Saúde de Horizonte e repassar recursos financeiros, para dar cumprimento à Lei Municipal n. 1.127, de 23 de fevereiro de 2016, através de termo de colaboração, reconhece como inexigível o chamamento público, e dá outras providências.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/902/projeto_de_lei_no_030_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/902/projeto_de_lei_no_030_2021.pdf</t>
   </si>
   <si>
     <t>Denomina o equipamento público na forma que indica e adora outras providencias.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/884/projeto_de_lei_no_031_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/884/projeto_de_lei_no_031_2021.pdf</t>
   </si>
   <si>
     <t>Fixa subsídios dos membros do Poder Executivo do Horizonte e adota outras providências.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/885/projeto_de_lei_32-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/885/projeto_de_lei_32-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Reorganização Administrativa do Município e dá outras providências.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/887/projeto_de_lei_no_033_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/887/projeto_de_lei_no_033_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a contratar operação de crédito com o Banco do Brasil, prestar garantias e dá outras providências.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/888/projeto_de_lei_no_034_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/888/projeto_de_lei_no_034_2021.pdf</t>
   </si>
   <si>
     <t>atualiza a tabela vencimento do anexo II da lei municipal n° 1.353, de 18 de março de 2020 ao valor do salário mínimo dos servidores públicos municipais fixado pela lei municipal n 21.399, de 11 de março de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/886/projeto_de_lei_no_035_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/886/projeto_de_lei_no_035_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo municipal a abertura de crédito especial ao orçamento fiscal e da seguridade social, nas áreas de apoio a Infra- Estrutura, Segurança Pública, Agricultura, Modernização da Gestão e Saúde.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/899/projeto_de_lei_no_036_2021_digitalizado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/899/projeto_de_lei_no_036_2021_digitalizado.pdf</t>
   </si>
   <si>
     <t>Denomina de José Rabelo de Lima (Zezito), a Areninha do Planalto Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/901/projeto_de_lei_no_037_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/901/projeto_de_lei_no_037_2021.pdf</t>
   </si>
   <si>
     <t>Denomina a Praça dos Artesões e dá outras Providencias</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/934/projeto_de_lei_no_038_2021_tatiana_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/934/projeto_de_lei_no_038_2021_tatiana_leitura.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Saúde e Higiene Menstrual no Município de Horizonte, é dá outras providencias.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/913/pl_39-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/913/pl_39-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao vigente orçamento fiscal dá outras providências.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/914/pl_40-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/914/pl_40-2021.pdf</t>
   </si>
   <si>
     <t>Dispões no Âmbito do Município de Horizonte, a criação do fundo municipal para os direitos da criança e do adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/915/pl_41-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/915/pl_41-2021.pdf</t>
   </si>
   <si>
     <t>Cria no Âmbito do Município de Horizonte, o conselho municipal dos direitos da criança e do adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/916/projeto_de_lei_no_042_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/916/projeto_de_lei_no_042_2021.pdf</t>
   </si>
   <si>
     <t>Cria no Âmbito do Município de Horizonte, o Conselho Municipal dos direitos do Idoso - CMDI e dá outras providências.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/917/pl43-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/917/pl43-2021.pdf</t>
   </si>
   <si>
     <t>Cria no Âmbito do Município de Horizonte, o fundo Municipal para os Direitos do Idoso - FMDI e dá outras providências.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/918/projeto_de_lei_no_044_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/918/projeto_de_lei_no_044_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de credito adicional especial ao vigente orçamento fiscal dá outras providências .</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/922/projeto_de_lei_no_047_2021_carlos_gomes_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/922/projeto_de_lei_no_047_2021_carlos_gomes_leitura.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Polícia Municipal de Horizonte à instituição Guarda Municipal de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/996/projeto_de_lei_no_048_2021_ver._tatiana_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/996/projeto_de_lei_no_048_2021_ver._tatiana_-_leitura.pdf</t>
   </si>
   <si>
     <t>Institui o dia Marielle Franco de enfrentamento a violência politica contra mulhres, na forma que indica, nesre município.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/923/projeto_de_lei_no_050_2021_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/923/projeto_de_lei_no_050_2021_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n. 1.360, de 09 de Junho de 2020 que dispõe sobre autorização para suspensão dos pagamentos das contribuições patronais ao Fundo de Seguridade Social de Horizonte, nos termos nos termos do art. 9º, § 2º da Lei Complementar n. 173 de 27 de maio de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/937/projeto_de_lei_no_051_2021_executivo-leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/937/projeto_de_lei_no_051_2021_executivo-leitura.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a receber em devolução parte do imóvel doado através da Lei Municipal n. 952, de 22 de março de 2013 à T2 Gestão Logística de_x000D_
 Infraestruturas de Transporte LTDA e dá outras providências.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/938/projeto_de_lei_no_052_2021_leitura_executivo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/938/projeto_de_lei_no_052_2021_leitura_executivo.pdf</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/952/mens._031_do_projeto_no_053_2021_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/952/mens._031_do_projeto_no_053_2021_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão ao patrimônio público do município de Horizonte, do imóvel doado à União Federal e dá outras providências.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/953/mens._32_do_projeto_no_054_2021_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/953/mens._32_do_projeto_no_054_2021_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão ao patrimônio público do Município de Horizonte, do imóvel doado à Secretária do Trabalho e Desenvolvimento Social (STDS) e dá outras providências.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/954/mens._33_do_projeto_de_lei_no_055_2021_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/954/mens._33_do_projeto_de_lei_no_055_2021_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão ao patrimônio público do Município de Horizonte, do imóvel doado Serviço Nacional de Aprendizagem Industrial  Departamento Regional do Ceará - SENAI/DR/CE e dá outras providências.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/955/mens._34_do_projeto_de_lei_no_056_2021_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/955/mens._34_do_projeto_de_lei_no_056_2021_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão ao patrimôno público do Município de Horizonte, do imóvel doado à Max Industria Eco-Ltda e dá outras providências.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/956/mens._35_do_projeto_de_lei_no_057_2021_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/956/mens._35_do_projeto_de_lei_no_057_2021_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do disposto no §19 do art. 85, da lei no 13.105/15 (Código de Processo Civil) que trata dos honorários advocatícios oriundos do princípio da sucumbência, por arbitramento em sentença, acordo judicial e/ou extrajudicial, nas ações, causas e procedimentos em que o Município de Horizonte for parte no polo ativo ou passivo e dá outras providências.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/957/mens._36_do_projeto_de_lei_no_058_2021_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/957/mens._36_do_projeto_de_lei_no_058_2021_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão ao patrimônio público do Município de Horizonte, do imóvel doado à Octo Indústria e Comércio de Confecções LTDA e dá outras providências.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_no_059_2021_legislativo_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_no_059_2021_legislativo_-_leitura.pdf</t>
   </si>
   <si>
     <t>Denomina Rua José Alberto Coutinho, um logradouro público no Distrito de Dourado, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/958/mens._37_do_projeto_de_lei_no_060_2021_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/958/mens._37_do_projeto_de_lei_no_060_2021_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão ao património público do Município de Horizonte, do imóvel doado à BEMT Indústria e Comércio de Confecções e Vestuário LTDA e dá outras providências.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/971/projeto_de_lei_no_061_2021_ver._carlos_gomes_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/971/projeto_de_lei_no_061_2021_ver._carlos_gomes_-_leitura.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do Distrito de Dourado, loteamento 3D Empreendimentos imobiliários, conforme a planta urbana do referido loteamento na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Torna-se obrigatória a prestação de socorro aos animais atropelados pelo causador do atropelamento no âmbito do Município de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/988/ppa_-_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/988/ppa_-_2021.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual de Investimentos do Município de Horizonte para o período de 2022-2025.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Estabelece dever funcional no âmbito do serviço público do Município de Horizonte, consistente na vacinação contra a Covid-19 por servidores e empregados públicos municipais, como medida de resguardo da salubridade do ambiente de trabalho, e de proteção da saúde, tanto de usuários, quanto de todos os demais agentes envolvidos na prestação do serviço público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1003/projeto_de_lei_no_065_2021_poder_executivo_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1003/projeto_de_lei_no_065_2021_poder_executivo_-_leitura.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao vigente Orçamento da Seguridade Social e dá outras providências.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1046/projeto_de_lei_no_066_2021_executivo_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1046/projeto_de_lei_no_066_2021_executivo_-_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão ao patrimônio público do município de horizonte do imóvel doado à Associação Evangélica Comunitária Amigos do Saber — AECAS e dá outras providências.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1004/projeto_de_lei_no_067_2021__ver._diego_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1004/projeto_de_lei_no_067_2021__ver._diego_-_leitura.pdf</t>
   </si>
   <si>
     <t>Denomina o Equipamento Público, na forma que indica  e dá outras providências.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1015/projeto_de_lei_no_068_2021_ver._carlos_eloy_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1015/projeto_de_lei_no_068_2021_ver._carlos_eloy_-_leitura.pdf</t>
   </si>
   <si>
     <t>Institui o Cadastro Municipal da Pessoa com Transtorno do Espectro Autista (TEA) no âmbito do Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1025/projeto_de_lei_no_069_2021_poder_executivo_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1025/projeto_de_lei_no_069_2021_poder_executivo_-_leitura.pdf</t>
   </si>
   <si>
     <t>Regulamenta os termos do acordo firmado entre o Município de Horizonte e o Sindicato dos Servidores Públicos Municipais de Horizonte (SISPHO) nos altos do processo judicial Nº 0002058-06-2019.8.06.0086, homologado por sentença pelo juízo da 2ª Vara da Comarca de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_no_070_2021_ver_carlos_gomes_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_no_070_2021_ver_carlos_gomes_-_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de utilidade pública à Associação Comunitária do Loteamento Novo Milênio e dá outras providências.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1036/projeto_de_lei_no_073_2021_ver_carlos_eloy_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1036/projeto_de_lei_no_073_2021_ver_carlos_eloy_-_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de utilidade pública à Liga Cearense de Árbitros de Futebol e dá outras providências.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1047/projeto_de_lei_no_074_2021_ver_carlos_eloy_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1047/projeto_de_lei_no_074_2021_ver_carlos_eloy_-_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de utilidade pública à entidade associativa que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1048/projeto_de_lei_no_075_2021_executivo_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1048/projeto_de_lei_no_075_2021_executivo_-_leitura.pdf</t>
   </si>
   <si>
     <t>Institui o “Diginidade Intima”, programa municipal de promoção da dignidade menstrual para pessoas em situação de vulnerabilidade social de horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1049/pl_0076-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1049/pl_0076-2021.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de horizonte para o Exercício Financeiro de 2022, na forma que indica.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1050/projeto_de_lei_no_077_2021_executivo_-_leitura_1.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1050/projeto_de_lei_no_077_2021_executivo_-_leitura_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Serviço de Atendimento Móvel e Itinerante (VETMÓVEL) a cães e gatos no Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1051/projeto_de_lei_no_078_2021_executivo_-_leitura_1.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1051/projeto_de_lei_no_078_2021_executivo_-_leitura_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar parte do imóvel que indica e adota outras providências.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1066/pl_0079-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1066/pl_0079-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao vigente orçamento fiscal e dá outras providências.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1067/pl_0080-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1067/pl_0080-2021.pdf</t>
   </si>
   <si>
     <t>Denomina vias públicas do bairro Planalto da Galiléia no Distrito de Queimadas e dá outras providências.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1079/pl_81.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1079/pl_81.pdf</t>
   </si>
   <si>
     <t>Denomina de Adilson Pereira Barros a Areninha Localizada no Distrito de Dourado, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1092/pl_083-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1092/pl_083-2021.pdf</t>
   </si>
   <si>
     <t>Cria o Serviço Municipal de Assistência Jurídica aos Hipossuficientes, "Escritório Professor Wellington Rocha Leitão", no âmbito do município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1093/pl_084-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1093/pl_084-2021.pdf</t>
   </si>
   <si>
     <t>Altera as Leis Municipais Nº306/2000 e Nº 308/2000 e dá outras providências.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Diego Pinheiro, Irmão Bento, Lucivane do Zezito, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1111/projeto_de_lei_no_085_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1111/projeto_de_lei_no_085_2021.pdf</t>
   </si>
   <si>
     <t>Estabelece que as ações de solidariedade sejam consideradas como serviços essenciais durante períodos de pandemia, catástrofes, calamidades ou emergência pública no município de Horizonte.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1113/projeto_de_lei_no_086_2021-_poder_executivo_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1113/projeto_de_lei_no_086_2021-_poder_executivo_-_leitura.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar partes do imóvel que indica à Empresa Francisco Lucivaldo Coelho - ME (F S LUSINAGEM) na forma que indica.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1114/projeto_de_lei_no_087_2021-_poder_executivo_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1114/projeto_de_lei_no_087_2021-_poder_executivo_-_leitura.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar partes do imóvel que indica à Empresa Call Med Comércio de Medicamentos e Representações LTDA na forma que indica.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1112/projeto_de_lei_no_089_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1112/projeto_de_lei_no_089_2021.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do munícipio de Horizonte o Dia Municipal do Evangélico e a Semana Municipal da Cultura Cristã.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1127/pl_0093-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1127/pl_0093-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar parte dos imóveis que indica e adota outras providências.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1128/pl_0095-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1128/pl_0095-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar o pagamento das premiações dos vencedores dos Campeonatos Horizontinos no Município de Horizonte.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1139/pl_0097-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1139/pl_0097-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Reestruturação do Plano de Cargos, Carreiras e Remuneração dos Servidores de Provimento Efetivo da Câmara Municipal de Horizonte/Ce e dá outras providências.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1129/pl_0098-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1129/pl_0098-2021.pdf</t>
   </si>
   <si>
     <t>Denomina o Equipamento Público na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1154/pl_n._099_2021_poder_executivo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1154/pl_n._099_2021_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder abono provisório do FUNDEB - 70%, com fundamento do inciso XI do Art. 212-A da Constituição Federal de 1988 e dá outras providências.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>COMFIN - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/814/pdl_01-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/814/pdl_01-2021.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas de Governo do Município de Horizonte do Exercício Financeiro de 2013, de responsabilidade do Prefeito Nezinho Farias.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>Dispõe sobre o Julgamento do Parecer Prévio do Tribunal de Contas do Estado do Ceará (TCE/CE), que aprovou as Contas de Governo do Gestor Manoel Gomes de Farias Neto, referente ao exercício financeiro de 2014 e dá outras providências.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento do Parecer do TCE que aprovou as Contas de Governo do gestor Manoel Gomes de Farias Neto, referente ao exercício financeiro de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/691/pr_001-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/691/pr_001-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Horizonte a associar-se e contribuir mensalmente para a União dos Vereadores e Câmaras do Ceará – UVC e dá outras providências.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/896/projeto_de_resolucao_n._002-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/896/projeto_de_resolucao_n._002-2021.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos do Regimento Interno da Câmara Municipal de Horizonte/CE na forma que indica.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1005/pr_004-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1005/pr_004-2021.pdf</t>
   </si>
   <si>
     <t>Cria a Procuradoria Especial da Mulher no âmbito da Câmara Municipal de Horizonte/CE e dá outras providências.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1014/pr_005_2021_-_revisar.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1014/pr_005_2021_-_revisar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regimento Interno da Camara Municipal de Horizonte.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1016/pr_006_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1016/pr_006_2021.pdf</t>
   </si>
   <si>
     <t>Cria na estrutura da Câmara Municipal de Horizonte/CE o Serviço de Orientação e Defesa do Consumidor - Procon/Câmara.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/692/ind_001-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/692/ind_001-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece as igrejas e os templos de qualquer culto como atividade essencial em períodos de calamidade pública no município de Horizonte.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/846/projeto_de_indicacao_no_002_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/846/projeto_de_indicacao_no_002_2021.pdf</t>
   </si>
   <si>
     <t>Estabelece doação por parte do Município de Horizonte da Carteira Nacional de Habilitação (CNH) a pessoas carentes e necessitadas que cumpram os pré-requisitos para a emissão do documento e da outras providências.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/862/projeto_de_indicacao_no_004_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/862/projeto_de_indicacao_no_004_2021.pdf</t>
   </si>
   <si>
     <t>Fica instituindo o programa de prevenção ao diabetes nas creches e escolas publicas neste município</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>INDICAÇÃO, que o Poder Executivo Municipal Autoriza a concessão, mediante concorrência, da exploração de uma Estação Rodoviária em Horizonte.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>Antônio Filho, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/866/indicacao_no_006_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/866/indicacao_no_006_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo para a implantação de Vila Olímpica no município de Horizonte.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>Carlos Eloy, Antônio Filho</t>
   </si>
   <si>
     <t>INDICAÇÃO, que o Poder Executivo Municipal encaminhe projeto de lei a esta câmara para criar CENTRO DE LINGUAS ESTRANGEIRAS e dá outras providencias, neste Município.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/837/ind_n._008-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/837/ind_n._008-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de adesão de pulseiras para a identificação do COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>Leandro Lima, Antônio Filho, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/861/projeto_de_indicacao_011_2021_2.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/861/projeto_de_indicacao_011_2021_2.pdf</t>
   </si>
   <si>
     <t>Indico ao poder executivo a criação do  projeto Vale Gás Social Municipal para famílias que se encontram em situação de Vulnerabilidade na cidade de Horizonte, em face a pandemia de COVID-19.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_no_012_2021_antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_no_012_2021_antonio_filho.pdf</t>
   </si>
   <si>
     <t>Torna-se obrigatória a prestação de socorro aos animais atropelados pelo causador de atropelamento no âmbito do município de Horizonte-Ce, na forma que indica.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/935/indicacao_no_013_2021_tatiana_leitura_2.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/935/indicacao_no_013_2021_tatiana_leitura_2.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de fornecimento de absorventes higiênicos para mulheres de baixa renda, e dá outras providências.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>Dispões sobre a alteração da nomeclatura do cargo de Vigia previsto na legislação Municipal de Horizonte para Guarda Patrimonial e dá outras providências.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>Carlos da Bodega, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/951/indicacao_no_015_2021_carlos_da_bodega.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/951/indicacao_no_015_2021_carlos_da_bodega.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Policia Municipal de Horizonte à instituição Guarda Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1043/indicacao_no_016_2021_ver_antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1043/indicacao_no_016_2021_ver_antonio_filho.pdf</t>
   </si>
   <si>
     <t>Autoriza a construção do Hospital Municipal da Mulher e do Centro de Atendimento especializado à saúde da criança e dá outras providências na forma que indica.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Carlos Eloy, Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1044/indicacao_no_021_2021_ver_carlos_eloy.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1044/indicacao_no_021_2021_ver_carlos_eloy.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 125 da Lei Complementar nº 002/2010 (Estatuto dos Servidores Públicos de Horizonte/Ce.)</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Antônio Filho, Haroldo da Saúde, Leandro Lima, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1065/ind_022-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1065/ind_022-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Bolsa de Estudo para estudante do Município Matriculados em estabelecimentos de ensino, superior, com recursos insuficientes, própios e familiares, para custeio de seus estudos e dá outras providências.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1078/ind_023-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1078/ind_023-2021.pdf</t>
   </si>
   <si>
     <t>Concede aos servidores públicos do Município de Horizonte, licença por um dia, por ano, para todos realizarem Exame preventivo de Câncer de Mama, de Útero e de Próstata.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>Antônio Filho, Edson Papinha</t>
   </si>
   <si>
     <t>Inclui a Semana da Luta Contra a Violência e Exploração Sexual de Crianças e Adolescentes, no Calendário Oficial do Município de Horizonte, e dá outras providências.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1142/ind_0025-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1142/ind_0025-2021.pdf</t>
   </si>
   <si>
     <t>Cria o Projeto - Sobrevida de adesão aos cuidados com a saúde e a prevenção ao sedentarismo no município de Horizonte, e da outras providencias</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/713/req_001-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/713/req_001-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação Asfáltica da Rua João Severo situada no bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/716/req_002-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/716/req_002-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação em pedra tosca das Ruas Eraldo Gomes, Francisco Lopes Coelho, Clodoaldo Oliveira e Luís Domingos de Sousa, situadas no bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/694/rec_003-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/694/rec_003-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Ampliação da Rede Elétrica e de Abastecimento de água do bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/717/req_004-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/717/req_004-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação Asfáltica de ruas localizadas nos bairros Diadema, Zumbi e Mangueiral neste município.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/718/req_005-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/718/req_005-2021.pdf</t>
   </si>
   <si>
     <t>Requer obra de pavimentação em pedra tosca e saneamento básico na Rua Francisco Domingos Nabor, no bairro Diadema.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>Carlos da Bodega, Edson Papinha, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/695/rec_006-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/695/rec_006-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Reforma do Mercado Público do Dourado e da Praça do Zumbi e Praça da academia de saúde do Dourado, nos respectivos bairros, neste município.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>Diego Pinheiro, Carlos da Bodega, Edson Papinha, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/696/rec_007-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/696/rec_007-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação em pedra tosca das ruas principais dos distritos de Dourado e Aningas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/697/req_008-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/697/req_008-2021.pdf</t>
   </si>
   <si>
     <t>Requer para a Policlínica de Horizonte, 01- Neurologista; 01- Cardiologista  e 01- Fisioterapeuta.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/719/req_009-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/719/req_009-2021.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da pavimentação em pedra tosca da Rua Raimunda Alves na localidade de Aningas, neste município.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/698/req_010-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/698/req_010-2021.pdf</t>
   </si>
   <si>
     <t>Requer a retomada da Construção da Praça da Juventude no bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Tatiana Nogueira, Flávio da Coelce</t>
   </si>
   <si>
     <t>Requer a Ampliação da Iluminação Pública da rua José Narcélio de Sousa no bairro Planalto da Galiléia, neste município.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Getúlio Vargas</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/972/requerimento_no_012_2021_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/972/requerimento_no_012_2021_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de um ponto de táxi no Alto Alegre e de mototáxi no Alto de Boa Vista no distrito de Queimadas, na forma que indica.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Flávio da Coelce, Getúlio Vargas, Luciano Pinheiro, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/848/requerimento_no_013_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/848/requerimento_no_013_2021.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um Centro de Diagnóstico avançado por imagem na forma que indica,</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/744/requerimento_016_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/744/requerimento_016_2021.pdf</t>
   </si>
   <si>
     <t>Requer um profissional de saúde (Técnico de Enfermagem) a bordo do transpor de pacientes para hemodiálise.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1017/requerimento_no_019_2021_-_ver_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1017/requerimento_no_019_2021_-_ver_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer a criação de dois centros especializados de reabilitação funcional, na forma que indica.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Flávio da Coelce, Getúlio Vargas, Renan do Posto Coluna</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica e pedra tosca nas ruas que indica no bairro Planalto da Galiléia, neste município.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/903/requerimento_no_024_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/903/requerimento_no_024_2021.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca no Distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Antônio Filho, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/720/req_026-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/720/req_026-2021.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca nas ruas do bairro Catú, na forma que indica.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/693/req_028-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/693/req_028-2021.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da quadra poliesportiva da Escola Profª. Maria Regiana, neste município.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/745/requerimento_029_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/745/requerimento_029_2021.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da pracinha situada no Bairro Mangueiral, neste Município.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/699/req_030-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/699/req_030-2021.pdf</t>
   </si>
   <si>
     <t>Requer a reabertura do Centro de Convivências e Inclusão Produtiva na Área Verde no Catolé, neste município.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/700/rec_031-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/700/rec_031-2021.pdf</t>
   </si>
   <si>
     <t>Requer a destinação de ambulâncias para atender os Distritos distantes da sede do município.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/701/rec_032-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/701/rec_032-2021.pdf</t>
   </si>
   <si>
     <t>Requer quebra molas para a rua José Alci Pinheiro Mendes no bairro Diadema II, neste município.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/746/requerimento_033_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/746/requerimento_033_2021.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Rua Luiza Honorato situada no Bairro Mangueiral, neste município.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>Requer a conclusão da pavimentação em pedra tosca na Rua José Luiz da Silva, situado na localidade de Área Verde em Catolé, neste município.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/721/req__035-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/721/req__035-2021.pdf</t>
   </si>
   <si>
     <t>Requer recuperação da Rua Maria Tamires no bairro Diadema II, na forma que indica</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/702/rec_036-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/702/rec_036-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação em Pedra Tosca da Travessa Maria Tamires Fernandes de Aquino no bairro Diadema II, na forma que indica.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/722/req_038-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/722/req_038-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de Areninha e Quadra de Futevôlei no Distrito de Dourado, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/736/requerimento_039_vereador_diego_pinheiro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/736/requerimento_039_vereador_diego_pinheiro.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de Areninha no Distrito de Aningas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>Carlos da Bodega, Irmão Bento, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/737/requerimento_040_vereador_carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/737/requerimento_040_vereador_carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da praça da Igreja Santa Edwiges também conhecida como Praça da Madame no bairro Mangueiral, na forma que indica.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/933/requerimento_no_041_2021_tatiana_1.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/933/requerimento_no_041_2021_tatiana_1.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de uma Escola de ensino médio no distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/864/requerimento_no_042_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/864/requerimento_no_042_2021.pdf</t>
   </si>
   <si>
     <t>Requer a Reforma da Escola Manoel Felipe dos Santos, no distrito de Queimados, neste município.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1052/requerimento_no_044_2021_ver_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1052/requerimento_no_044_2021_ver_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca da Rua José Domingos de Araújo, correção das ruas paralelas, substituição das ruas de vapor de sódio por LED, reforma da lavanderia comunitária e do chafariz, interligar todos os poços profundos em uma caixa d'água na Comunidade de Retiro na forma que indica.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/863/requerimento_no_045_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/863/requerimento_no_045_2021.pdf</t>
   </si>
   <si>
     <t>Requer a Manutenção e patrolamento da rua Maria José Nogueira, Planalto da Galiléia, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/723/req_049-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/723/req_049-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de uma unidade básica de saúde -UBS no Distrito Industrial, neste município.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Antônio Filho, Carlos da Bodega, Edson Papinha, Getúlio Vargas, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1018/requerimento_no_051_2021_-_ver_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1018/requerimento_no_051_2021_-_ver_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer a Disponibilização de ambulância 24H para atendimentos das emergências no município.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Antônio Filho, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1143/req_no_0053-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1143/req_no_0053-2021.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de energia solar em todos os prédios públicos na forma que indica, neste município</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1130/req_no_0059-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1130/req_no_0059-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Construção e Implantação da Delegacia da Mulher e de Proteção ao Meio Ambiente, neste munícipio.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Leandro Lima, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/780/req.062.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/780/req.062.pdf</t>
   </si>
   <si>
     <t>Requer a reativação do laboratório fitoterápico, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/747/requerimento_067_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/747/requerimento_067_2021.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Rua Pio Rodrigues e extensão, no bairro Malcozinhado, neste município.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/748/requerimento_068_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/748/requerimento_068_2021.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca da rua Balbino Emídio e Rua Raimunda Leocádia, no bairro Cachoeira, neste município.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/703/req_069-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/703/req_069-2021.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca nas ruas do bairro Coqueiros, neste município.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/704/rec_070-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/704/rec_070-2021.pdf</t>
   </si>
   <si>
     <t>Requer Cursinho preparatório para o Enem na forma que indica.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/705/rec_071-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/705/rec_071-2021.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da quadra poliesportiva Raimunda Sena da Silva, no bairro Cajueiro da Malhada.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Getúlio Vargas, Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/724/req_072-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/724/req_072-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de Areninha e Quadra de Futevôlei no Cajueiro da Malhada no Distrito de Queimadas, na forma que indica, neste município</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/706/rec_073-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/706/rec_073-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de Areninha e Quadra de Futevôlei no Alto da Boa Vista no distrito de Queimadas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/875/requerimento_no_074-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/875/requerimento_no_074-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de Areninha e Quadra de Futevôlei no Planalto da Galileia no distrito de Queimadas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/707/req_075-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/707/req_075-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação em pedra tosca de ruas do distrito do Dourado, na forma que indica.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>Edson Papinha, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/708/rec_076-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/708/rec_076-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Reforma e Ampliação do Estádio Valderi Machado de Almeida, na forma que indica.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>Leandro Lima, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/725/req_077-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/725/req_077-2021.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de cabine da Guarda Municipal, no bairro Centro.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/709/rec_078-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/709/rec_078-2021.pdf</t>
   </si>
   <si>
     <t>Requer a continuação asfáltica da rua Lia de Oliveira, no bairro Planalto Horizonte.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/710/rec_079-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/710/rec_079-2021.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da quadra e da escola Euclídia Pereira de Azevedo, no Distrito de Tanques.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>Haroldo da Saúde</t>
   </si>
   <si>
     <t>Requer a inclusão no cronograma de vacinação à disponibilidade de horários nos finais de semana e durante a semana nas UBS que tem horários estendidos no período noturno.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Diego Pinheiro, Flávio da Coelce, Getúlio Vargas, Irmão Bento, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/726/req_081-20211.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/726/req_081-20211.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a revisão do código tributario e planta genérica do Municipio .</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Getúlio Vargas, Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/712/req_082-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/712/req_082-2021.pdf</t>
   </si>
   <si>
     <t>Requer a conclusão do Centro de Educação Infantil (CEI) localizado na Rua Manoel Luiz no centro da cidade.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>Requer pavimentação Asfáltica das principais ruas e comunidades dos Distritos de Dourado e Aningas na forma que indica, neste município.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>Valda, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/727/requerimento_084_vereadora_val.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/727/requerimento_084_vereadora_val.pdf</t>
   </si>
   <si>
     <t>Requer a Manutenção da Iluminação Pública nas ruas do Distrito do Dourado, na forma que indica.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>Requer a limpeza de rua do Distrito do Dourado, na forma que indica.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/749/requerimento_086_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/749/requerimento_086_2021.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza das ruas do Distrito de Dourado na forma que indica.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>Requer a Construção de uma Praça e Academia de Saúde na Localidade de Canavieira dos Muniz, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>Diego Pinheiro, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/750/requerimento_089_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/750/requerimento_089_2021.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma caixa de água na Localidade de Aningas, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Antônio Filho, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/838/req_0091-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/838/req_0091-2021.pdf</t>
   </si>
   <si>
     <t>Requer a abertura de pavimentação asfáltica da Rua Jorge Eusébio da Silva, localizada no Bairro Catolé, neste Município.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/760/req.094-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/760/req.094-2021.pdf</t>
   </si>
   <si>
     <t>Requer a doação de chips social para alunos do ensino fundamental, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/729/req_095-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/729/req_095-2021.pdf</t>
   </si>
   <si>
     <t>Requer apoio logístico para realização do Projeto Novo Tempo</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Getúlio Vargas</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica do Planalto da Galileia a Timbaúba, neste município</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>Getúlio Vargas, Carlos da Bodega, Haroldo da Saúde, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/738/requerimento_097__vereador_getulio_vargas.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/738/requerimento_097__vereador_getulio_vargas.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da praça e da quadra do antigo estádio domingão localizada no bairro Zumbi.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>Getúlio Vargas, Haroldo da Saúde, Franzé do Hospital, Luciano Pinheiro, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/739/requerimento_098_vereador_francisco_jose.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/739/requerimento_098_vereador_francisco_jose.pdf</t>
   </si>
   <si>
     <t>Requer a imediata reabertura do Hospital de Campanha.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/781/req.099.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/781/req.099.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da escola Marina Ferreira de Almeida, na forma que indica.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/782/req.100.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/782/req.100.pdf</t>
   </si>
   <si>
     <t>Requer a reforma do Ginásio Poliesportivo Dourado Neto, na forma que indica.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Antônio Filho, Haroldo da Saúde, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/740/requerimento_103_vereador_rhenan_cavalcante.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/740/requerimento_103_vereador_rhenan_cavalcante.pdf</t>
   </si>
   <si>
     <t>Requer a retomada da reforma do Estádio Moisesão, no Bairro Catolé neste município.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/761/req.104-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/761/req.104-2021.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca nas ruas que indica, no Bairro Cachoeira I, neste Município.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/762/req.106-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/762/req.106-2021.pdf</t>
   </si>
   <si>
     <t>Requer a iluminação pública da Rua Maria Bezerra no Bairro Cachoeira I, neste Município.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/751/requerimento_108_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/751/requerimento_108_2021.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da quadra poliesportiva Francisco Firmino de Sousa no Bairro Catu, neste município.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/939/requerimento_no_109_2021_-ver.diego.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/939/requerimento_no_109_2021_-ver.diego.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um ginásio na localidade de Carnaubal, na forma que indica.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/763/req.111-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/763/req.111-2021.pdf</t>
   </si>
   <si>
     <t>Requer a reforma das pontes da Localidade de Barra, Mundo Novo, Córrego das Quintas, Canavieira dos Pinheiros e Canavieira dos Muniz neste Município.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1019/requerimento_no_112_2021_-_ver._antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1019/requerimento_no_112_2021_-_ver._antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer a criação de um departamento exclusivo para acompanhar a limpeza pública no município.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/764/req.113-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/764/req.113-2021.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção e revitalização da praça pública sem denominação, no Conjunto Habitacional Alto da Boa Vista, no Distrito de Queimadas, na forma que indica.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/765/req.114-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/765/req.114-2021.pdf</t>
   </si>
   <si>
     <t>Requer a continuação asfáltica da Rua Luis Inácio de Sousa, no Bairro Planalto Horizonte, neste Município.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/752/requerimento_115_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/752/requerimento_115_2021.pdf</t>
   </si>
   <si>
     <t>Requer a reestruturação da via em pedra tosca da Rua Francisco Xavier de Freitas, no bairro Gameleira.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/753/requerimento_116_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/753/requerimento_116_2021.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica das ruas citadas localizadas no bairro Gameleira.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/741/requerimento_117_vereador_edson_carlos.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/741/requerimento_117_vereador_edson_carlos.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação Asfáltica em avenida no Distrito de Dourado, neste município.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/754/requerimento_118_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/754/requerimento_118_2021.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Rua citada no Bairro Mangueiral.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Leandro Lima, Antônio Filho, Carlos da Bodega, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/742/requerimento_119__vereador_carlos_leandro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/742/requerimento_119__vereador_carlos_leandro.pdf</t>
   </si>
   <si>
     <t>Requer Pavimentação Asfáltica nas Ruas citadas localizadas no bairro Malcozinhado.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Carlos da Bodega, Diego Pinheiro, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/766/req.120-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/766/req.120-2021.pdf</t>
   </si>
   <si>
     <t>Requer a concessão de apoio público às ONGs e abrigos de animais vítimas de maus tratos, na forma que indica.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Carlos da Bodega, Antônio Filho, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/783/req.121.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/783/req.121.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação das campanhas de vacinação de cães e gatos na forma que indica, neste município.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Requer a disponibilidade de atendimento veterinário para animais domésticos de pessoas de baixa renda, na forma que indica.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/755/requerimento_123_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/755/requerimento_123_2021.pdf</t>
   </si>
   <si>
     <t>Requer através desse requerimento tartarugas e drenagens para as Rua "digo" o trecho que liga as ruas Baturité, Maria Tamires e Rua Venâncio Raimundo no Bairro Diadema I.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Irmão Bento, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/756/requerimento_124_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/756/requerimento_124_2021.pdf</t>
   </si>
   <si>
     <t>Requer a drenagem para a Rua Américo Evaristo em frente ao número 106, rua esta paralela com a Rua Tamires, Bairro Diadema.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/867/requerimento_no_125_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/867/requerimento_no_125_2021.pdf</t>
   </si>
   <si>
     <t>Requer a circulação do transporte público municipal nos bairros Catolé, Catu e Área Verde, neste município.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/767/req.126-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/767/req.126-2021.pdf</t>
   </si>
   <si>
     <t>Requer a concessão temporária de cestas básicas, em caráter emergencial, às famílias em situação de carência, afetados pelo enfrentamento ao COVID-19.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/768/req.127-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/768/req.127-2021.pdf</t>
   </si>
   <si>
     <t>Requer a reabertura da cozinha comunitária do Município na modalidade delivery.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/778/req_128-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/778/req_128-2021.pdf</t>
   </si>
   <si>
     <t>Requer ao poder executivo instituir o programa de renda mínima municipal por um período de 90 dias como complemento de renda familiar.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/769/req.129-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/769/req.129-2021.pdf</t>
   </si>
   <si>
     <t>Requer a parceria da gestão municipal com a FATHOR para uma futura reabertura do hospital de campanha contra a COVID-19.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Requer a Inclusão da Limpeza pública no loteamento Planalto Catolé, na forma que indica.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Antônio Filho, Carlos Eloy, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/770/req.131-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/770/req.131-2021.pdf</t>
   </si>
   <si>
     <t>Requer a inclusão dos Professores na lista de prioridade na vacinação do Covid-19.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/771/req.132-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/771/req.132-2021.pdf</t>
   </si>
   <si>
     <t>Requer a drenagem para a Rua Professora Zuleide de Carvalho, ao lado da Areninha no Bairro Diadema I, neste Município.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Franzé do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/772/req.133-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/772/req.133-2021.pdf</t>
   </si>
   <si>
     <t>Requer Projeto de Lei Complementar ao atual Código Tributário para a redução da alíquota do ISS e do IPTU na forma que indica, em virtude da atual crise, neste município.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Franzé do Hospital, Carlos da Bodega</t>
   </si>
   <si>
     <t>Requer drenagem e reparo do calçamento da rua Arco Iris, bairro Planalto Horizonte, neste Município.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/773/req.135-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/773/req.135-2021.pdf</t>
   </si>
   <si>
     <t>Requer a perfuração e construção de um poço profundo na Rua Manoel Assunção na Localidade na Localidade de Tanques.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/774/req.136-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/774/req.136-2021.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição do equipamento capacete elmo, dispositivo de suporte ventilatório não invasivo na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/775/req.137-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/775/req.137-2021.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca das Ruas do Bairro Novo Diadema, neste Município.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Edson Papinha, Antônio Filho, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Flávio da Coelce, Franzé do Hospital, Getúlio Vargas, Haroldo da Saúde, Irmão Bento, Leandro Lima, Luciano Pinheiro, Renan do Posto Coluna, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/776/req.138-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/776/req.138-2021.pdf</t>
   </si>
   <si>
     <t>Requer prioridade na vacinação de pacientes com câncer neste município.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/777/req.139-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/777/req.139-2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo por um período temporário, uma gratificação para os profissionais de saúde que atuem na linha de frente do combate ao COVID-19 na busca de salvar vidas, neste município.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Requer a extensão de horário e dia de atendimento no Centro de Testagem para Covid-19, neste Município.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Antônio Filho, Renan do Posto Coluna, Carlos da Bodega, Getúlio Vargas</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal o inicio de distribuição da merenda escolar para os alunos da rede publica de educação.</t>
   </si>
@@ -2593,3108 +2593,3108 @@
   <si>
     <t>789</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Requer a construção de uma areninha na localidade de Tanques.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Requer a reativação do posto de apoio Maria Carlos da Silva no bairro Canavieira dos Pinheiros, na forma que indica, neste município</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/791/req_no_0146-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/791/req_no_0146-2021.pdf</t>
   </si>
   <si>
     <t>Requer a capinhação, limpeza e coleta de galhos e poda de arvores nas ruas do Conjunto Habitacional Alto da Boa Vista, bairro Alto da Boa Vista, Queimadas, Alto Alegre, Cajueiro da Malhada, Planalto da Galileia, Timbaúba, Jordão e Gameleira na forma que indica, neste munícipio</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Requer o apoio logístico para implantação de um projeto de plano econômico ´´corrente do bem´´</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Antônio Filho, Diego Pinheiro, Tatiana Nogueira</t>
   </si>
   <si>
     <t>Requer reabertura das agencias comunitárias dos correios nos bairros que indicam, neste munícipio.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Antônio Filho, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/797/req_149-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/797/req_149-2021.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a inclusão de mulheres grávidas como prioridade na vacinação contra o COVID-19.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Antônio Filho, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/839/req_0150-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/839/req_0150-2021.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal o acompanhamento e análise clínica dos chafarizes do Município.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/812/req_0151_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/812/req_0151_2021.pdf</t>
   </si>
   <si>
     <t>Requer a isenção anual de taxas dos mototaxistas e taxistas do município em 2021.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica nas Ruas citadas localizadas no bairro Cajueiro da Malhada.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Requer calçamento em paralelepípedo nas Ruas citadas localizadas no bairro Cajueiro da Malhada.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Getúlio Vargas, Carlos da Bodega, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/798/req_154-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/798/req_154-2021.pdf</t>
   </si>
   <si>
     <t>Requr a inclusão dos profissionais de limpeza (garis), como prioridade na vacinação contra o COVID-19.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Getúlio Vargas, Carlos da Bodega, Luciano Pinheiro, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/825/requerimento_no_155_2021_ver._getulio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/825/requerimento_no_155_2021_ver._getulio.pdf</t>
   </si>
   <si>
     <t>Requer a Reforma da Praça da Bíblia, no bairro Mangueiral, na forma que indica.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/799/req_156-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/799/req_156-2021.pdf</t>
   </si>
   <si>
     <t>Requer, em caráter de urgência, o atendimento médico de forma remota, com a aplicação de protocolos para um atendimento precoce, neste Município.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Franzé do Hospital, Getúlio Vargas, Leandro Lima, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/800/req_157-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/800/req_157-2021.pdf</t>
   </si>
   <si>
     <t>Requer priorizar o plano de vacinação contra o COVID-19 os profissionais balconistas de farmácia, neste Município.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Franzé do Hospital, Getúlio Vargas, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/801/req_158-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/801/req_158-2021.pdf</t>
   </si>
   <si>
     <t>Requer um profissional de fisioterapia com especialidade pulmonar para o tratamento e recuperação de pacientes com COVID-19 na UPA e Hospital de Campanha neste município.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Carlos da Bodega, Diego Pinheiro, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/802/req_159-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/802/req_159-2021.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de uma célula de proteção comunitária no Distrito de Aningas, Dourado, Queimadas e na Sede, com videomonitoramento na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/803/req_160-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/803/req_160-2021.pdf</t>
   </si>
   <si>
     <t>Requer prioridade na vacinação aos membros do Conselho Tutelar, neste Município.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/804/req_161-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/804/req_161-2021.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica na Rua São Francisco, no Bairro Mangueiral, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Antônio Filho, Diego Pinheiro, Edson Papinha, Irmão Bento, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/805/req_162-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/805/req_162-2021.pdf</t>
   </si>
   <si>
     <t>Requer o atendimento de demandas dos Agentes Comunitários de Saúde e os Agentes de Combate às Endemias, neste Município.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>Flávio da Coelce, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/806/req_163-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/806/req_163-2021.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da escola EMEF Dionísia Rocha de Morais, na Localidade de Jenipapeiro e da quadra poliesportiva.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/807/req_164-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/807/req_164-2021.pdf</t>
   </si>
   <si>
     <t>Requer a instalação ou ampliação da rede de iluminação pública para o início da Rua José Marcelo de Sousa, na Localidade de Planalto Galiléia.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Edson Papinha, Carlos da Bodega, Franzé do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/808/req_165-2021-1.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/808/req_165-2021-1.pdf</t>
   </si>
   <si>
     <t>Requer e reorganização dos atendimentos nas UBS's deste Município, durante o enfrentamento à COVID-19.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Carlos da Bodega, Luciano Pinheiro, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/809/req_0166-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/809/req_0166-2021.pdf</t>
   </si>
   <si>
     <t>Requer a instalação do chafariz público do bairro da Vertente:</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/810/req_167-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/810/req_167-2021.pdf</t>
   </si>
   <si>
     <t>Requerer a reposição das luminárias da  Rua professora Maria Paula, no bairro Malcozinhado e nas demais ruas do referido bairro</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/890/requerimento_no_168_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/890/requerimento_no_168_2021.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal um comitê organizacional com as indústrias do município para a possível aquisição de Vacinas contra a Covid19.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica e drenagem na Rua São José Cardoso, no bairro Mangueiral, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Requer a Extensão de Rede de Água nas ruas Maria Tamires, Eduardo Moreira e José Ancelmo no bairro Diadema I, neste município.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/990/requerimento_no_171_2021_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/990/requerimento_no_171_2021_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca do Distrito de Queimadas na forma que indica.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/997/req_no_0172-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/997/req_no_0172-2021.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica Distrito de Queimadas na forma que indica, neste município.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/828/req_no_0173-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/828/req_no_0173-2021.pdf</t>
   </si>
   <si>
     <t>Requer à inclusão dos profissionais motoristas de táxi, mototáxi, transporte coletivo e escolar no plano de imunização prioritário contra o Covid-19 na forma que indica, neste município.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>Antônio Filho, Carlos da Bodega, Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/840/req_0174-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/840/req_0174-2021.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a aquisição de um castra móvel.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Requer a implantação do programa de policiamento comunitário nos bairros com maior índice de criminalidade.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>Requer a inserção de lixeiras em pontos públicos e estratégicos, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/841/req_0179-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/841/req_0179-2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a isenção da Taxa de Iluminação Pública pelo prazo de 90 dias, para as famílias que estão cadastradas no Cadastro Único do Município de Horizonte e encontra-se em estado de vulnerabilidade.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>Carlos da Bodega, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/842/req_0180-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/842/req_0180-2021.pdf</t>
   </si>
   <si>
     <t>Requer a realização do teste rápido para COVID-19 em todos os servidores, de todas as secretarias deste município que estão trabalhando presencialmente, mesmo que seja em dias escalados.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Franzé do Hospital, Haroldo da Saúde, Tatiana Nogueira</t>
   </si>
   <si>
     <t>Requer a imediata reabertura dos postos de saúde Rafael Santos e Dourado no terceiro turno na forma que indica, neste município.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Luciano Pinheiro, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/843/req_0184-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/843/req_0184-2021.pdf</t>
   </si>
   <si>
     <t>Requer a continuidade da pavimentação asfáltica da Rua Baturité por toda a sua extensão.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/849/requerimento_no_185_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/849/requerimento_no_185_2021.pdf</t>
   </si>
   <si>
     <t>Requer redutores de velocidade em toda a extensão da rua Baturité, rua Lia de Oliveira, e na rua Luiz Inácio de Sousa, em toda extensão principalmente, nos trechos com maior trafegabilidade.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/850/requerimento_no_186_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/850/requerimento_no_186_2021.pdf</t>
   </si>
   <si>
     <t>Requer redutores de velocidade na rua Joaquim Domingos Neto, no trecho entre a rua Ciro Bilhar e Av. presidente Castelo Branco, Centro.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/844/req_0187-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/844/req_0187-2021.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da pavimentação asfáltica da Rua Horácio Inácio de Sousa, no Bairro Zumbi por toda a sua extensão.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/851/requerimento_no_188_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/851/requerimento_no_188_2021.pdf</t>
   </si>
   <si>
     <t>Requer o atendimento Integralizado entre as Unidades de Saúde, neste município.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Irmão Bento, Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/845/req_0189-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/845/req_0189-2021.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica na Rua Antônio Cesário, no Bairro Mangueiral, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/910/requerimento_no_190_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/910/requerimento_no_190_2021.pdf</t>
   </si>
   <si>
     <t>Requer o saneamento Básico e Pavimentação Asfáltica da Rua Francisco Xavier de Freitas, na forma que indica.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/852/requerimento_no_191_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/852/requerimento_no_191_2021.pdf</t>
   </si>
   <si>
     <t>Requer a imediata abertura dos postos de saúde  Catolé, Queimadas e Aningas no terceiro turno, na forma que indica nesse Município</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1099/requerimento_no_192_2021_ver._antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1099/requerimento_no_192_2021_ver._antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer o saneamento Básico e Pavimentação Asfáltica da rua Paulino Pereira, na forma que indica.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/853/requerimento_no_193_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/853/requerimento_no_193_2021.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a inclusão: de pessoas obesas, diabéticos; cardiopatas e funcionários dos Correios como prioridade para a vacinação contra a COVID19, neste município.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/854/requerimento_no_194_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/854/requerimento_no_194_2021.pdf</t>
   </si>
   <si>
     <t>Requer Pavimentação em Pedra Tosca na rua Lídia Cavalcante localizada no bairro Vertente, neste Município</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/855/requerimento_no_195_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/855/requerimento_no_195_2021.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em calcamento, asfalto, e também a limpeza da Rua Calixto Pereira, no bairro Diadema na forma indica.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/876/requerimento_no_196-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/876/requerimento_no_196-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação em pedra tosca das ruas Santo Expedito, São Pedro e Tereza D'Ávila, na forma que indica.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/970/requerimento_no_198_2021_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/970/requerimento_no_198_2021_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica das Ruas Regina Oliveira, Rua Raimundinha Arruda e Rua Francisco Antônio Filho do Planalto Horizonte, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/963/requerimento_no_199_2021_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/963/requerimento_no_199_2021_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer área de lazer e pavimentação asfáltica no Bairro Gameleira, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/856/requerimento_no_200_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/856/requerimento_no_200_2021.pdf</t>
   </si>
   <si>
     <t>Requer restauração da pavimentação asfáltica e conclusão do serviço de esgoto na Rua Enir Santos e calçamento em pedra tosca na travessa da Ria Joao Doca, no bairro Centro, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Leandro Lima, Carlos da Bodega, Haroldo da Saúde, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/857/requerimento_no_201_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/857/requerimento_no_201_2021.pdf</t>
   </si>
   <si>
     <t>Requer Pavimentação Asfáltica na Rua Valdemiro Queiroz localizada no bairro Zumbi.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/858/requerimento_no_203_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/858/requerimento_no_203_2021.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um centro esportivo na localidade de cachoeira</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/859/requerimento_no_204_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/859/requerimento_no_204_2021.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma quadra poliesportiva, na localidade da Preaoca</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/860/requerimento_no_205_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/860/requerimento_no_205_2021.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de um Pneumologista para o acompanhamento de pacientes com Covid-19 no Hospital Raimundo Venâncio de Sousa.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Antônio Filho, Flávio da Coelce, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/964/requerimento_no_206_2021_antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/964/requerimento_no_206_2021_antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer a adesão do Programa Federal Titular Brasil por parte da Gestão Municipal.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/868/requerimento_no_207_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/868/requerimento_no_207_2021.pdf</t>
   </si>
   <si>
     <t>Requer a implantação da Rede de Esgoto e asfaltamento em toda extensão da Rua José Lira Soares, também a pavimentação asfáltica da Rua Coronel Gadelha, localizadas no Bairro Zumbi.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>Irmão Bento, Antônio Filho, Carlos da Bodega, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/869/requerimento_no_208_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/869/requerimento_no_208_2021.pdf</t>
   </si>
   <si>
     <t>Requer o uso do Carro Fumace nas localidades de Zumbi, Vertente, Mangueiral, Malcozinhado, Manoel Conrado e Centro.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/870/req_no_0209-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/870/req_no_0209-2021.pdf</t>
   </si>
   <si>
     <t>Requer à Cobertura da quadra poliesportiva na Timbaúba no Distrito de Queimadas na forma que indica, neste município.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/871/requerimento_no_210_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/871/requerimento_no_210_2021.pdf</t>
   </si>
   <si>
     <t>Requer ampliação da rede de iluminação pública da Rua Joaquim Nogueira Lopes e Condedeu nas Queimadas na forma que indica, neste município.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>Leandro Lima, Carlos da Bodega, Valda</t>
   </si>
   <si>
     <t>Requer calçamento em paralelepípedo nas Ruas Francisco Brindeiro, Linda Gomes, Luiza Evangelista, José Basílio dos Santos, José Basílio, Genésia Roberto e José Augusto localizadas no bairro Dourado.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>Requer a Reforma do Centro de Educação Infantil-Ce, Ana Rebeca S. Pereira, na rua Zezé Correia. n° 124, neste município.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/874/requerimento_no_213_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/874/requerimento_no_213_2021.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da Pracinha situada no bairro Buenos Aires I, neste município.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/877/requerimento_no_214-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/877/requerimento_no_214-2021.pdf</t>
   </si>
   <si>
     <t>Requer da gestão municipal a atualização de CEP das placas denominadas das ruas do município de Horizonte.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/878/requerimento_no_215-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/878/requerimento_no_215-2021.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de uma Praça no Bairro Buenos Aires II, na forma que indica, neste município,</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/879/requerimento_no_216-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/879/requerimento_no_216-2021.pdf</t>
   </si>
   <si>
     <t>Requer à manutenção da Ponte que liga o Distrito de Queimadas a Comunidade de Base localizada na Rua Joaquim Nogueira Lopes na forma que indica, neste município.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Franzé do Hospital, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/880/requerimento_no_217-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/880/requerimento_no_217-2021.pdf</t>
   </si>
   <si>
     <t>Requer a continuação da entrega do KIT DE ALIMENTAÇÃO ESCOLAR de forma mensal para os alunos da Rede Pública Municipal.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/881/requerimento_no_218-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/881/requerimento_no_218-2021.pdf</t>
   </si>
   <si>
     <t>Requer PLACAS DE SINALIZAÇÃO nas ruas que indica no bairro diadema I, II e mangueiral, neste município.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/882/requerimento_no_220-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/882/requerimento_no_220-2021.pdf</t>
   </si>
   <si>
     <t>Requer ao poder Executivo Fiscalização Sanitária e monitoramento mais rígido para combater casos covid- 19 e nova cepa indiana na forma que indica, neste município.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/891/requerimento_no_221_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/891/requerimento_no_221_2021.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de uma Rua paralela a Rodovia Santos Dumont -Br-116, no perímetro Urbano de Horizonte, neste município.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/883/requerimento_no_222-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/883/requerimento_no_222-2021.pdf</t>
   </si>
   <si>
     <t>Requer criação de uma sala de atendimento semi-intensivo na maternidade Venâncio Raimundo de Sousa.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>Carlos da Bodega, Haroldo da Saúde, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1002/requerimento_n_224_2021-ver._carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1002/requerimento_n_224_2021-ver._carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a criação de um Polo de Lazer tipo Ecopark na Lagoa situada no Bairro Zumbi à margem da Rua Manoel Conrado e conhecida como lagoa do Juarez, neste município.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>Carlos da Bodega, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/892/requerimento_no_225_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/892/requerimento_no_225_2021.pdf</t>
   </si>
   <si>
     <t>Requer da municipalidade a elaboração de estudos e projeto para determinar como área de preservação ambiental terras ao lado da LAGOA do IPÚ com implantação PARQUE ECOLÓGICO e edificação da "replica" da preguiça gigante fossilizada que lá foi encontrada.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/893/requerimento_no_226_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/893/requerimento_no_226_2021.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilidade de ambulância dotada UTI e os devidos profissionais 24 horas por dia para a UPA de Horizonte, exclusivamente.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/924/requerimento_no_229_2021_rhenan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/924/requerimento_no_229_2021_rhenan.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação Asfáltica e a Construção de Calçadas padronizadas, das ruas que indica.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/894/requerimento_no_230_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/894/requerimento_no_230_2021.pdf</t>
   </si>
   <si>
     <t>Requer IMPRESSORAS TERMICAS DE SENHAS DE ATENDIMENTO, para os postos de saúde neste município.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/895/requerimento_no_231_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/895/requerimento_no_231_2021.pdf</t>
   </si>
   <si>
     <t>Requer à inclusão da categoria bancária entre as prioridades no plano municipal de imunização contra o Covid-19 na forma que indica, neste município.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/897/requerimento_no_232_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/897/requerimento_no_232_2021.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a realização de coleta de exames de sangue nas unidades Básicas de saúde do Catolé, Lagoinha, Buenos Aires I e II.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>Edson Papinha, Carlos da Bodega, Franzé do Hospital, Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/898/requerimento_no_233_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/898/requerimento_no_233_2021.pdf</t>
   </si>
   <si>
     <t>Requer criação de um Centro de Traumatologia e Ortopedia no Hospital Municipal Venâncio Raimundo de Sousa, neste município.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/904/requerimento_no_234_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/904/requerimento_no_234_2021.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal realização de mutirões cadastrais contra a Covid19 nos bairros distante do centro de Horizonte.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/905/requerimento_no_235_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/905/requerimento_no_235_2021.pdf</t>
   </si>
   <si>
     <t>Requer Instalação de lombada ou redutor de velocidade na avenida Enir Santos neste município.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/906/requerimento_no_236_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/906/requerimento_no_236_2021.pdf</t>
   </si>
   <si>
     <t>Requer; em caráter de urgência, a disponibilidades dos CRAS e demais Órgãos da administração pública, neste município.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/907/requerimento_no_237_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/907/requerimento_no_237_2021.pdf</t>
   </si>
   <si>
     <t>Requer Pavimentação em pedra tosca de ruas do bairro Córrego das Quintas, na forma que indica.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/908/requerimento_no_238_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/908/requerimento_no_238_2021.pdf</t>
   </si>
   <si>
     <t>Requer da Secretaria de Saúde a contratação de um médico com especialidade em cirurgia ginecológica eletiva na forma que indica, neste município.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>Diego Pinheiro, Carlos da Bodega, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/925/requerimento_no_239_2021_diego.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/925/requerimento_no_239_2021_diego.pdf</t>
   </si>
   <si>
     <t>Requer a estruturação de um sistema de abastecimento de água encanada para o Distrito de Aningas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/909/requerimento_no_240_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/909/requerimento_no_240_2021.pdf</t>
   </si>
   <si>
     <t>Requer a criação de um balneário no Açude de Aningas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/912/requerimento_no_241_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/912/requerimento_no_241_2021.pdf</t>
   </si>
   <si>
     <t>Requer a continuação da pavimentação em pedra tosca na Rua Maria Pinheiro da Silva-Canavieira dos Pinheiro, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/926/requerimento_no_244_2021_antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/926/requerimento_no_244_2021_antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a transformação do CEI Professor Sena, no Bairro Catolé, em tempo Integral.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1115/requerimento_no_245_2021_antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1115/requerimento_no_245_2021_antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a pavimentação em pedra tosca e rede d'água na Travessa Maria Avelina com Francisco Severo da Silva, no bairro Catolé, neste Município.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/940/requerimento_no_247_2021_-ver.tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/940/requerimento_no_247_2021_-ver.tatiana.pdf</t>
   </si>
   <si>
     <t>Requer à construção de um mercado público no Distrito de Queimadas na forma que indica, neste município.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/973/requerimento_no_248_2021_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/973/requerimento_no_248_2021_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer construção de um balneário e da passagem molhada no Açude de Queimadas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/927/requerimento_no_249_2021_irmao_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/927/requerimento_no_249_2021_irmao_bento.pdf</t>
   </si>
   <si>
     <t>Requer pavimentção asfáltica na Rua Manoel de Castro e SIlva Bairro Centro, na forma que indica neste município.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/941/requerimento_no_250_2021-ver.bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/941/requerimento_no_250_2021-ver.bento.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica na rua Vital Pereira no bairro Centro, na forma que indica neste munícipio.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/928/requerimento_no_251_2021_flavio_da_coelce.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/928/requerimento_no_251_2021_flavio_da_coelce.pdf</t>
   </si>
   <si>
     <t>Requer o alargamento da Rua Wilson Assunção na localidade de Cachoeira I, neste Município.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>Antônio Filho, Haroldo da Saúde, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/942/requerimento_no_252_2021_-ver.antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/942/requerimento_no_252_2021_-ver.antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a construção de uma Areninha para o Bairro Malcozinhado.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1131/requerimento_no_253_2021_ver.antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1131/requerimento_no_253_2021_ver.antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal e reconstrução da estátua de São João Batista na praça matriz de Horizonte.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1132/requerimento_no_254_2021_ver._antonio_filho_e_vera._tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1132/requerimento_no_254_2021_ver._antonio_filho_e_vera._tatiana.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal em parceria com o Governo do Estado do Ceará, a transformação do antigo Liceu Maria Dolores, em Horizonte , num Centro de reabilitação Público animal.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>Diego Pinheiro, Edson Papinha, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/995/requerimento_no_256_2021_ver.diego.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/995/requerimento_no_256_2021_ver.diego.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca da Rua Análio Silva e da Rua Manoel Ferreira de Almeida, no trecho que liga as Localidades de Mundo novo a Coqueiros, neste município.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>Diego Pinheiro, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/929/requerimento_no_257_2021_diego.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/929/requerimento_no_257_2021_diego.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica em ruas do Distrito de Aningas, neste município.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1080/req_0258-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1080/req_0258-2021.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a revitalização da praça da Igrejinha do Bairro Catolé.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/930/requerimento_no_259_2021_franze_do_hospital.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/930/requerimento_no_259_2021_franze_do_hospital.pdf</t>
   </si>
   <si>
     <t>Requer tratamento especializado para pacientes no processo de recuperação pós covid-19, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/936/requerimento_no_260_2021_franze_do_hospital.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/936/requerimento_no_260_2021_franze_do_hospital.pdf</t>
   </si>
   <si>
     <t>Requer instalação de redutor tipo tachão de velocidade de trânsito, na rua: 08 Eleonor Lopes da Luz, Diadema 1, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1053/requerimento_no_261_2021_ver_antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1053/requerimento_no_261_2021_ver_antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma pracinha na Capela de Santa Rita de Cássia na Comunidade Nova Aliança no Bairro Planalto Horizonte, neste Município.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>Leandro Lima, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/931/requerimento_no_262_2021_carlos_leandro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/931/requerimento_no_262_2021_carlos_leandro.pdf</t>
   </si>
   <si>
     <t>Requer praça com área de lazer e equipamentos de academia de saúde no bairro Malcozinhado, neste município.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>Leandro Lima, Antônio Filho, Carlos da Bodega, Getúlio Vargas, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/974/requerimento_no_263_2021_ver.leandro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/974/requerimento_no_263_2021_ver.leandro.pdf</t>
   </si>
   <si>
     <t>Requer praça comárea de lazer e equipamentos de academia de saúde no bairro Pica Pau, neste município.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Edson Papinha, Carlos da Bodega, Tatiana Nogueira</t>
   </si>
   <si>
     <t>Requer a construção de uma piscina olímpica no complexo esportivo do Estádio Clenilsão no bairro Diadema.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>Edson Papinha, Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/932/requerimento_no_265_2021_edson_almeida.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/932/requerimento_no_265_2021_edson_almeida.pdf</t>
   </si>
   <si>
     <t>Requer implantação de ciclovias nas principais ruas de Horizonte e pista de ciclismo.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/965/requerimento_no_266_2021_antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/965/requerimento_no_266_2021_antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal que todas as solicitações de exames e cirurgias sejam marcadas nas próprias Unidades Básicas de Saúde do Município.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>Franzé do Hospital, Carlos Eloy, Haroldo da Saúde, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/944/requerimento_no_267_2021_-ver.franze.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/944/requerimento_no_267_2021_-ver.franze.pdf</t>
   </si>
   <si>
     <t>Requer o cancelamento do contrato da empresa Fundação Leandro Bezerra de Menezes da unidade de pronto atendimento-UPA, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/945/requerimento_no_268_2021_-ver.leandro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/945/requerimento_no_268_2021_-ver.leandro.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de cabines para os mototaxistas em pontos estratégicos no bairro Centro, neste município..</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/946/requerimento_no_270_2021_-ver.rhenan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/946/requerimento_no_270_2021_-ver.rhenan.pdf</t>
   </si>
   <si>
     <t>Requer o atendimento aos pacientes acamados, na forma queindica, neste município.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/961/requerimento_no__272_2021_carlos_da_bodega.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/961/requerimento_no__272_2021_carlos_da_bodega.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica de ruas do Bairro Centro - Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/975/requerimento_no_273_2021_ver.carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/975/requerimento_no_273_2021_ver.carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica de ruas do Bairro Centro - Horizonte na forma que indica.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/947/requerimento_no_274_2021_-ver.carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/947/requerimento_no_274_2021_-ver.carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica de ruas do Bairro Diadema na forma que indica.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/948/requerimento_no_275_2021_-ver.carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/948/requerimento_no_275_2021_-ver.carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica de ruas do bairro Mangueiral na forma que indica.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica de rua localizada no Bairro Distrito Industrial na forma que indica.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>Flávio da Coelce, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/949/requerimento_no_277_2021_-ver.flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/949/requerimento_no_277_2021_-ver.flavio.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação dda rede de iluminação pública da Rua Celso Silva a Assunção Nº 6842 até a Rua Luiza Claudia Batista dos Santos, na localidade de Tanques deste município.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/994/requerimento_no_278_2021_ver.carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/994/requerimento_no_278_2021_ver.carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do Poder Executivo o envio de Projeto de Lei a esta Casa a fim de prorrogar o prazo de vigência do Programa Especial de Regularização Tributária, conhecido por REFIS na forma que indica.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Antônio Filho, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/966/requerimento_no_281_2021_rhenan_do_posto.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/966/requerimento_no_281_2021_rhenan_do_posto.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca, de Ruas do Bairro Catú, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/967/requerimento_no_282_2021_diego.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/967/requerimento_no_282_2021_diego.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de Letreiros Turísticos 3D EU AMO HORIZONTE em pontos estratégicos no centro da cidade e nos distritos, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Antônio Filho, Carlos da Bodega, Flávio da Coelce, Haroldo da Saúde, Luciano Pinheiro, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/968/requerimento_no_283_2021_rhenan_cavalcante.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/968/requerimento_no_283_2021_rhenan_cavalcante.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de uma empresa para prestação de serviços de cirurgias e exames médicos especializados, neste município.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/991/requerimento_no_284_2021_ver.antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/991/requerimento_no_284_2021_ver.antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da municipalidade um estudo de viabilidade para a implantação de binários no âmbito do Município de Horizonte.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Carlos da Bodega, Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/969/requerimento_no_285_2021_haroldo_a_saude.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/969/requerimento_no_285_2021_haroldo_a_saude.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, a Implementação da Coleta de Resíduos Sólidos Urbanos (RSU'S) no período noturno nas principais vias, bem como informações disponíveis em site e rede sociais oficiais para a população comunicando os dias e horários da coleta.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Flávio da Coelce, Renan do Posto Coluna</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a IMPLANTAÇÃO DO TRANSPORTE PUBLICO MUNICIPAL COM TARIFA ZERO (gratuito) oferecendo-se à população oportunidade de locomoção sem custo.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>Requer disponibilidade de um espaço em prédio público para atendimento veterinário gratuito.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>Valda, Carlos da Bodega, Carlos Eloy, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/977/requerimento_no_288_2021_ver.valda.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/977/requerimento_no_288_2021_ver.valda.pdf</t>
   </si>
   <si>
     <t>Requer a extesão da rede de abastecimento de água na Av. José Francisco no bairro de Coqueiros na forma que indica.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>Requer a ampliação da Rede de Iluminação Pública em ruas dos distrito Aningas na forma que indica neste município.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1081/req_0290-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1081/req_0290-2021.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica em ruas do Bairro de Canavieira dos Pinheiros na forma que indica, neste município.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/978/requerimento_no_291_2021_ver.franze.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/978/requerimento_no_291_2021_ver.franze.pdf</t>
   </si>
   <si>
     <t>Requer atendimento odontológico 24 horas para urgência e emergência, todos os dias da semana , até aos domingos e feriados, na forma que india, neste município.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal um convênio voluntário com a Horiclinic para o fortalecimento de doação de leite materno no municpipio de horizonte</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/980/requerimento_no_293_2021_ver.bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/980/requerimento_no_293_2021_ver.bento.pdf</t>
   </si>
   <si>
     <t>Requer redutores de velocidade, para avenida Manoel Ferreita de Almeida, na forma que indica neste município.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>Leandro Lima, Antônio Filho, Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1007/requerimento_no_294_2021_ver._leandro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1007/requerimento_no_294_2021_ver._leandro.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da praça Maria Pereira de Azevedo no bairro Carnaubal, neste município.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/981/requerimento_no_296_2021_ver.flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/981/requerimento_no_296_2021_ver.flavio.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em Pedra Tosca da Rua Sagrada Família na localidade de Tanques deste município.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/982/requerimento_no_297_2021_ver.flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/982/requerimento_no_297_2021_ver.flavio.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um pontilhão na Vila Aprazivel "Preaoca" de município.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/983/requerimento_no_298_2021_ver.rhenan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/983/requerimento_no_298_2021_ver.rhenan.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de um retorno à altura do km 36 da Br-116 (Rodovia Santos Dumont), neste município.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Antônio Filho, Edson Papinha, Getúlio Vargas, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/992/requerimento_no_299_2021_ver.tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/992/requerimento_no_299_2021_ver.tatiana.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa Diretora a elaboração de Projeto de Resolução para a implantação da Procuradoria da Mulher na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/984/requerimento_no_300_2021_ver._carlos_eloy.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/984/requerimento_no_300_2021_ver._carlos_eloy.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e modernização do Mercado Público com revitalização do entorno.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/993/requerimento_no_301_2021_ver.carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/993/requerimento_no_301_2021_ver.carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, adotadas as formalidades legais, a doação das máquinas de costura em desuso para as pessoas que precisam trabalhar em casa.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Getúlio Vargas, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1001/requerimento_no_302_2021_ver.rhenan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1001/requerimento_no_302_2021_ver.rhenan.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição para doação de material esportivo, neste município.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1008/requerimento_no_303_2021_ver._antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1008/requerimento_no_303_2021_ver._antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte de Gestão Municipal a implantação da Autarquia de Meio Ambiente no Município de Horizonte.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1000/req_n._304_2021_rehnan_e_antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1000/req_n._304_2021_rehnan_e_antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação Asfáltica das ruas no Bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>Edson Papinha, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1009/requerimento_no_305_2021_ver._edson_papinha.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1009/requerimento_no_305_2021_ver._edson_papinha.pdf</t>
   </si>
   <si>
     <t>Requer dessalinazador para a escola Raimundo Domingos de Sousa.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1010/requerimento_no_306_2021_ver._rhenan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1010/requerimento_no_306_2021_ver._rhenan.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação Asfáltica da Rua Francisco Antônio no Bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1020/requerimento_no_307_2021_-_ver._rhenan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1020/requerimento_no_307_2021_-_ver._rhenan.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica de ruas no Bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1006/requerimento_n_308_2021_ver._bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1006/requerimento_n_308_2021_ver._bento.pdf</t>
   </si>
   <si>
     <t>Requer urbanização e pavimentção da Rua Isidoro Castro da Silva, no bairro Malcozinhado , neste município.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1011/requerimento_no_309_2021_ver._flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1011/requerimento_no_309_2021_ver._flavio.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um ponto de apoio do CRAS na localidade de Tanques, deste município.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1012/requerimento_no_310_2021_ver._flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1012/requerimento_no_310_2021_ver._flavio.pdf</t>
   </si>
   <si>
     <t>Requer a COnstrução de um centro de educaçaõ infantil (CEI) na localidade de Tanques, neste município.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1013/requerimento_no_311_2021_ver._luciano_pinheiro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1013/requerimento_no_311_2021_ver._luciano_pinheiro.pdf</t>
   </si>
   <si>
     <t>Requer um Ponto de apoio ao Programa PSF na localidade de PReaoca, neste municipio..</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1021/requerimento_no_312_2021_-_ver._rhenan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1021/requerimento_no_312_2021_-_ver._rhenan.pdf</t>
   </si>
   <si>
     <t>Requer a abertura de parte da rua e sua pavimentação em pedra tosca e em seguida pavimentação asfáltica no bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1026/requerimento_n_313_2021_ver_rhenan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1026/requerimento_n_313_2021_ver_rhenan.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma Praça Pública, no bairro Catú, na forma que indica.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1027/requerimento_n_314_2021_ver_rhenan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1027/requerimento_n_314_2021_ver_rhenan.pdf</t>
   </si>
   <si>
     <t>Requer a revitalização do campo da localidade Área Verde no bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1144/req_no_0315-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1144/req_no_0315-2021.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a conclusão da pavimentação asfáltica das seguintes ruas do bairro Catolé.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1022/requerimento_no_318_2021_-_ver._irmao_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1022/requerimento_no_318_2021_-_ver._irmao_bento.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfaltica, para a Rua João Gomes da Silva. bairro zumbi, na forma que indica neste municipio.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1023/requerimento_no_319_2021_-_ver._irmao_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1023/requerimento_no_319_2021_-_ver._irmao_bento.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica e urbanização da Rua Vereador Francisco de Assis Cordeiro, bairro Mangueiral, na forma que indica neste município.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Getúlio Vargas, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1024/requerimento_no_320_2021_-_ver_haroldo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1024/requerimento_no_320_2021_-_ver_haroldo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, a instalação de um programa de ALUGUEL SOCIAL. O objetivo do programa é atender as familias que ainda não foram comtempladas pelo programa de habitação popular.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1033/requerimento_no_321_2021_ver._carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1033/requerimento_no_321_2021_ver._carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a pavimentação asfáltica de ruas do bairro Zumbi, na forma que indica.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>Antônio Filho, Irmão Bento, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1028/requerimento_n_322_2021_ver_antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1028/requerimento_n_322_2021_ver_antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal de Horizonte a criação do Programa Bolsa Esporte.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1094/323.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1094/323.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal um ponto de apoio para o atendimento de saúde pública na comunidade do Catu.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>Flávio da Coelce, Getúlio Vargas</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1034/requerimento_no_325_2021_ver._flavio_da_coelce.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1034/requerimento_no_325_2021_ver._flavio_da_coelce.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de uma Cabine Policial no localidade de Tanques, neste município.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>Franzé do Hospital, Carlos da Bodega, Getúlio Vargas, Haroldo da Saúde, Irmão Bento, Luciano Pinheiro, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1029/requerimento_n_326_2021_ver_franze.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1029/requerimento_n_326_2021_ver_franze.pdf</t>
   </si>
   <si>
     <t>Requer da Secretária de Saúde a contratação de um médico com especialidade em cirurgia Oftalmológica, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1030/requerimento_n_327_2021_ver_franze.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1030/requerimento_n_327_2021_ver_franze.pdf</t>
   </si>
   <si>
     <t>Requer da Secretária de Saúde a contratação de um médico cirurgião Pediatra, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>Irmão Bento, Carlos da Bodega, Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1031/requerimento_n_328_2021_ver_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1031/requerimento_n_328_2021_ver_bento.pdf</t>
   </si>
   <si>
     <t>Requer caminhão/carro para fazer mudanças na forma que indica, neste munícipio.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1054/requerimento_no_329_2021_ver_rhenan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1054/requerimento_no_329_2021_ver_rhenan.pdf</t>
   </si>
   <si>
     <t>Requer a realizaçãp do Projeto Ação Global nos Bairros, neste Município.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1032/requerimento_n_330_2021_ver_haroldo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1032/requerimento_n_330_2021_ver_haroldo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, a volta dos exames laboratoriais nas unidades de saúde e na UPA 24h na forma que indica.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>Franzé do Hospital, Antônio Filho, Carlos da Bodega, Flávio da Coelce, Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1039/requerimento_no_331_2021_ver_franze.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1039/requerimento_no_331_2021_ver_franze.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Projeto de Lei Complementar para modificar a Lei nº 005/2014 concedendo a isenção da taxa de iluminação pública para consumidores de até 100KWH, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>Carlos da Bodega, Edson Papinha, Renan do Posto Coluna, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1040/requerimento_no_332_2021_ver_carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1040/requerimento_no_332_2021_ver_carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a volta do transporte de pacientes de Horizonte para o atendimento de saúde em Fortaleza e em Cascavel conforme justifica.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1041/requerimento_no_333_2021_ver_antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1041/requerimento_no_333_2021_ver_antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a doação de tablets para alunos da rede pública de educação do Município de Horizonte.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Carlos da Bodega, Antônio Filho, Diego Pinheiro, Haroldo da Saúde, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1082/req_0334-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1082/req_0334-2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo melhoria salarial para os profissionais de Técnico de Enfermagem do município de Horizonte, conforme justifica.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1037/requerimento_n_335_2021_ver_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1037/requerimento_n_335_2021_ver_bento.pdf</t>
   </si>
   <si>
     <t>Requer capinação e recolhimento de entulhos nas Ruas do Parque Diadema I e II, na forma que indica neste Município.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>Carlos da Bodega, Tatiana Nogueira</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo melhoria salarial os Motoristas de Ônibus efetivos categoria "D" lotados na secretária de educação de Horizonte.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>Carlos Eloy, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1038/requerimento_n_337_2021_ver_carlos_eloy.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1038/requerimento_n_337_2021_ver_carlos_eloy.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Travessa Raimundo Alves da Silva no Bairro Centro, neste Município.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1055/requerimento_no_338_2021_ver_franze.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1055/requerimento_no_338_2021_ver_franze.pdf</t>
   </si>
   <si>
     <t>Requer a coleta em domicílio de material para exames laboratoriais na forma que indica.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1056/requerimento_no_339_2021_ver_carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1056/requerimento_no_339_2021_ver_carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica das ruas do Bairro Planalto Horizonte na forma que indica.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>Carlos Eloy, Carlos da Bodega, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1057/requerimento_no_340_2021_ver_carlos_eloy.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1057/requerimento_no_340_2021_ver_carlos_eloy.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um chafariz público para atender aos Residenciais José Lino da Silveira I, II, III e IV no Bairro Planalto Horizonte.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>Carlos Eloy, Antônio Filho, Carlos da Bodega, Flávio da Coelce, Irmão Bento, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1058/requerimento_no_341_2021_ver_carlos_eloy.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1058/requerimento_no_341_2021_ver_carlos_eloy.pdf</t>
   </si>
   <si>
     <t>Requer ÁREAS DE CARGAS E DESCARGAS no centro de Horizonte na forma que indica.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>Requer licença para tratar de interesse particular por 60 dias nos termos do Art. 57, inciso III do Regimento Interno da Câmara Municipal de Horizonte\CE.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1068/requerimento_no_343_2021_ver_carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1068/requerimento_no_343_2021_ver_carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e asfáltica de ruas do Bairro Zumbi - Horizonte na forma que indica.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1100/requerimento_no_344_2021_ver._antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1100/requerimento_no_344_2021_ver._antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer a conclusão da pavimentação asfáltica da Rua André Cursino no bairro Planalto Horizonte.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1069/requerimento_no_345_2021_ver._antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1069/requerimento_no_345_2021_ver._antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a implantação de uma Avenida Perimetral ligando os Bairros: Catolé, Área Verde, Lagoinha e Buenos Aires II à Avenida Presidente Castelo Branco no centro de Horizonte.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1059/requerimento_no_346_2021_ver_haroldo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1059/requerimento_no_346_2021_ver_haroldo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo o retorno das atividades presenciais na Cozinha Comunitária do Município.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1060/requerimento_no_347_2021_ver_haroldo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1060/requerimento_no_347_2021_ver_haroldo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a instituição de um programa de auxílio natalidade para gestantes que estejam em situação de vulnerabilidade.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1061/requerimento_no_348_2021_ver_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1061/requerimento_no_348_2021_ver_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer um chafariz em caráter de urgência e ampliação da rede de iluminação do Conjunto Habitacional Alto da Boa Vista em Queimadas na forma que indica.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1101/requerimento_no_349_2021_ver._tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1101/requerimento_no_349_2021_ver._tatiana.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca e asfáltica Distrito de Queimadas na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>Carlos da Bodega, Diego Pinheiro, Flávio da Coelce, Getúlio Vargas</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1070/requerimento_no_351_2021_ver._carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1070/requerimento_no_351_2021_ver._carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e asfáltica de ruas do Distrito de Aningas, na forma que indica.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1062/requerimento_no_352_2021_ver_edson_papinha.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1062/requerimento_no_352_2021_ver_edson_papinha.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Rua Francisca Miguel no Planalto Horizonte.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1063/requerimento_no_353_2021_ver_edson_papinha.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1063/requerimento_no_353_2021_ver_edson_papinha.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de redutores de velocidade do Bairro Planalto Horizonte, que estão recebendo pavimentação asfáltica.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>Franzé do Hospital, Diego Pinheiro, Haroldo da Saúde, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1064/requerimento_no_354_2021_ver_franze.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1064/requerimento_no_354_2021_ver_franze.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo firmar convênios para a realização de exames de mamografia na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>Carlos Eloy, Flávio da Coelce, Getúlio Vargas</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1071/requerimento_no_355_2021_ver_carlos_eloy.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1071/requerimento_no_355_2021_ver_carlos_eloy.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca de logradouros nos bairros Lagoinha e Buenos Aires na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>Carlos Eloy, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1072/requerimento_no_356_2021_ver._carlos_eloy.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1072/requerimento_no_356_2021_ver._carlos_eloy.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica de logradouros nos bairros Centro, Buenos Aires e Mangueiral, na forma que indica, neste municipio.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>Valda, Diego Pinheiro, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1073/requerimento_no_357_2021_ver_valda.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1073/requerimento_no_357_2021_ver_valda.pdf</t>
   </si>
   <si>
     <t>Requer a extensão da rede de abastecimento de água na comunidade de Rua de Palha na forma que indica.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>Valda, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1074/requerimento_no_358_2021_ver_valda.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1074/requerimento_no_358_2021_ver_valda.pdf</t>
   </si>
   <si>
     <t>Requer a extensão da rede de abastecimento de água no Loteamento El Dourado no Distrito de Dourado na forma que indica.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1075/requerimento_no_359_2021_ver_valda.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1075/requerimento_no_359_2021_ver_valda.pdf</t>
   </si>
   <si>
     <t>Requer Pavimentação em pedra tosca da Avenida Martins Clemente do bairro Diadema dois, na forma que indica.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1076/requerimento_no_360_2021_ver._antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1076/requerimento_no_360_2021_ver._antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer A pavimentação asfáltica da Rua Francisco Raimundo da Costa no bairro Centro neste município.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1084/req_0362-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1084/req_0362-2021.pdf</t>
   </si>
   <si>
     <t>Requer a continuação da pavimentação em pedra tosca, da Rua Euclides Souza até a Rua Maria Zilda de Sousa Costa no bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1085/req_0363-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1085/req_0363-2021.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca, das Ruas do bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1086/req_0364-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1086/req_0364-2021.pdf</t>
   </si>
   <si>
     <t>Requer a abertura de parte da Rua Maria Raimunda, sua pavimentação em pavimentação asfáltica no bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>Edson Papinha, Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1087/365.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1087/365.pdf</t>
   </si>
   <si>
     <t>Requer que seja construído uma "Areninha" na localidade de Coqueiros.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1088/req_0366-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1088/req_0366-2021.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a pavimentação em pedra tosca de todas as ruas localizadas no bairro Croatá e que com a nova atualização dos limites geográficos entre Horizonte e Aquiraz passaram a fazer parte do município de Horizonte.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>Requer a criação da Patrulha Maria da Penha para monitorar violência doméstica contra mulher, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>Antônio Filho, Tatiana Nogueira, Haroldo da Saúde, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1090/req_0368-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1090/req_0368-2021.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a aquisição de um MedMóvel a saúde pública do município de Horizonte.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1091/req_0369-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1091/req_0369-2021.pdf</t>
   </si>
   <si>
     <t>Requer a volta do FOTOSSENSOR que era instalado em frente a VULCABRÁS BR - 116.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1095/371.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1095/371.pdf</t>
   </si>
   <si>
     <t>Requer Projeto de Lei alterando a Lei 509/2005 para garantir aos professores e os demais servidores efetivos quando estiverem no exercício de cargo de provimento em comissão as gratificações inerentes cargo, no sentindo de que possam optar em descontar para a previdência municipal e consequentemente usufruírem para o auxilio doença, auxilio maternidade, e ainda, incorporarem para aposentadorias e pensões.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1096/requerimento_no_372_2021_-_ver._antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1096/requerimento_no_372_2021_-_ver._antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a construção de passagem na Av. José Euclides Ferreira (Canal) para desobstrução do trânsito na Rua Vital Pereira..</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1097/373.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1097/373.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a extensão da iluminação pública na BR 116 correspondente aos novos limites geográficos entre Horizonte e Aquiraz.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1098/374.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1098/374.pdf</t>
   </si>
   <si>
     <t>Requer a vitalizarão da praça da localidade de Serrote Aningas na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>Carlos Eloy, Antônio Filho, Diego Pinheiro, Edson Papinha, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1102/requerimento_no_375_2021_ver._carlos_eloy_e_ver._flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1102/requerimento_no_375_2021_ver._carlos_eloy_e_ver._flavio.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de uma Unidade Básica de Saúde - UBS na localidade da Carnaubal, neste município.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>Carlos Eloy, Flávio da Coelce, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1103/requerimento_no_376_2021_ver._carlos_eloy_e_jose_flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1103/requerimento_no_376_2021_ver._carlos_eloy_e_jose_flavio.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de Areninha no bairro Buenos Aires II, neste município.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>Franzé do Hospital, Haroldo da Saúde, Carlos da Bodega, Edson Papinha, Renan do Posto Coluna, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1104/requerimento_no_377_2021_ver._haroldo_e_ver._franze.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1104/requerimento_no_377_2021_ver._haroldo_e_ver._franze.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, a disponibilidade da realização de ultrassonografia 24 horas na maternidade do Hospital Venâncio Raimundo de Sousa.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>Carlos da Bodega, Flávio da Coelce, Lucivane do Zezito, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1105/requerimento_no_378_2021_ver._carlos_gomes_e_jose_flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1105/requerimento_no_378_2021_ver._carlos_gomes_e_jose_flavio.pdf</t>
   </si>
   <si>
     <t>Requer Ponto de Apoio (estilo mini posto) para o atendimento de saúde pública na comunidade de Cachoeira para atender aos moradores das comunidades: Cachoeira I e Cachoeira II neste município.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>Carlos da Bodega, Flávio da Coelce, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1106/requerimento_no_379_2021_ver._carlos_gomes_e_jose_flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1106/requerimento_no_379_2021_ver._carlos_gomes_e_jose_flavio.pdf</t>
   </si>
   <si>
     <t>Requer a construção de Areninha na comunidade de Cachoeira para atender aos moradores das comunidades Cachoeira I e Cachoeira II, neste município.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1107/requerimento_no_380_2021_ver._carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1107/requerimento_no_380_2021_ver._carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica de ruas do Centro/ Horizonte na forma que indica.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1116/requerimento_no_381_2021_ver._renan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1116/requerimento_no_381_2021_ver._renan.pdf</t>
   </si>
   <si>
     <t>Requer a reforma do ginásio Joaquim Domingos Neto, neste Município.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1108/requerimento_no_382_2021_ver._tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1108/requerimento_no_382_2021_ver._tatiana.pdf</t>
   </si>
   <si>
     <t>Requer construção de um calçadão com piso intervalado no Alto Estrela no Distrito de Queimadas na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Antônio Filho, Edson Papinha, Haroldo da Saúde, Leandro Lima, Lucivane do Zezito</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1117/requerimento_no_383_2021_ver._renan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1117/requerimento_no_383_2021_ver._renan.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de um médico especialista em gastroenterologia para a policlínica, neste Município.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1109/requerimento_no_384_2021_ver._flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1109/requerimento_no_384_2021_ver._flavio.pdf</t>
   </si>
   <si>
     <t>Requer implantar um projeto Banco de Ideias nesta Casa, com o intuito de aproximar a população com o legislativo.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1110/requerimento_no_385_2021_ver._irmao_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1110/requerimento_no_385_2021_ver._irmao_bento.pdf</t>
   </si>
   <si>
     <t>Requer a Continuação da iluminação pública na Rua Horácio Rufino nos bairros Cachoeira I e Cachoeira II, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>Antônio Filho, Haroldo da Saúde, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1118/requerimento_no_386_2021_antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1118/requerimento_no_386_2021_antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um sinal de trânsito no cruzamento entre as ruas Luiz Inácio de Sousa com Raimundo Alves da Silva no bairro Planalto Horizonte, neste Município.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1133/requerimento_no_387_2021_ver.antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1133/requerimento_no_387_2021_ver.antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal em parceria com a Cagece, a extensão da rede D'Agua ligando o bairro Catolé ao Croata 1.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1119/requerimento_no_388_2021_ver._edson_papinha.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1119/requerimento_no_388_2021_ver._edson_papinha.pdf</t>
   </si>
   <si>
     <t>Requer que sejam substituídas as luminárias por toda extensão da Rua Manuel Ferreira de Almeida e Rua Maria Benedita.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>Irmão Bento, Antônio Filho, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1120/requerimento_no_389_2021_luis_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1120/requerimento_no_389_2021_luis_bento.pdf</t>
   </si>
   <si>
     <t>Requer reajuste de salário aos operadores de máquinas, na forma que indica.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>Irmão Bento, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1121/requerimento_no_390_2021_luis_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1121/requerimento_no_390_2021_luis_bento.pdf</t>
   </si>
   <si>
     <t>Requer cestas básicas para funcionários públicos que recebam até 1 (um) salário mínimo, incluíndo garis, na forma que indica.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1122/requerimento_no_391_2021_jose_flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1122/requerimento_no_391_2021_jose_flavio.pdf</t>
   </si>
   <si>
     <t>Requer a construção de academia de saúde para atender aos moradores da Comunidade de Cachoeira I, neste município.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>Carlos Eloy, Diego Pinheiro, Edson Papinha, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1123/requerimento_no_392_2021_ver._carlos_eloy.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1123/requerimento_no_392_2021_ver._carlos_eloy.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma creche na Localidade de Carnaubal, neste Município.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>Franzé do Hospital, Antônio Filho, Haroldo da Saúde, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1124/requerimento_no_393_2021_ver._franze.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1124/requerimento_no_393_2021_ver._franze.pdf</t>
   </si>
   <si>
     <t>Requer a reabertura da emergência do Hospital e Maternidade Venâncio Raimundo de Sousa na forma que indica.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>Carlos da Bodega, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1134/requerimento_no_394_2021_ver._carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1134/requerimento_no_394_2021_ver._carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a volta dos exames de endoscopia no Hospital Venâncio Raimundo de Sousa.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>Edson Papinha, Carlos da Bodega, Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1135/requerimento_no_395_2021_ver._edson_papinha.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1135/requerimento_no_395_2021_ver._edson_papinha.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação para toda a extensão da Rua Olho d'agua até o cruzamento com a Rua Manuel Conrado,</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>Requer a reforma da Praça da Juventude e sua revitalização no Bairro Diadema, neste Município.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1136/requerimento_no_397_2021_ver._antonio_filho_e_vera._tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1136/requerimento_no_397_2021_ver._antonio_filho_e_vera._tatiana.pdf</t>
   </si>
   <si>
     <t>Requer revitalização do prédio onde funcionava a Cadeia pública do cajueiro da Malhada e que se torne um centro comunitário social e de formação profissionais no Distrito de Queimadas na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1137/requerimento_no_398_2021_ver._diego.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1137/requerimento_no_398_2021_ver._diego.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da Quadra Poliesportiva José Acelino de Menezes, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>Antônio Filho, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Franzé do Hospital, Haroldo da Saúde, Irmão Bento, Leandro Lima, Luciano Pinheiro, Lucivane do Zezito, Renan do Posto Coluna, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1138/requerimento_no_399_2021_vers._haroldo_franze_tatiana_e_papinha.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1138/requerimento_no_399_2021_vers._haroldo_franze_tatiana_e_papinha.pdf</t>
   </si>
   <si>
     <t>Requerer o encaminhamento de Oficio ao Órgão Federal competente depois de aprovado para que seja denominado o Viaduto da Br 116 nesta cidade com o nome do Sr. Coronel Luiz Flavio Nogueira.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>Requer a recuperação da estrutura de drenagem das principais ruas do Parque Diadema I e II, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>Requer a reforma da EEMF João Antônio da Silva, neste Município.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1145/req_no_0402-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1145/req_no_0402-2021.pdf</t>
   </si>
   <si>
     <t>Requer a reativação de semáforos nos cruzamentos de ruas no Centro, na forma que indica, neste município</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1146/req_no_0403-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1146/req_no_0403-2021.pdf</t>
   </si>
   <si>
     <t>Requer a perfuração de um poço artesiano na comunidade de Córrego das  Quintas, na forma que indica</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1147/req_no_0405-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1147/req_no_0405-2021.pdf</t>
   </si>
   <si>
     <t>Requer a requalificação da Av. Juvenal de Castro no Centro, neste município</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1148/req_no_0406-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1148/req_no_0406-2021.pdf</t>
   </si>
   <si>
     <t>Requer a reforma do CRAS CATOLÉ (Centro de Refecia  da Assistência Social), neste município</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>Irmão Bento, Antônio Filho, Carlos da Bodega, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1149/req_no_0407-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1149/req_no_0407-2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo equiparação salarial dos auxiliares com o piso dos técnicos de enfermagem, na forma que indica, neste município</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1150/req_no_0408-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1150/req_no_0408-2021.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de aparelhos endoscópio e colonoscópio ou convênios com clínicas para realização dos exame, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1151/req_no_0409-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1151/req_no_0409-2021.pdf</t>
   </si>
   <si>
     <t>Requer ampliação da rede de iluminação pública e instalação da rede de distribuição de água na Rua Aldecir Ramalho na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1152/req_no_0410-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1152/req_no_0410-2021.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um autódromo velocista no bairro Buenos Aires II, deste município.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1153/req_no_0411-2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1153/req_no_0411-2021.pdf</t>
   </si>
   <si>
     <t>Requer película fumê para janela dos CEI INFANTIL, na forma que indica, neste município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6001,67 +6001,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/959/parecer_previo_contas_governo_2015.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/889/pel_001-2021_revisao_geral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/920/pl_complementar_no_001_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/921/pl_complementar_no_002_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1045/plc_03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/714/pl_001-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/689/pl_002-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/690/pl_003-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/715/pl_004-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/732/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/733/pl_006-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/734/pl_007-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/735/projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/743/projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/757/projeto_de_lei_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/758/projeto_de_lei_no_011-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/759/projeto_de_lei_no_012-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/794/pl_0013-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/795/pl_014-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/796/pl_015-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/865/projeto_de_lei_no_019_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/813/pl_0020-2021_ldo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/832/pl_0023-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/833/pl_0024-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/834/pl_0027-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/835/pl_0028-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/847/projeto_de_lei_no_029_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/902/projeto_de_lei_no_030_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/884/projeto_de_lei_no_031_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/885/projeto_de_lei_32-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/887/projeto_de_lei_no_033_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/888/projeto_de_lei_no_034_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/886/projeto_de_lei_no_035_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/899/projeto_de_lei_no_036_2021_digitalizado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/901/projeto_de_lei_no_037_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/934/projeto_de_lei_no_038_2021_tatiana_leitura.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/913/pl_39-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/914/pl_40-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/915/pl_41-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/916/projeto_de_lei_no_042_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/917/pl43-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/918/projeto_de_lei_no_044_2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/922/projeto_de_lei_no_047_2021_carlos_gomes_leitura.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/996/projeto_de_lei_no_048_2021_ver._tatiana_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/923/projeto_de_lei_no_050_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/937/projeto_de_lei_no_051_2021_executivo-leitura.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/938/projeto_de_lei_no_052_2021_leitura_executivo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/952/mens._031_do_projeto_no_053_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/953/mens._32_do_projeto_no_054_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/954/mens._33_do_projeto_de_lei_no_055_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/955/mens._34_do_projeto_de_lei_no_056_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/956/mens._35_do_projeto_de_lei_no_057_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/957/mens._36_do_projeto_de_lei_no_058_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_no_059_2021_legislativo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/958/mens._37_do_projeto_de_lei_no_060_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/971/projeto_de_lei_no_061_2021_ver._carlos_gomes_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/988/ppa_-_2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1003/projeto_de_lei_no_065_2021_poder_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1046/projeto_de_lei_no_066_2021_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1004/projeto_de_lei_no_067_2021__ver._diego_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1015/projeto_de_lei_no_068_2021_ver._carlos_eloy_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1025/projeto_de_lei_no_069_2021_poder_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_no_070_2021_ver_carlos_gomes_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1036/projeto_de_lei_no_073_2021_ver_carlos_eloy_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1047/projeto_de_lei_no_074_2021_ver_carlos_eloy_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1048/projeto_de_lei_no_075_2021_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1049/pl_0076-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1050/projeto_de_lei_no_077_2021_executivo_-_leitura_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1051/projeto_de_lei_no_078_2021_executivo_-_leitura_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1066/pl_0079-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1067/pl_0080-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1079/pl_81.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1092/pl_083-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1093/pl_084-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1111/projeto_de_lei_no_085_2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1113/projeto_de_lei_no_086_2021-_poder_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1114/projeto_de_lei_no_087_2021-_poder_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1112/projeto_de_lei_no_089_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1127/pl_0093-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1128/pl_0095-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1139/pl_0097-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1129/pl_0098-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1154/pl_n._099_2021_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/814/pdl_01-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/691/pr_001-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/896/projeto_de_resolucao_n._002-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1005/pr_004-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1014/pr_005_2021_-_revisar.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1016/pr_006_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/692/ind_001-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/846/projeto_de_indicacao_no_002_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/862/projeto_de_indicacao_no_004_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/866/indicacao_no_006_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/837/ind_n._008-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/861/projeto_de_indicacao_011_2021_2.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_no_012_2021_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/935/indicacao_no_013_2021_tatiana_leitura_2.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/951/indicacao_no_015_2021_carlos_da_bodega.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1043/indicacao_no_016_2021_ver_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1044/indicacao_no_021_2021_ver_carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1065/ind_022-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1078/ind_023-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1142/ind_0025-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/713/req_001-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/716/req_002-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/694/rec_003-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/717/req_004-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/718/req_005-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/695/rec_006-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/696/rec_007-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/697/req_008-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/719/req_009-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/698/req_010-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/972/requerimento_no_012_2021_tatiana.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/848/requerimento_no_013_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/744/requerimento_016_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1017/requerimento_no_019_2021_-_ver_tatiana.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/903/requerimento_no_024_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/720/req_026-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/693/req_028-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/745/requerimento_029_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/699/req_030-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/700/rec_031-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/701/rec_032-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/746/requerimento_033_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/721/req__035-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/702/rec_036-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/722/req_038-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/736/requerimento_039_vereador_diego_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/737/requerimento_040_vereador_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/933/requerimento_no_041_2021_tatiana_1.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/864/requerimento_no_042_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1052/requerimento_no_044_2021_ver_tatiana.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/863/requerimento_no_045_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/723/req_049-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1018/requerimento_no_051_2021_-_ver_tatiana.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1143/req_no_0053-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1130/req_no_0059-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/780/req.062.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/747/requerimento_067_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/748/requerimento_068_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/703/req_069-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/704/rec_070-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/705/rec_071-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/724/req_072-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/706/rec_073-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/875/requerimento_no_074-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/707/req_075-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/708/rec_076-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/725/req_077-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/709/rec_078-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/710/rec_079-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/726/req_081-20211.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/712/req_082-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/727/requerimento_084_vereadora_val.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/749/requerimento_086_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/750/requerimento_089_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/838/req_0091-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/760/req.094-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/729/req_095-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/738/requerimento_097__vereador_getulio_vargas.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/739/requerimento_098_vereador_francisco_jose.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/781/req.099.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/782/req.100.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/740/requerimento_103_vereador_rhenan_cavalcante.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/761/req.104-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/762/req.106-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/751/requerimento_108_2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/939/requerimento_no_109_2021_-ver.diego.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/763/req.111-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1019/requerimento_no_112_2021_-_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/764/req.113-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/765/req.114-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/752/requerimento_115_2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/753/requerimento_116_2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/741/requerimento_117_vereador_edson_carlos.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/754/requerimento_118_2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/742/requerimento_119__vereador_carlos_leandro.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/766/req.120-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/783/req.121.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/755/requerimento_123_2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/756/requerimento_124_2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/867/requerimento_no_125_2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/767/req.126-2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/768/req.127-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/778/req_128-2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/769/req.129-2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/770/req.131-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/771/req.132-2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/772/req.133-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/773/req.135-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/774/req.136-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/775/req.137-2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/776/req.138-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/777/req.139-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/791/req_no_0146-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/797/req_149-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/839/req_0150-2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/812/req_0151_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/798/req_154-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/825/requerimento_no_155_2021_ver._getulio.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/799/req_156-2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/800/req_157-2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/801/req_158-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/802/req_159-2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/803/req_160-2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/804/req_161-2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/805/req_162-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/806/req_163-2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/807/req_164-2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/808/req_165-2021-1.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/809/req_0166-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/810/req_167-2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/890/requerimento_no_168_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/990/requerimento_no_171_2021_tatiana.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/997/req_no_0172-2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/828/req_no_0173-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/840/req_0174-2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/841/req_0179-2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/842/req_0180-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/843/req_0184-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/849/requerimento_no_185_2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/850/requerimento_no_186_2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/844/req_0187-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/851/requerimento_no_188_2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/845/req_0189-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/910/requerimento_no_190_2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/852/requerimento_no_191_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1099/requerimento_no_192_2021_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/853/requerimento_no_193_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/854/requerimento_no_194_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/855/requerimento_no_195_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/876/requerimento_no_196-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/970/requerimento_no_198_2021_tatiana.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/963/requerimento_no_199_2021_tatiana.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/856/requerimento_no_200_2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/857/requerimento_no_201_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/858/requerimento_no_203_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/859/requerimento_no_204_2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/860/requerimento_no_205_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/964/requerimento_no_206_2021_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/868/requerimento_no_207_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/869/requerimento_no_208_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/870/req_no_0209-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/871/requerimento_no_210_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/874/requerimento_no_213_2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/877/requerimento_no_214-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/878/requerimento_no_215-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/879/requerimento_no_216-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/880/requerimento_no_217-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/881/requerimento_no_218-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/882/requerimento_no_220-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/891/requerimento_no_221_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/883/requerimento_no_222-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1002/requerimento_n_224_2021-ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/892/requerimento_no_225_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/893/requerimento_no_226_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/924/requerimento_no_229_2021_rhenan.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/894/requerimento_no_230_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/895/requerimento_no_231_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/897/requerimento_no_232_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/898/requerimento_no_233_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/904/requerimento_no_234_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/905/requerimento_no_235_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/906/requerimento_no_236_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/907/requerimento_no_237_2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/908/requerimento_no_238_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/925/requerimento_no_239_2021_diego.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/909/requerimento_no_240_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/912/requerimento_no_241_2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/926/requerimento_no_244_2021_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1115/requerimento_no_245_2021_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/940/requerimento_no_247_2021_-ver.tatiana.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/973/requerimento_no_248_2021_tatiana.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/927/requerimento_no_249_2021_irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/941/requerimento_no_250_2021-ver.bento.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/928/requerimento_no_251_2021_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/942/requerimento_no_252_2021_-ver.antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1131/requerimento_no_253_2021_ver.antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1132/requerimento_no_254_2021_ver._antonio_filho_e_vera._tatiana.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/995/requerimento_no_256_2021_ver.diego.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/929/requerimento_no_257_2021_diego.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1080/req_0258-2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/930/requerimento_no_259_2021_franze_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/936/requerimento_no_260_2021_franze_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1053/requerimento_no_261_2021_ver_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/931/requerimento_no_262_2021_carlos_leandro.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/974/requerimento_no_263_2021_ver.leandro.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/932/requerimento_no_265_2021_edson_almeida.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/965/requerimento_no_266_2021_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/944/requerimento_no_267_2021_-ver.franze.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/945/requerimento_no_268_2021_-ver.leandro.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/946/requerimento_no_270_2021_-ver.rhenan.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/961/requerimento_no__272_2021_carlos_da_bodega.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/975/requerimento_no_273_2021_ver.carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/947/requerimento_no_274_2021_-ver.carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/948/requerimento_no_275_2021_-ver.carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/949/requerimento_no_277_2021_-ver.flavio.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/994/requerimento_no_278_2021_ver.carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/966/requerimento_no_281_2021_rhenan_do_posto.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/967/requerimento_no_282_2021_diego.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/968/requerimento_no_283_2021_rhenan_cavalcante.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/991/requerimento_no_284_2021_ver.antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/969/requerimento_no_285_2021_haroldo_a_saude.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/977/requerimento_no_288_2021_ver.valda.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1081/req_0290-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/978/requerimento_no_291_2021_ver.franze.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/980/requerimento_no_293_2021_ver.bento.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1007/requerimento_no_294_2021_ver._leandro.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/981/requerimento_no_296_2021_ver.flavio.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/982/requerimento_no_297_2021_ver.flavio.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/983/requerimento_no_298_2021_ver.rhenan.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/992/requerimento_no_299_2021_ver.tatiana.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/984/requerimento_no_300_2021_ver._carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/993/requerimento_no_301_2021_ver.carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1001/requerimento_no_302_2021_ver.rhenan.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1008/requerimento_no_303_2021_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1000/req_n._304_2021_rehnan_e_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1009/requerimento_no_305_2021_ver._edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1010/requerimento_no_306_2021_ver._rhenan.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1020/requerimento_no_307_2021_-_ver._rhenan.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1006/requerimento_n_308_2021_ver._bento.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1011/requerimento_no_309_2021_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1012/requerimento_no_310_2021_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1013/requerimento_no_311_2021_ver._luciano_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1021/requerimento_no_312_2021_-_ver._rhenan.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1026/requerimento_n_313_2021_ver_rhenan.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1027/requerimento_n_314_2021_ver_rhenan.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1144/req_no_0315-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1022/requerimento_no_318_2021_-_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1023/requerimento_no_319_2021_-_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1024/requerimento_no_320_2021_-_ver_haroldo.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1033/requerimento_no_321_2021_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1028/requerimento_n_322_2021_ver_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1094/323.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1034/requerimento_no_325_2021_ver._flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1029/requerimento_n_326_2021_ver_franze.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1030/requerimento_n_327_2021_ver_franze.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1031/requerimento_n_328_2021_ver_bento.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1054/requerimento_no_329_2021_ver_rhenan.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1032/requerimento_n_330_2021_ver_haroldo.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1039/requerimento_no_331_2021_ver_franze.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1040/requerimento_no_332_2021_ver_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1041/requerimento_no_333_2021_ver_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1082/req_0334-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1037/requerimento_n_335_2021_ver_bento.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1038/requerimento_n_337_2021_ver_carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1055/requerimento_no_338_2021_ver_franze.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1056/requerimento_no_339_2021_ver_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1057/requerimento_no_340_2021_ver_carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1058/requerimento_no_341_2021_ver_carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1068/requerimento_no_343_2021_ver_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1100/requerimento_no_344_2021_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1069/requerimento_no_345_2021_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1059/requerimento_no_346_2021_ver_haroldo.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1060/requerimento_no_347_2021_ver_haroldo.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1061/requerimento_no_348_2021_ver_tatiana.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1101/requerimento_no_349_2021_ver._tatiana.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1070/requerimento_no_351_2021_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1062/requerimento_no_352_2021_ver_edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1063/requerimento_no_353_2021_ver_edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1064/requerimento_no_354_2021_ver_franze.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1071/requerimento_no_355_2021_ver_carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1072/requerimento_no_356_2021_ver._carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1073/requerimento_no_357_2021_ver_valda.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1074/requerimento_no_358_2021_ver_valda.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1075/requerimento_no_359_2021_ver_valda.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1076/requerimento_no_360_2021_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1084/req_0362-2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1085/req_0363-2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1086/req_0364-2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1087/365.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1088/req_0366-2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1090/req_0368-2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1091/req_0369-2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1095/371.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1096/requerimento_no_372_2021_-_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1097/373.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1098/374.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1102/requerimento_no_375_2021_ver._carlos_eloy_e_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1103/requerimento_no_376_2021_ver._carlos_eloy_e_jose_flavio.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1104/requerimento_no_377_2021_ver._haroldo_e_ver._franze.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1105/requerimento_no_378_2021_ver._carlos_gomes_e_jose_flavio.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1106/requerimento_no_379_2021_ver._carlos_gomes_e_jose_flavio.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1107/requerimento_no_380_2021_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1116/requerimento_no_381_2021_ver._renan.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1108/requerimento_no_382_2021_ver._tatiana.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1117/requerimento_no_383_2021_ver._renan.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1109/requerimento_no_384_2021_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1110/requerimento_no_385_2021_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1118/requerimento_no_386_2021_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1133/requerimento_no_387_2021_ver.antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1119/requerimento_no_388_2021_ver._edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1120/requerimento_no_389_2021_luis_bento.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1121/requerimento_no_390_2021_luis_bento.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1122/requerimento_no_391_2021_jose_flavio.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1123/requerimento_no_392_2021_ver._carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1124/requerimento_no_393_2021_ver._franze.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1134/requerimento_no_394_2021_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1135/requerimento_no_395_2021_ver._edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1136/requerimento_no_397_2021_ver._antonio_filho_e_vera._tatiana.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1137/requerimento_no_398_2021_ver._diego.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1138/requerimento_no_399_2021_vers._haroldo_franze_tatiana_e_papinha.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1145/req_no_0402-2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1146/req_no_0403-2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1147/req_no_0405-2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1148/req_no_0406-2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1149/req_no_0407-2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1150/req_no_0408-2021.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1151/req_no_0409-2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1152/req_no_0410-2021.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1153/req_no_0411-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/959/parecer_previo_contas_governo_2015.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/889/pel_001-2021_revisao_geral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/920/pl_complementar_no_001_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/921/pl_complementar_no_002_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1045/plc_03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/714/pl_001-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/689/pl_002-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/690/pl_003-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/715/pl_004-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/732/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/733/pl_006-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/734/pl_007-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/735/projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/743/projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/757/projeto_de_lei_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/758/projeto_de_lei_no_011-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/759/projeto_de_lei_no_012-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/794/pl_0013-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/795/pl_014-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/796/pl_015-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/865/projeto_de_lei_no_019_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/813/pl_0020-2021_ldo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/832/pl_0023-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/833/pl_0024-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/834/pl_0027-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/835/pl_0028-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/847/projeto_de_lei_no_029_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/902/projeto_de_lei_no_030_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/884/projeto_de_lei_no_031_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/885/projeto_de_lei_32-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/887/projeto_de_lei_no_033_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/888/projeto_de_lei_no_034_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/886/projeto_de_lei_no_035_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/899/projeto_de_lei_no_036_2021_digitalizado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/901/projeto_de_lei_no_037_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/934/projeto_de_lei_no_038_2021_tatiana_leitura.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/913/pl_39-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/914/pl_40-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/915/pl_41-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/916/projeto_de_lei_no_042_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/917/pl43-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/918/projeto_de_lei_no_044_2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/922/projeto_de_lei_no_047_2021_carlos_gomes_leitura.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/996/projeto_de_lei_no_048_2021_ver._tatiana_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/923/projeto_de_lei_no_050_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/937/projeto_de_lei_no_051_2021_executivo-leitura.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/938/projeto_de_lei_no_052_2021_leitura_executivo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/952/mens._031_do_projeto_no_053_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/953/mens._32_do_projeto_no_054_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/954/mens._33_do_projeto_de_lei_no_055_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/955/mens._34_do_projeto_de_lei_no_056_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/956/mens._35_do_projeto_de_lei_no_057_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/957/mens._36_do_projeto_de_lei_no_058_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_no_059_2021_legislativo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/958/mens._37_do_projeto_de_lei_no_060_2021_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/971/projeto_de_lei_no_061_2021_ver._carlos_gomes_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/988/ppa_-_2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1003/projeto_de_lei_no_065_2021_poder_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1046/projeto_de_lei_no_066_2021_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1004/projeto_de_lei_no_067_2021__ver._diego_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1015/projeto_de_lei_no_068_2021_ver._carlos_eloy_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1025/projeto_de_lei_no_069_2021_poder_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_no_070_2021_ver_carlos_gomes_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1036/projeto_de_lei_no_073_2021_ver_carlos_eloy_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1047/projeto_de_lei_no_074_2021_ver_carlos_eloy_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1048/projeto_de_lei_no_075_2021_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1049/pl_0076-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1050/projeto_de_lei_no_077_2021_executivo_-_leitura_1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1051/projeto_de_lei_no_078_2021_executivo_-_leitura_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1066/pl_0079-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1067/pl_0080-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1079/pl_81.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1092/pl_083-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1093/pl_084-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1111/projeto_de_lei_no_085_2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1113/projeto_de_lei_no_086_2021-_poder_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1114/projeto_de_lei_no_087_2021-_poder_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1112/projeto_de_lei_no_089_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1127/pl_0093-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1128/pl_0095-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1139/pl_0097-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1129/pl_0098-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1154/pl_n._099_2021_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/814/pdl_01-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/691/pr_001-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/896/projeto_de_resolucao_n._002-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1005/pr_004-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1014/pr_005_2021_-_revisar.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1016/pr_006_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/692/ind_001-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/846/projeto_de_indicacao_no_002_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/862/projeto_de_indicacao_no_004_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/866/indicacao_no_006_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/837/ind_n._008-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/861/projeto_de_indicacao_011_2021_2.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_no_012_2021_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/935/indicacao_no_013_2021_tatiana_leitura_2.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/951/indicacao_no_015_2021_carlos_da_bodega.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1043/indicacao_no_016_2021_ver_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1044/indicacao_no_021_2021_ver_carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1065/ind_022-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1078/ind_023-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1142/ind_0025-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/713/req_001-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/716/req_002-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/694/rec_003-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/717/req_004-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/718/req_005-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/695/rec_006-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/696/rec_007-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/697/req_008-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/719/req_009-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/698/req_010-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/972/requerimento_no_012_2021_tatiana.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/848/requerimento_no_013_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/744/requerimento_016_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1017/requerimento_no_019_2021_-_ver_tatiana.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/903/requerimento_no_024_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/720/req_026-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/693/req_028-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/745/requerimento_029_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/699/req_030-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/700/rec_031-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/701/rec_032-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/746/requerimento_033_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/721/req__035-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/702/rec_036-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/722/req_038-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/736/requerimento_039_vereador_diego_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/737/requerimento_040_vereador_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/933/requerimento_no_041_2021_tatiana_1.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/864/requerimento_no_042_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1052/requerimento_no_044_2021_ver_tatiana.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/863/requerimento_no_045_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/723/req_049-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1018/requerimento_no_051_2021_-_ver_tatiana.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1143/req_no_0053-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1130/req_no_0059-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/780/req.062.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/747/requerimento_067_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/748/requerimento_068_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/703/req_069-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/704/rec_070-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/705/rec_071-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/724/req_072-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/706/rec_073-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/875/requerimento_no_074-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/707/req_075-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/708/rec_076-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/725/req_077-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/709/rec_078-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/710/rec_079-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/726/req_081-20211.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/712/req_082-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/727/requerimento_084_vereadora_val.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/749/requerimento_086_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/750/requerimento_089_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/838/req_0091-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/760/req.094-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/729/req_095-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/738/requerimento_097__vereador_getulio_vargas.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/739/requerimento_098_vereador_francisco_jose.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/781/req.099.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/782/req.100.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/740/requerimento_103_vereador_rhenan_cavalcante.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/761/req.104-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/762/req.106-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/751/requerimento_108_2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/939/requerimento_no_109_2021_-ver.diego.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/763/req.111-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1019/requerimento_no_112_2021_-_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/764/req.113-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/765/req.114-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/752/requerimento_115_2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/753/requerimento_116_2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/741/requerimento_117_vereador_edson_carlos.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/754/requerimento_118_2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/742/requerimento_119__vereador_carlos_leandro.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/766/req.120-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/783/req.121.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/755/requerimento_123_2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/756/requerimento_124_2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/867/requerimento_no_125_2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/767/req.126-2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/768/req.127-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/778/req_128-2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/769/req.129-2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/770/req.131-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/771/req.132-2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/772/req.133-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/773/req.135-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/774/req.136-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/775/req.137-2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/776/req.138-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/777/req.139-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/791/req_no_0146-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/797/req_149-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/839/req_0150-2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/812/req_0151_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/798/req_154-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/825/requerimento_no_155_2021_ver._getulio.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/799/req_156-2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/800/req_157-2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/801/req_158-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/802/req_159-2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/803/req_160-2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/804/req_161-2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/805/req_162-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/806/req_163-2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/807/req_164-2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/808/req_165-2021-1.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/809/req_0166-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/810/req_167-2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/890/requerimento_no_168_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/990/requerimento_no_171_2021_tatiana.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/997/req_no_0172-2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/828/req_no_0173-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/840/req_0174-2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/841/req_0179-2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/842/req_0180-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/843/req_0184-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/849/requerimento_no_185_2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/850/requerimento_no_186_2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/844/req_0187-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/851/requerimento_no_188_2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/845/req_0189-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/910/requerimento_no_190_2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/852/requerimento_no_191_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1099/requerimento_no_192_2021_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/853/requerimento_no_193_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/854/requerimento_no_194_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/855/requerimento_no_195_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/876/requerimento_no_196-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/970/requerimento_no_198_2021_tatiana.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/963/requerimento_no_199_2021_tatiana.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/856/requerimento_no_200_2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/857/requerimento_no_201_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/858/requerimento_no_203_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/859/requerimento_no_204_2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/860/requerimento_no_205_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/964/requerimento_no_206_2021_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/868/requerimento_no_207_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/869/requerimento_no_208_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/870/req_no_0209-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/871/requerimento_no_210_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/874/requerimento_no_213_2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/877/requerimento_no_214-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/878/requerimento_no_215-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/879/requerimento_no_216-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/880/requerimento_no_217-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/881/requerimento_no_218-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/882/requerimento_no_220-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/891/requerimento_no_221_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/883/requerimento_no_222-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1002/requerimento_n_224_2021-ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/892/requerimento_no_225_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/893/requerimento_no_226_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/924/requerimento_no_229_2021_rhenan.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/894/requerimento_no_230_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/895/requerimento_no_231_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/897/requerimento_no_232_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/898/requerimento_no_233_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/904/requerimento_no_234_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/905/requerimento_no_235_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/906/requerimento_no_236_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/907/requerimento_no_237_2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/908/requerimento_no_238_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/925/requerimento_no_239_2021_diego.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/909/requerimento_no_240_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/912/requerimento_no_241_2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/926/requerimento_no_244_2021_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1115/requerimento_no_245_2021_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/940/requerimento_no_247_2021_-ver.tatiana.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/973/requerimento_no_248_2021_tatiana.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/927/requerimento_no_249_2021_irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/941/requerimento_no_250_2021-ver.bento.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/928/requerimento_no_251_2021_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/942/requerimento_no_252_2021_-ver.antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1131/requerimento_no_253_2021_ver.antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1132/requerimento_no_254_2021_ver._antonio_filho_e_vera._tatiana.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/995/requerimento_no_256_2021_ver.diego.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/929/requerimento_no_257_2021_diego.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1080/req_0258-2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/930/requerimento_no_259_2021_franze_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/936/requerimento_no_260_2021_franze_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1053/requerimento_no_261_2021_ver_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/931/requerimento_no_262_2021_carlos_leandro.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/974/requerimento_no_263_2021_ver.leandro.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/932/requerimento_no_265_2021_edson_almeida.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/965/requerimento_no_266_2021_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/944/requerimento_no_267_2021_-ver.franze.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/945/requerimento_no_268_2021_-ver.leandro.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/946/requerimento_no_270_2021_-ver.rhenan.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/961/requerimento_no__272_2021_carlos_da_bodega.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/975/requerimento_no_273_2021_ver.carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/947/requerimento_no_274_2021_-ver.carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/948/requerimento_no_275_2021_-ver.carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/949/requerimento_no_277_2021_-ver.flavio.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/994/requerimento_no_278_2021_ver.carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/966/requerimento_no_281_2021_rhenan_do_posto.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/967/requerimento_no_282_2021_diego.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/968/requerimento_no_283_2021_rhenan_cavalcante.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/991/requerimento_no_284_2021_ver.antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/969/requerimento_no_285_2021_haroldo_a_saude.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/977/requerimento_no_288_2021_ver.valda.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1081/req_0290-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/978/requerimento_no_291_2021_ver.franze.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/980/requerimento_no_293_2021_ver.bento.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1007/requerimento_no_294_2021_ver._leandro.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/981/requerimento_no_296_2021_ver.flavio.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/982/requerimento_no_297_2021_ver.flavio.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/983/requerimento_no_298_2021_ver.rhenan.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/992/requerimento_no_299_2021_ver.tatiana.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/984/requerimento_no_300_2021_ver._carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/993/requerimento_no_301_2021_ver.carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1001/requerimento_no_302_2021_ver.rhenan.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1008/requerimento_no_303_2021_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1000/req_n._304_2021_rehnan_e_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1009/requerimento_no_305_2021_ver._edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1010/requerimento_no_306_2021_ver._rhenan.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1020/requerimento_no_307_2021_-_ver._rhenan.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1006/requerimento_n_308_2021_ver._bento.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1011/requerimento_no_309_2021_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1012/requerimento_no_310_2021_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1013/requerimento_no_311_2021_ver._luciano_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1021/requerimento_no_312_2021_-_ver._rhenan.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1026/requerimento_n_313_2021_ver_rhenan.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1027/requerimento_n_314_2021_ver_rhenan.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1144/req_no_0315-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1022/requerimento_no_318_2021_-_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1023/requerimento_no_319_2021_-_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1024/requerimento_no_320_2021_-_ver_haroldo.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1033/requerimento_no_321_2021_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1028/requerimento_n_322_2021_ver_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1094/323.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1034/requerimento_no_325_2021_ver._flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1029/requerimento_n_326_2021_ver_franze.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1030/requerimento_n_327_2021_ver_franze.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1031/requerimento_n_328_2021_ver_bento.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1054/requerimento_no_329_2021_ver_rhenan.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1032/requerimento_n_330_2021_ver_haroldo.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1039/requerimento_no_331_2021_ver_franze.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1040/requerimento_no_332_2021_ver_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1041/requerimento_no_333_2021_ver_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1082/req_0334-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1037/requerimento_n_335_2021_ver_bento.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1038/requerimento_n_337_2021_ver_carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1055/requerimento_no_338_2021_ver_franze.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1056/requerimento_no_339_2021_ver_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1057/requerimento_no_340_2021_ver_carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1058/requerimento_no_341_2021_ver_carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1068/requerimento_no_343_2021_ver_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1100/requerimento_no_344_2021_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1069/requerimento_no_345_2021_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1059/requerimento_no_346_2021_ver_haroldo.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1060/requerimento_no_347_2021_ver_haroldo.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1061/requerimento_no_348_2021_ver_tatiana.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1101/requerimento_no_349_2021_ver._tatiana.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1070/requerimento_no_351_2021_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1062/requerimento_no_352_2021_ver_edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1063/requerimento_no_353_2021_ver_edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1064/requerimento_no_354_2021_ver_franze.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1071/requerimento_no_355_2021_ver_carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1072/requerimento_no_356_2021_ver._carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1073/requerimento_no_357_2021_ver_valda.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1074/requerimento_no_358_2021_ver_valda.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1075/requerimento_no_359_2021_ver_valda.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1076/requerimento_no_360_2021_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1084/req_0362-2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1085/req_0363-2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1086/req_0364-2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1087/365.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1088/req_0366-2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1090/req_0368-2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1091/req_0369-2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1095/371.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1096/requerimento_no_372_2021_-_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1097/373.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1098/374.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1102/requerimento_no_375_2021_ver._carlos_eloy_e_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1103/requerimento_no_376_2021_ver._carlos_eloy_e_jose_flavio.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1104/requerimento_no_377_2021_ver._haroldo_e_ver._franze.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1105/requerimento_no_378_2021_ver._carlos_gomes_e_jose_flavio.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1106/requerimento_no_379_2021_ver._carlos_gomes_e_jose_flavio.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1107/requerimento_no_380_2021_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1116/requerimento_no_381_2021_ver._renan.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1108/requerimento_no_382_2021_ver._tatiana.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1117/requerimento_no_383_2021_ver._renan.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1109/requerimento_no_384_2021_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1110/requerimento_no_385_2021_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1118/requerimento_no_386_2021_antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1133/requerimento_no_387_2021_ver.antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1119/requerimento_no_388_2021_ver._edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1120/requerimento_no_389_2021_luis_bento.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1121/requerimento_no_390_2021_luis_bento.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1122/requerimento_no_391_2021_jose_flavio.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1123/requerimento_no_392_2021_ver._carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1124/requerimento_no_393_2021_ver._franze.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1134/requerimento_no_394_2021_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1135/requerimento_no_395_2021_ver._edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1136/requerimento_no_397_2021_ver._antonio_filho_e_vera._tatiana.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1137/requerimento_no_398_2021_ver._diego.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1138/requerimento_no_399_2021_vers._haroldo_franze_tatiana_e_papinha.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1145/req_no_0402-2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1146/req_no_0403-2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1147/req_no_0405-2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1148/req_no_0406-2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1149/req_no_0407-2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1150/req_no_0408-2021.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1151/req_no_0409-2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1152/req_no_0410-2021.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2021/1153/req_no_0411-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H462"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="217.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>