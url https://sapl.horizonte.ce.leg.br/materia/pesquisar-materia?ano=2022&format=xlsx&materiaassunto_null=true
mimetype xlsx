--- v0 (2026-01-30)
+++ v1 (2026-03-20)
@@ -54,3690 +54,3690 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>PPV</t>
   </si>
   <si>
     <t>Parecer Prévio do Tribunal de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado do Ceará</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1312/parecer_previo_0055-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1312/parecer_previo_0055-2022.pdf</t>
   </si>
   <si>
     <t>Aprova com Ressalvas as Contas de Governo do Município de Horizonte do exercício financeiro de 2018 de responsabilidade do Ex-Prefeito Municipal Francisco César de Sousa.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Nezinho Farias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1165/plc_0001-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1165/plc_0001-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a compensação de débitos e créditos entre o Município de Horizonte e os contribuintes e dá outras providencias.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1267/plc_001-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1267/plc_001-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Regime de Previdência Complementar no Munícipio de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Carlos da Bodega, Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1198/pl_0001-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1198/pl_0001-2022.pdf</t>
   </si>
   <si>
     <t>Denomina de Gilberto Nogueira Lopes o Terminal Rodoviário no centro de Horizonte/CE, na forma que indica, e adota outras providências.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1155/pl_0002-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1155/pl_0002-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Organizacional da Câmara Municipal de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1204/pl_0006-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1204/pl_0006-2022.pdf</t>
   </si>
   <si>
     <t>Denomina os Equipamentos Públicos, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1156/pl_0008-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1156/pl_0008-2022.pdf</t>
   </si>
   <si>
     <t>Altera o anexo IV da Lei Municipal 1.466/2021 que dispõe sobre a Restruturação do Plano de Cargos, Carreiras e Remuneração dos Servidores de Provimento Efetivo da Câmara Municipal de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1166/pl_0009-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1166/pl_0009-2022.pdf</t>
   </si>
   <si>
     <t>Institui o regulamento disciplinar da guarda municipal de horizonte criada pela lei complementar nº 3, de 1º de novembro de 2011 e dá outras providências.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1167/pl_0010-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1167/pl_0010-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o estabelecimento de cotas raciais para o ingresso de negros e quilombolas, no serviço público municipal em cargos e dá outras providências.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1168/pl_0011-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1168/pl_0011-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a modernização do serviço de transporte individual de passageiros em veículos providos de taxímetro no município de horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1169/pl_0012-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1169/pl_0012-2022.pdf</t>
   </si>
   <si>
     <t>Disciplina no município de horizonte o serviço de moto táxi e dá outras providências.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1170/pl_0013-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1170/pl_0013-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão ao patrimônio público do município de Horizonte, do imóvel doado ao instituto Laudetis Dominis de ensino superior LTDA - FATHOR e dá outras providências.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1171/pl_0014-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1171/pl_0014-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão ao patrimônio público do município de Horizonte, do imóvel doado ao Industrial e Comercial de Produtos de Limpeza e Alimentos LTDA dá outras providências.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1196/pl_0015-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1196/pl_0015-2022.pdf</t>
   </si>
   <si>
     <t>Proíbe o manuseio, utilização, queima e solto de fogos e quaisquer artefatos pirotécnicos de efeito sonoro ruidoso no Município de Horizonte, e dá outras providências.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1172/pl_0017-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1172/pl_0017-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Patrulha Maria da Penha no município de Horizonte e de outras providencias.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1197/pl_0018-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1197/pl_0018-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão ao Patrimônio Público do Município de Horizonte, do Imóvel doado a Lucas Goulart Holanda - ME e dá outras providências.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1205/pl_020-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1205/pl_020-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Inclusão digital "Tablet na Escola" aos professores e estudantes da Rede Pública Municipal de Ensino de Horizonte e dá outras providências;</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1206/pl_021-20221.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1206/pl_021-20221.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito adicional especial ao vigente orçamento fiscal e dá outras providências.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1243/pl_0026-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1243/pl_0026-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a conceder termos de permissão de uso precário dos espaços públicos na Praça do Artesão no Município de Horizonte, e dá outras providências.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1244/pl_0027-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1244/pl_0027-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contribuir anualmente com Entidade de Participação Associativa Oficial - Colegiado dos Gestores Municipais de Assistência Social (COEGEMAS) - e dá outras providências.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1245/pl_0028-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1245/pl_0028-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, prestar garantias e dá outras providências.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1240/projeto_de_lei_no_029_2022_ver._tatiana_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1240/projeto_de_lei_no_029_2022_ver._tatiana_-_leitura.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios, parâmetros e diretrizes para a construção da "Rede de atendimento integrado as mulheres em situação de violência" no municipio de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1246/pl_0030-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1246/pl_0030-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Plano Pela Primeira Infância no Municipio de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1256/projeto_de_lei_no_031_2022_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1256/projeto_de_lei_no_031_2022_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste salarial dos profissionais do magistério do Município de Horizonte/Ce, e adota outras providências.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1257/projeto_de_lei_no_032_2022_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1257/projeto_de_lei_no_032_2022_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do valor do Salário Mínimo dos Servidores Públicos Municipais de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1258/projeto_de_lei_no_033_2022_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1258/projeto_de_lei_no_033_2022_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Concede reajuste na tabela vencimental do anexo II da Lei Nº 1.353, de 18 de março de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1259/projeto_de_lei_no_034_2022_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1259/projeto_de_lei_no_034_2022_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Concede reajuste na tabela vencimental do anexo III da Lei n. 1.417, de 25 de junho de 2021, altera a Lei n. 1.336, de 24 de janeiro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1260/pl_0036-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1260/pl_0036-2022.pdf</t>
   </si>
   <si>
     <t>Denomina o Equipamento Público, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1276/pl_0037-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1276/pl_0037-2022.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do Bairro Catolé neste município, na forma que indica.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1287/projeto_de_lei_no_040_2022_ver.a_tatiana_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1287/projeto_de_lei_no_040_2022_ver.a_tatiana_-_leitura.pdf</t>
   </si>
   <si>
     <t>Denomina as vias públicas de Queimadas na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1304/pl_0041-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1304/pl_0041-2022.pdf</t>
   </si>
   <si>
     <t>Denomina as vias públicas do Planalto da Galileia na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1285/projeto_de_lei_no_042_2022_ver.carlos_gomes_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1285/projeto_de_lei_no_042_2022_ver.carlos_gomes_-_leitura.pdf</t>
   </si>
   <si>
     <t>Denomina rua do Loteamento no Centro conforme a planta urbana do município na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/</t>
   </si>
   <si>
     <t>Denomina rua do Bairro Mangueiral conforme a planta urbana do município na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1290/projeto_de_lei_no_045_2022_-_ver._carlos_gomes_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1290/projeto_de_lei_no_045_2022_-_ver._carlos_gomes_-_leitura.pdf</t>
   </si>
   <si>
     <t>Denomina Rua do Bairro Malcozinhado, loteamento Vila Horizonte I conforme a planta urbana do município e dá outras providências.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1291/pl_0046-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1291/pl_0046-2022.pdf</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1301/pl_0047-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1301/pl_0047-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de patrocínio pela administração direta do Município de Horizonte, e dá outras providências.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1302/pl_0048-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1302/pl_0048-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao vigente orçamento fiscal e dá outras providências.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1303/pl_0049-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1303/pl_0049-2022.pdf</t>
   </si>
   <si>
     <t>Institui o processo de avaliação da aprendizagem de Horizonte - Aprend Horizonte - A Ser aplicado nas turmas de estudantes do ensino fundamental, anos inicias e finais nas escolas públicas do sistema de ensino de Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1354/pl_050-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1354/pl_050-2022.pdf</t>
   </si>
   <si>
     <t>Estabelece a lei de diretrizes orçamentárias - LDO para o Exercício Financeiro de 2023, na forma que indica.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1313/pl_0051-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1313/pl_0051-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar parte do imóvel que indica e adota outras providências.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1361/pl_052-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1361/pl_052-2022.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do bairro Vertente Distrito de Dourado conforme a planta urbana do município na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1338/pl_0053-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1338/pl_0053-2022.pdf</t>
   </si>
   <si>
     <t>O Chefe do Poder Executivo através dos Órgãos da Administração Pública do Município de Horizonte, autoriza a instituir o Programa Municipal Qualifica Horizonte e a Bolsa-Qualifica e dá outras providências.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1339/pl_0054-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1339/pl_0054-2022.pdf</t>
   </si>
   <si>
     <t>Institui o regulamento disciplinar da Guarda Municipal de Horizonte criada pela Lei Complementar nº 3 de 1º de Novembro de 2011 e dá outras providências.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1340/pl_055-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1340/pl_055-2022.pdf</t>
   </si>
   <si>
     <t>Estabelece o Programa Municipal de Reintegração Fiscal dos Cidadãos-Contribuintes do Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1363/pl_056-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1363/pl_056-2022.pdf</t>
   </si>
   <si>
     <t>Denomina as vias públicas do Alto Alegre na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1367/pl_057-20221.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1367/pl_057-20221.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a modificarão de dispositivos da Lei n. 1.417, de 25 de junho de 2021, alterada pela Lei n. 1.483, de 24 de março de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1368/pl_058-20221.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1368/pl_058-20221.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação e definição de critérios de concessão e de incidência de contribuição previdenciária da gratificação de regência de classe e adota outras providências.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1375/projeto_de_lei_no_059_2022_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1375/projeto_de_lei_no_059_2022_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Autoriza o pagamento em parcela única aos trabalhadores e profissionais da atenção primária à saúde do Município de Horizonte, e dá outras providências.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1376/projeto_de_lei_no_060_2022_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1376/projeto_de_lei_no_060_2022_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do piso salarial na circunscrição do Município de Horizonte dos Agentes Comunitários de Saúde (ACS) e Agentes de Combate às Endemias (ACE) e adota outras providências.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1381/projeto_de_lei_no_062_2022_executivo_leitura_1.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1381/projeto_de_lei_no_062_2022_executivo_leitura_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da nomenclatura do cargo de provimento efetivo de vigia no serviço publico municipal e da outras providências.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1382/pl_063-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1382/pl_063-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Autarquia Municipal de Meio Ambiente de Horizonte (AMMAH) e adota outras providências.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1383/pl_064-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1383/pl_064-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de credito adicional especial ao vigente orçamento fiscal e da outras providencias.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1387/projeto_de_lei_no_065_2022_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1387/projeto_de_lei_no_065_2022_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização do Poder Legislativo para concessão de bem imóvel público no Município de Horizonte mediante termo de cessão de uso a Companhia de Água e Esgoto do Ceara (CAGECE) e dá outras providências.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1398/pl_066-2022c.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1398/pl_066-2022c.pdf</t>
   </si>
   <si>
     <t>Estabelece incentivos fiscais aos empreendimentos inclusos no Programa Casa Verde e Amarela, realizados no Município de Horizonte..</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1384/projeto_de_lei_no_067_2022_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1384/projeto_de_lei_no_067_2022_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe a instituição do incentivo variável por desempenho do Programa Previne Brasil e da outras providências.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1385/projeto_de_lei_no_068_2022_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1385/projeto_de_lei_no_068_2022_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Concede Gratificação de Engajamento nas Atividades de Transito (GEAT), aos Agentes Municipais de Trânsito e Transporte e dá outras providências.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1392/pl_069-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1392/pl_069-2022.pdf</t>
   </si>
   <si>
     <t>Denomina de Mauro Martins do Nascimento, a avenida do Planalto Horizonte na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1395/pl_071-20221.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1395/pl_071-20221.pdf</t>
   </si>
   <si>
     <t>Concede gratificação de engajamento nas atividades de trânsito - GEAT, aos agentes municipais de trânsito e transporte e dá outras providências.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1401/pl_073-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1401/pl_073-2022.pdf</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1403/projeto_de_lei_no_074_2022_executivo_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1403/projeto_de_lei_no_074_2022_executivo_-_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a modernização do serviço de transporte individual de passageiros em veículos providos de taxímetro no Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1404/projeto_de_lei_no_075_2022_executivo_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1404/projeto_de_lei_no_075_2022_executivo_-_leitura.pdf</t>
   </si>
   <si>
     <t>Disciplina no Município de Horizonte o serviço de Mototáxi e dá outras providências.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1405/pl_076-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1405/pl_076-2022.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Henrique Almeida Lemos uma via do Bairro Buenos Aires II conforme a planta urbana do Município na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Adriana Silveira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1414/pl_077-20221.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1414/pl_077-20221.pdf</t>
   </si>
   <si>
     <t>Denominado de Fatima Silveira Silva o Centro de Imagens localizado no Hospital Venâncio Raimundo de Sousa, na forma que indica e da outras providencias.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1415/pl_078-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1415/pl_078-2022.pdf</t>
   </si>
   <si>
     <t>Estabelece o auxilio financeiro em decorrência de serviço voluntario nos termos da Lei Nacional n. 9.608 de 18 fevereiro 1998 e da outras providencias</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1417/pl_079-20221.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1417/pl_079-20221.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao vigente orçamento fiscal e dá outras providências. (R$ 22.700,00)</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1418/pl_080-20221.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1418/pl_080-20221.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do bairro Centro de Horizonte, na forma que indica</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1419/pl_081-20221.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1419/pl_081-20221.pdf</t>
   </si>
   <si>
     <t>Estabelece a desafetação de bem publico e autoriza doação  Vulcabras- CE, Calcados e artigos Esportivos S/A e da outras providencias</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1421/pl_82-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1421/pl_82-2022.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Horizonte para o exercício financeiro de 2023, na forma que indica.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1426/pl_0083-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1426/pl_0083-2022.pdf</t>
   </si>
   <si>
     <t>Denomina de Manoel Venâncio Sousa a via pública que liga a Rodovia Santos Dumont (BR 116) à Av. Presidente Castelo Branco, na forma que indica.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1427/pl_0084-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1427/pl_0084-2022.pdf</t>
   </si>
   <si>
     <t>Denomina de Francisco Pereira da Silva a Areninha localizada na Rua Neu Venâncio, no bairro da Lagoinha, na forma que indica.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1436/pl_085-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1436/pl_085-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização urbanistica dos imóveis situados no território no Municipio de Horizonte.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1443/86.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1443/86.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Horizonte a conceder auxílio aluguel a pacientes atendidos pelo Serviço de Atenção Domiciliar (SAD) e dá outras providências.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1374/pdl_001-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1374/pdl_001-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre julgamento do parecer do TCE, que aprovou as contas de Governo do Gestor Francisco César de Sousa, referente exercício 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1173/pr_0001-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1173/pr_0001-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Código de Ética e Decoro Parlamentar da Câmara Municipal de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1229/ind_0002-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1229/ind_0002-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar a regularização Fundaria dos imóveis dos conjuntos habitacionais e populares doado pela gestão municipal em parceria com o Fundo de Combate à Pobreza (FECOP).</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1300/indicacao_no_003_2022_-_ver._anto_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1300/indicacao_no_003_2022_-_ver._anto_filho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a campanha para redução do uso de copos plásticos descartáveis nos Órgãos e Repartições da Administração Pública Direta e Indireta do Município de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Antônio Filho, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Franzé do Hospital, Getúlio Vargas, Haroldo da Saúde, Irmão Bento, Leandro Lima, Luciano Pinheiro, Renan do Posto Coluna, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1164/ind_0004-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1164/ind_0004-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento de uniformes e matérias escolares para os alunos da educação infantil  e fundamental ( da Creche ao 9° ano) na Rede Publica Municipal de ensino de Horizonte.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1200/ind_0005-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1200/ind_0005-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Patrulha Maria da Penha no município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Antônio Filho, Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1242/indicacao_no_006_2022_vera._tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1242/indicacao_no_006_2022_vera._tatiana.pdf</t>
   </si>
   <si>
     <t>Institui critérios, parâmetros e diretrizes para constituição da "Rede de Atendimento Integrado à Mulher em Situação de Violência" no municipio de Horizonte.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>Antônio Filho, Edson Papinha, Franzé do Hospital, Getúlio Vargas, Haroldo da Saúde, Irmão Bento, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1275/ind_008-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1275/ind_008-2022.pdf</t>
   </si>
   <si>
     <t>Institui benefícios tributários relacionados ao programa Casa Verde Amarela, instituído pela Lei Nº 41.481/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1289/indicacao_no_009_2022_ver.a_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1289/indicacao_no_009_2022_ver.a_tatiana.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da profissão doula no município de Horizonte.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1362/ind_0011-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1362/ind_0011-2022.pdf</t>
   </si>
   <si>
     <t>Institui o programa de Inclusão Social, destinado à concessão de bolsas de estudo.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>Carlos da Bodega, Carlos Eloy, Adriana Silveira, Getúlio Vargas, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1399/ind_0012-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1399/ind_0012-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Gratificação de Incentivo à Proteção de Bens e Serviços Municipais (GIPBSM) - aos servidores públicos municipais que compõem a Guarda Municipal de Horizonte.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1435/ind_014-20221.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1435/ind_014-20221.pdf</t>
   </si>
   <si>
     <t>Institui o Ensino de Libras na Rede Municioal de Educação do Municipio de Horizonte.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Antônio Filho, Edson Papinha, Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1157/req_no_0001-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1157/req_no_0001-2022.pdf</t>
   </si>
   <si>
     <t>Requer um projeto de Lei Complementar ao atual código tributário para redução de alíquota de ISS e IPTU, na forma que indica, em virtude do momento econômico, neste municipio por um período de cinco meses.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>Antônio Filho, Edson Papinha, Haroldo da Saúde, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1158/req_no_0002-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1158/req_no_0002-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a criação de um fundo financeiro para a doação de material de construção para as famílias que se encontram em situação de vulnerabilidade social e não dispõe de casa própria.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1207/requerimento_no_005_2022_ver._antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1207/requerimento_no_005_2022_ver._antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a construção de uma praça com parque infantil na comunidade de Área Verde(Catolé).</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1247/req_no_0009-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1247/req_no_0009-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a extensão da rede elétrica em diversas ruas do Bairro Catolé.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1208/requerimento_no_015_2022_vera_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1208/requerimento_no_015_2022_vera_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer restauração da Praça pública, a construção de um chafariz e a ampliação da rede de iluminação no Conjunto Habitacional Alto da Boa Vista no Distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1328/req_no_0016-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1328/req_no_0016-2022.pdf</t>
   </si>
   <si>
     <t>Requer doação do prédio da antiga creche para a Sede da Associação dos Remanescentes de Quilombos de Alto Alegre (Arqua) em Alto Alegre, Distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Antônio Filho, Carlos da Bodega, Getúlio Vargas, Haroldo da Saúde, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1159/req_no_0020-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1159/req_no_0020-2022.pdf</t>
   </si>
   <si>
     <t>Requer a iluminação pública do viaduto de BR-116 e da avenida que liga o mesmo a avenida Presidente Castelo Branco, neste município.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Antônio Filho, Getúlio Vargas, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1209/requerimento_no_023_2022_vera_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1209/requerimento_no_023_2022_vera_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de Célula de Proteção Comunitária nos Distritos de Queimadas, Aningas, Dourado e sede com vídeo monitoramento na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Carlos da Bodega, Carlos Eloy, Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1202/req_no_0025-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1202/req_no_0025-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parta da gestão municipal a Pavimentação asfáltica de logradouros situados no bairro Zumbi, neste municipio.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>Antônio Filho, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1230/req_no_0026-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1230/req_no_0026-2022.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilização do teste gratuito para COVID-19 nas Unidades básicas de saúde (UBS) do município; e a extensão no horário de atendimento médico nas seguintes UBS: Catolé, Queimadas, Planalto Horizonte w Buenos Aires I e II na forma que indica.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1174/req_no_0027-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1174/req_no_0027-2022.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca no Bairro Planalto da Galiléia na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>Irmão Bento, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1160/req_no_0029-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1160/req_no_0029-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação Asfáltica da Rua Jose Edgledson da Silva Nunes, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1210/requerimento_no_031_2022_ver._carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1210/requerimento_no_031_2022_ver._carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca e asfáltica em rua do bairro Bicudo, Distrito de Dourado, neste município.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>Antônio Filho, Getúlio Vargas, Irmão Bento, Leandro Lima, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1211/requerimento_no_033_2022_coletivo_vereadores.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1211/requerimento_no_033_2022_coletivo_vereadores.pdf</t>
   </si>
   <si>
     <t>Requer a criação de um sistema virtual de pré-matrícula para rede pública municipal e estadual de ensino, neste município.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1161/req_no_0036-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1161/req_no_0036-2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado a pavimentação asfáltica da rua Antônio Josely Belchior no Bairro Zumbi.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1162/req_no_0037-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1162/req_no_0037-2022.pdf</t>
   </si>
   <si>
     <t>Requer redutores de velocidade na rua Maria da Conceição na localidade de Picapau,</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Carlos da Bodega, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1175/req_no_0038-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1175/req_no_0038-2022.pdf</t>
   </si>
   <si>
     <t>Requer da prefeitura a volta da doação de matérias de construção para as famílias carentes do município na forma que indica.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1176/req_no_0039-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1176/req_no_0039-2022.pdf</t>
   </si>
   <si>
     <t>Requer da prefeitura a volta da doação da carteira de habilitação para as pessoas carentes do município na forma que indica.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>Diego Pinheiro, Carlos da Bodega, Edson Papinha, Flávio da Coelce, Luciano Pinheiro, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1163/req_no_0040-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1163/req_no_0040-2022.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação Asfáltica das principais ruas e comunidades dos Distritos de Dourado e Aningas na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1177/req_no_0041-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1177/req_no_0041-2022.pdf</t>
   </si>
   <si>
     <t>Requer Pavimentação Asfáltica com Drenagem na referida Rua localizada no bairro Diadema na forma que indica.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1212/requerimento_no_043_2022_ver._edson_papinha.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1212/requerimento_no_043_2022_ver._edson_papinha.pdf</t>
   </si>
   <si>
     <t>Requer revitalização da praça de Coqueiros, incluindo uma "brinquedopraça" e academia de saúde.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Edson Papinha, Antônio Filho, Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1178/req_no_0044-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1178/req_no_0044-2022.pdf</t>
   </si>
   <si>
     <t>Requer construção do Parque Ecológico de Coqueiros.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>Irmão Bento, Antônio Filho, Franzé do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1179/req_no_0045-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1179/req_no_0045-2022.pdf</t>
   </si>
   <si>
     <t>Requer a exclusão da taxa de emissão da segunda via do RG, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1180/requerimento_no_046_2022_ver._rhenan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1180/requerimento_no_046_2022_ver._rhenan.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca, das Ruas do bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1181/req_no_0047-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1181/req_no_0047-2022.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e ampliação do antigo prédio da CEI Eufrazina Martins dos Santos na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1182/req_no_0048-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1182/req_no_0048-2022.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e ampliação do prédio da Escola Maria Pinheiro da Silva na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>Getúlio Vargas, Antônio Filho, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1183/req_no_0049-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1183/req_no_0049-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação Asfáltica das Ruas Hélio Bezerra e Paulino Pereira localizados no bairro Buenos Aires Il, neste município.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1184/req_no_0050-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1184/req_no_0050-2022.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da escola José Aldemir da silva, localizado no bairro Planalto Horizonte, neste município.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>Carlos da Bodega, Antônio Filho, Getúlio Vargas, Irmão Bento, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1185/req_no_0051-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1185/req_no_0051-2022.pdf</t>
   </si>
   <si>
     <t>Requer da Prefeitura doação de cadernos, lápis e canetas  para os alunos da educação infantil (CEI) e ensino fundamental da rede pública municipal de Horizonte.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1186/requerimento_no_052_2022_jose_flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1186/requerimento_no_052_2022_jose_flavio.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza da parte superior do Canal do Trabalhador e logradouro adjacente, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>Carlos Eloy, Antônio Filho, Carlos da Bodega, Getúlio Vargas, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1187/req_no_0053-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1187/req_no_0053-2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja construído uma “Areninha” no Bairro Pica — Pau, neste município.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>Antônio Filho, Carlos Eloy, Carlos da Bodega, Getúlio Vargas, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1188/req_no_0054-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1188/req_no_0054-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a doação de tablets para alunos e professores da rede pública do município de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>Valda, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1195/req_no_0055-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1195/req_no_0055-2022.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da Escola Raimundo Domingos de Sousa e da Quadra Amaro Luiz Crispim no bairro Córrego das Quintas, na forma que indica.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>Leandro Lima, Carlos da Bodega, Getúlio Vargas</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1213/requerimento_no_057_2022_ver._leandro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1213/requerimento_no_057_2022_ver._leandro.pdf</t>
   </si>
   <si>
     <t>Requer o retorno das aulas do cursinho pré-vestibular de forma presencial neste município.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>Carlos da Bodega, Irmão Bento, Luciano Pinheiro, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1194/req_no_0068-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1194/req_no_0068-2022.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica de ruas do Bairro Diadema - Horizonte na forma que indica.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1214/requerimento_no_069_2022_ver.carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1214/requerimento_no_069_2022_ver.carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da rua Cícero Brindeiro no Bairro Vertente.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Carlos da Bodega, Antônio Filho, Irmão Bento, Luciano Pinheiro, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1193/req_no_0070-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1193/req_no_0070-2022.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um Posto de Saúde (PSF) no Bairro do Picapau.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1192/req_no_0071-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1192/req_no_0071-2022.pdf</t>
   </si>
   <si>
     <t>Requer drenagem para a Rua Américo Evaristo, em frente ao numero cento e seis(106), Rua Paralela com Maria Tamires, Bairro Diadema.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1215/requerimento_no_072_2022_ver._irmao_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1215/requerimento_no_072_2022_ver._irmao_bento.pdf</t>
   </si>
   <si>
     <t>Requer quebra molas para a Rua Jose Alci Pinheiro Mendes no bairro diadema II, neste município.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1191/req_no_0074-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1191/req_no_0074-2022.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca, da Rua Paulino Neto de Sousa no Distrito Industrial, neste município.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>Luciano Pinheiro, Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1201/req_no_0075-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1201/req_no_0075-2022.pdf</t>
   </si>
   <si>
     <t>Requer instalação de Poço Profundo e ampliação de abastecimento de água em ruas do bairro Canavieira dos Pinheiros, na forma que indica.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1216/requerimento_no_079_2022_ver._irmao_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1216/requerimento_no_079_2022_ver._irmao_bento.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica para as seguintes Ruas Francisco Clenilson, Raimundo Feliciano Eduardo Moreira, José Alcir Pinheiro Mendes, Francisco Onofre, Rua Paraibano , Gilberto Gomes, Professora Ozelia Costa Oliveira, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>Edson Papinha, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1190/req_no_0083-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1190/req_no_0083-2022.pdf</t>
   </si>
   <si>
     <t>Requer instalação de um espaço denominado PlayPet, nas principais praças do Município de Horizonte.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1217/requerimento_no_084_2022_vera._valda.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1217/requerimento_no_084_2022_vera._valda.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca de ruas do distrito do Dourado, na forma que indica.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1218/requerimento_no_085_2022_vera._valda.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1218/requerimento_no_085_2022_vera._valda.pdf</t>
   </si>
   <si>
     <t>Requer reforma e a ampliação do Mercado Publico de Dourado na forma que indica.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Diego Pinheiro, Carlos da Bodega, Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1189/req_no_0099-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1189/req_no_0099-2022.pdf</t>
   </si>
   <si>
     <t>Requer a afoção de medidas que tragam melhorias na cobertura de telefonia fixa e móvel no Distrito de Aningas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Antônio Filho, Irmão Bento, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1219/requerimento_no_100_2022_ver._antonio_filho_tatiana_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1219/requerimento_no_100_2022_ver._antonio_filho_tatiana_bento.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal de Horizonte-Ceará que seja incluído a divulgação do número telefônico 180 Central de Atendimento à Mulher em todas as correspondências impressas e ou virtuais e meios de comunicação na forma que indica.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1203/req_no_0102-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1203/req_no_0102-2022.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca da Rua Sagrada Familia, na localidade de Tanques, neste município.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1248/req_no_0103-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1248/req_no_0103-2022.pdf</t>
   </si>
   <si>
     <t>Requer Reforma do Centro de Educação Infantil Dona Sinhá no Bairro Dourado e do espaço dos brinquedos, na forma que indica.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1231/req_no_0104-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1231/req_no_0104-2022.pdf</t>
   </si>
   <si>
     <t>Requer reforma do Posto de Saúde Francisco Izeu Cavalcante no Bairro Dourado, na forma que indica.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1232/req_no_0105-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1232/req_no_0105-2022.pdf</t>
   </si>
   <si>
     <t>Requer reforma do Centro de Serviços José Machado de Almeida (Correios) no Bairro Dourado, na forma que indica.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1224/req_no_0107-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1224/req_no_0107-2022.pdf</t>
   </si>
   <si>
     <t>Requer a reforma completa da UBS Maria Medeiros Moura, Parque Diadema II na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Diego Pinheiro, Flávio da Coelce, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1220/requerimento_no_109_2022_ver._diegover._luciano_e_ver._flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1220/requerimento_no_109_2022_ver._diegover._luciano_e_ver._flavio.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca da estrada que liga Canavieira dos Pinheiros á localidade de Tanques, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1221/requerimento_no_111_2022_ver._haroldo_da_saude.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1221/requerimento_no_111_2022_ver._haroldo_da_saude.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo que providencie novos fardamentos e equipamentos de trabalho para os profissionais que atuam como Agentes Comunitários de Saúde e Agentes de Combate ás Endemias, na forma que indica.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1222/requerimento_no_112_2022_ver._diego_e__ver._carlos_da_bodega.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1222/requerimento_no_112_2022_ver._diego_e__ver._carlos_da_bodega.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da iluminação da Areninha localizada no Novo Diadema neste município.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Carlos Eloy, Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1223/requerimento_no_115_2022_ver._carlos_eloy_e_ver._diego.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1223/requerimento_no_115_2022_ver._carlos_eloy_e_ver._diego.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e modernização do Estádio Clenilsão, na forma que indica.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Franzé do Hospital, Antônio Filho, Carlos da Bodega, Flávio da Coelce, Getúlio Vargas, Haroldo da Saúde, Irmão Bento, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1225/req_no_0116-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1225/req_no_0116-2022.pdf</t>
   </si>
   <si>
     <t>Requer médico clínico geral para atendimento eletivo dos pacientes encaminhados dos postos de saúde para o hospital, na forma que indica, neste municipio.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Diego Pinheiro, Carlos da Bodega, Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1226/req_no_0117-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1226/req_no_0117-2022.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de uma Praça Mais Infância e Academia de saúde no distrito de Aningas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Antônio Filho, Franzé do Hospital, Getúlio Vargas, Haroldo da Saúde, Irmão Bento, Renan do Posto Coluna, Tatiana Nogueira, Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1227/req_no_0118-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1227/req_no_0118-2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo majorar o percentual de Insalubridade dos Agente Comunitários de Saúde (ACS) e dos Agentes de Combates ás Endemias (ACE) de 20% para 30%, no município.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1228/req_no_0119-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1228/req_no_0119-2022.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da Unidade Básica de Saúde - Maria Carlos da Silva na localidade de Canavieira dos Pinheiros, na forma que indica, neste municipio.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Franzé do Hospital, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1241/req_no_0121-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1241/req_no_0121-2022.pdf</t>
   </si>
   <si>
     <t>Requer a presença do Presidente do Fundo Municipal (FUNDEB) e da Secretária Municipal de Educação para prestar esclarecimentos sobre à prestação de contas, extrato bancário, saldo financeiro, onde foram aplicados os referidos recursos, o plano de trabalho e se restou saldo para rateio.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1234/req_no_0122-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1234/req_no_0122-2022.pdf</t>
   </si>
   <si>
     <t>Requer serviço de anestesista 24 horas no hospital Venancio Raimundo de Sousa.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Edson Papinha, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1235/req_no_0123-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1235/req_no_0123-2022.pdf</t>
   </si>
   <si>
     <t>Requer construção de uma praça na localidade de Córrego das quintas, nas proximidades da Escola Raimundo Domingos de Sousa.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Antônio Filho, Getúlio Vargas, Irmão Bento, Renan do Posto Coluna, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1236/req_no_0124-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1236/req_no_0124-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Contratação de Profissionais "Cuidador de criança com necessidades educacionais especiais" para rede publica de ensino, neste município</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1249/req_no_0125-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1249/req_no_0125-2022.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça com academia da saúde e arena de futevôlei na localidade de Canavieira dos Muniz, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Irmão Bento, Antônio Filho, Franzé do Hospital, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1250/req_no_0126-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1250/req_no_0126-2022.pdf</t>
   </si>
   <si>
     <t>Requer retorno do seguintes exames: TS4, T4L, T3L, Ferritina, Urinocultura, Hdl, e Hiv no laboratório central neste municipio.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1281/requerimento_no_127_2022_ver._carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1281/requerimento_no_127_2022_ver._carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a Criação do Distrito de Catolé, na forma que indica neste município.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1237/req_no_0128-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1237/req_no_0128-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Poder Executivo um convênio de cooperação recíproca com Departamento Estadual de Trânsito - Detran-CE.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Flávio da Coelce, Getúlio Vargas, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1238/req_no_0129-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1238/req_no_0129-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Poder Executivo a construção de Areninha no Bairro Buenos Aires I na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Antônio Filho, Renan do Posto Coluna, Getúlio Vargas</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1251/req_no_0130-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1251/req_no_0130-2022.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca, em parte da Rua Maria Bruno no bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Carlos da Bodega, Carlos Eloy, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1261/req_no_0131-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1261/req_no_0131-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de uma Areninha na comunidade de Picapau.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1252/req_no_0132-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1252/req_no_0132-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Poder Executivo a construção de Areninha na localidade de Canavieira dos Pinheiros, na forma que indica.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Edson Papinha, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1253/req_no_0133-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1253/req_no_0133-2022.pdf</t>
   </si>
   <si>
     <t>Requer ação cultural promovendo oficinas de poesia nas escolas do município "O Jovem poeta".</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1254/req_no_0134-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1254/req_no_0134-2022.pdf</t>
   </si>
   <si>
     <t>Requer a implantação do fundo municipal dos direitos da mulher na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1255/req_no_0136-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1255/req_no_0136-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a contratação de professores auxiliares e de educação física para toda a rede pública de Educação Municipal.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1262/req_no_0137-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1262/req_no_0137-2022.pdf</t>
   </si>
   <si>
     <t>Requer a capinação, limpeza e coleta de galhos e podas de árvores nas ruas, na Praça e no Estádio Pinheirão na localidade de Canavieira dos Pinheiros na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1263/req_no_0138-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1263/req_no_0138-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Reforma da Praça do Bairro Malcozinhado, neste municipio.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Diego Pinheiro, Antônio Filho, Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1268/req_0139-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1268/req_0139-2022.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma caixa de água com rede de abastecimento e a construção de uma pracinha no Assentamento União, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1283/requerimento_no_140_2022_ver._leandro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1283/requerimento_no_140_2022_ver._leandro.pdf</t>
   </si>
   <si>
     <t>Requer licença para tratar de interesse particular por 60 (sessenta) dias nos termos do art. 19 inciso III, § 4º do Regimento Interno da Câmara Municipal de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1264/req_no_0141-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1264/req_no_0141-2022.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilidade de Psicólogos nas Escolas da Rede Pública de Ensino do Nosso Municipio.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1265/req_no_0142-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1265/req_no_0142-2022.pdf</t>
   </si>
   <si>
     <t>Requer a continuidade da Pavimentação Asfáltica de ruas no bairro Gameleira.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1282/requerimento_no_143_2022_ver._flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1282/requerimento_no_143_2022_ver._flavio.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de um Campo de futebol de areia no bairro de Buenos Aires I neste município.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Antônio Filho, Getúlio Vargas, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1266/req_no_0144-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1266/req_no_0144-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a Pavimentação asfáltica de diversas ruas do bairro Catolé.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1388/requerimento_no_146_2022_ver._diego.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1388/requerimento_no_146_2022_ver._diego.pdf</t>
   </si>
   <si>
     <t>Requer a reforma de prédio e da quadra poliesportiva da Escola Lourenço Pereira dos Santos, na localidade da Barra na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Antônio Filho, Getúlio Vargas, Irmão Bento, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1269/req_0150-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1269/req_0150-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a implantação do curso de capacitação da Lei Lucas na rede pública de educação do nosso município.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Getúlio Vargas</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1270/req_0151-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1270/req_0151-2022.pdf</t>
   </si>
   <si>
     <t>Requer a construção de Quiosques de alvenarias na Avenida Presidente Castelo Branco, neste município.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Franzé do Hospital, Antônio Filho, Haroldo da Saúde, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1271/req_0153-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1271/req_0153-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo um atendimento especializado para pacientes que fazem tratamento de diabetes, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1284/requerimento_no_155_2022_ver._getulio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1284/requerimento_no_155_2022_ver._getulio.pdf</t>
   </si>
   <si>
     <t>Requer a continuação da Pavimentação Asfáltica da Rua Luiza Romana da Conceição localizada no bairro Zumbi, neste município.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Franzé do Hospital, Haroldo da Saúde, Antônio Filho, Getúlio Vargas, Luciano Pinheiro, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1272/req_0156-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1272/req_0156-2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, a celebração de convênio com o Lar da Vovó Ingraça (Casa do Idoso).</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1273/req_0157-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1273/req_0157-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de uma Praça em frente a Escola Milton Nogueira no Bairro Buenos Aires II.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1286/requerimento_no_158_2022_ver._carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1286/requerimento_no_158_2022_ver._carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de uma Praça em frente ao CEI Nara Ricardo, vizinho ao Conjunto Mundin Janjão no Bairro Zumbi.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Irmão Bento, Carlos da Bodega, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1274/req_0159-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1274/req_0159-2022.pdf</t>
   </si>
   <si>
     <t>Requer capinação e limpeza para os bairros Vertente, Mangueiral e Malcozinhado, neste municipio.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1280/requerimento_no_160_2022_ver._getulio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1280/requerimento_no_160_2022_ver._getulio.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de uma Academia ao Ar Livre no estádio Domingão, neste município.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1277/requerimento_no_161_2022_vera._tatianaantonio_filhorenan_getulio_e_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1277/requerimento_no_161_2022_vera._tatianaantonio_filhorenan_getulio_e_bento.pdf</t>
   </si>
   <si>
     <t>Requer Titulo de Cidadão Horizontino ao Senhor Wagner de Sousa Gomes, conhecido popularmente como Capitão Wagner.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1279/requerimento_no_162_2022_ver._carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1279/requerimento_no_162_2022_ver._carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de uma ARENINHA e um CEI “Centro de Educação infantil” entre as ruas: Otacílio Viana e Alexandre Joca no Bairro Mangueiral.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1278/requerimento_no_163_2022_ver._antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1278/requerimento_no_163_2022_ver._antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a doação de uma área verde pertencente ao loteamento Planalto Catolé, para as famílias que não dispões de casa própria no Bairro Área Verde.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>Franzé do Hospital, Antônio Filho, Getúlio Vargas, Haroldo da Saúde, Irmão Bento, Luciano Pinheiro, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1341/req_no_0164-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1341/req_no_0164-2022.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça com mobilidade social na Área Verde, do Loteamento Novo Milênio Bairro Centro, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1342/req_no_0165-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1342/req_no_0165-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de um centro de Educação Infantil na localidade de Área Verde no Loteamento Novo milênio Bairro Centro, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1292/requerimento_no_166_2022_-_ver_irmao_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1292/requerimento_no_166_2022_-_ver_irmao_bento.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza e pavimentação asfáltica da travessa Raimundo Nogueira Situada no bairro Centro, neste município</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1293/requerimento_no_167_2022_-_vera_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1293/requerimento_no_167_2022_-_vera_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer à construção de um mercado das confecções na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1294/requerimento_no_168_2022_ver._antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1294/requerimento_no_168_2022_ver._antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a implantação do novo sistema de emissão de RG no município de Horizonte.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>Flávio da Coelce, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1295/requerimento_no_169_2022_-_ver._flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1295/requerimento_no_169_2022_-_ver._flavio.pdf</t>
   </si>
   <si>
     <t>Requer Saneamento básico para as ruas do bairro Gameleira, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Carlos da Bodega, Diego Pinheiro, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1296/req_no_0170-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1296/req_no_0170-2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, a instalação de abrigos nos principais pontos de ônibus do Município de Horizonte, bem como iluminação adequada em seu entorno.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1297/requerimento_no_171_2022_-_vera_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1297/requerimento_no_171_2022_-_vera_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer à restauração e revitalização da Praça pública Francisco Alexandre de Sousa, com a instalação da academia ao ar livre no Alto da Boa Vista no Distrito de Queimadas na forma que indica. neste município.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Carlos da Bodega, Getúlio Vargas, Luciano Pinheiro, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1298/requerimento_no_172_2022_-_ver._haroldo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1298/requerimento_no_172_2022_-_ver._haroldo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, a Implantação de um semáforo no cruzamento da Avenida Presidente Castelo Branco com a Rua Rafael Santos.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1299/requerimento_no_173_2022_-_ver._renan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1299/requerimento_no_173_2022_-_ver._renan.pdf</t>
   </si>
   <si>
     <t>Requer a cobrança por parte da Prefeitura Municipal de Horizonte junto a Companhia de Água e Esgoto do Ceará(CAGECE), neste município.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1310/req_no_0174-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1310/req_no_0174-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Reforma do Posto de Saúde-PSF-do Zumbi.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1309/req_no_0176-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1309/req_no_0176-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação Asfáltica da Rotatória na Av. Presidente Castelo Branco em frente a Secretaria de Saúde, neste município.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1308/req_no_0177-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1308/req_no_0177-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal um estudo de viabilidade para a implantação de Saneamento Básico dos bairros Catolé, Catu, Área Verde e e Malcozinahdo.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Antônio Filho, Irmão Bento, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1314/req_no_0178-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1314/req_no_0178-2022.pdf</t>
   </si>
   <si>
     <t>Requer que a retirada de entulhos seja incluída na limpeza pública, na forma que indicam, neste município.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1307/req_no_0179-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1307/req_no_0179-2022.pdf</t>
   </si>
   <si>
     <t>Requer Saneamento Básico nas Ruas do Centro na forma que indica.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>Flávio da Coelce, Haroldo da Saúde, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1306/req_no_0180-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1306/req_no_0180-2022.pdf</t>
   </si>
   <si>
     <t>Requer a presença de intérprete para tradução simultânea em Língua Brasileira de Sinais(Libras) nas Sessões Plenárias da Câmara Municipal de Horizonte.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>Bila, Flávio da Coelce, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1305/req_no_0182-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1305/req_no_0182-2022.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um canal, e a revitalização da academia ao ar livre da praça dos Dinossauros, no Bairro Gameleira, neste município.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>Bila, Antônio Filho, Diego Pinheiro, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1315/req_no_0183-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1315/req_no_0183-2022.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de tratores e implementos para os pequenos agricultores rurais do Município de Horizonte.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1316/req_no_0184-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1316/req_no_0184-2022.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca  e a rede de Iluminação pública no Planalto da Galileia na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Antônio Filho, Getúlio Vargas, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1317/req_no_0185-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1317/req_no_0185-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de um Mercado Público no bairro Catolé, neste município</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Antônio Filho, Getúlio Vargas</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1318/req_no_0186-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1318/req_no_0186-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a Pavimentação Asfáltica das seguintes ruas no bairro Planalto Horizonte.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>Edson Papinha, Carlos da Bodega, Diego Pinheiro, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1320/req_no_0187-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1320/req_no_0187-2022.pdf</t>
   </si>
   <si>
     <t>Requer ampliação da equipe de saúde da família, do posto de saúde de Dourado, UBS Francisco Izeu Cavalcante.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1319/req_no_0188-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1319/req_no_0188-2022.pdf</t>
   </si>
   <si>
     <t>Requer recuperação de calçamento em pedra tosca da Vila Aprazível na localidade de Preaoca, neste município.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1321/req_no_0189-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1321/req_no_0189-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal o edital de convocação para o processo seletivo dos permissionários que irão usar os seguintes bens públicos: Terminal Rodoviário, Praça dos Artesãos e Praça da Juventude no Bairro Catolé.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Bila, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Luciano Pinheiro, Valda, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1322/req_no_0190-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1322/req_no_0190-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a implantação do Piso Nacional dos Profissionais de Enfermagem, neste município.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1323/req_no_0191-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1323/req_no_0191-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de um campo de futebol para atender aos moradores do Novo Horizonte na localidade de Tanques neste município.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Bila, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1324/req_no_0193-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1324/req_no_0193-2022.pdf</t>
   </si>
   <si>
     <t>Requer ações que intensifiquem a ronda através da Guarda Municipal e da Policia Militar, além da implantação de sistema de vídeo monitoramento e vigilância nas dependências e imediações do Cemitério São João Batista.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1325/req_no_0194-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1325/req_no_0194-2022.pdf</t>
   </si>
   <si>
     <t>Requer Solicitação de Audiência Pública com a empresa de fornecimento de energia elétrica ENEL DISTRIBUIÇÃO CEARA.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1329/req_no_0195-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1329/req_no_0195-2022.pdf</t>
   </si>
   <si>
     <t>Requer reforma do Estádio Coqueirão, localizado no distrito de Dourado, localidade de Coqueiros, neste município.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>Carlos da Bodega, Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1326/req_no_0196-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1326/req_no_0196-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de uma Escola de Ensino Fundamental no bairro Malcozinhado, neste município.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1327/req_no_0197-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1327/req_no_0197-2022.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca da Rua Francisca Rodrigues Gurgel localizada no Bairro Gameleira, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Bila, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Luciano Pinheiro, Valda, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1330/req_no_0198-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1330/req_no_0198-2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja concedido Titulo de Cidadão Horizontino ao Ex- Governador do Estado do Ceará Camilo Sobreira Santana</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>Carlos Eloy, Bila, Carlos da Bodega, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Luciano Pinheiro, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1331/req_no_0199-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1331/req_no_0199-2022.pdf</t>
   </si>
   <si>
     <t>Requer a implantação do Câmara Móvel, neste município.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1332/req_no_0200-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1332/req_no_0200-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a implantação do Ensino Médio na Escola José Antônio da Silva, no bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1333/req_no_0201-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1333/req_no_0201-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal um estudo de viabilidade junto a Justiça Eleitoral para a implantação de uma Seção Eleitoral na Escola Joaquim Antônio da Silva.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Getúlio Vargas</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1343/req_no_0202-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1343/req_no_0202-2022.pdf</t>
   </si>
   <si>
     <t>Requer a transformação do prédio da antiga escola José Bonifácio de Queiroz em um polo social cultural das Queimadas nas forma que indica, neste município.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>Franzé do Hospital, Antônio Filho, Edson Papinha, Getúlio Vargas, Haroldo da Saúde, Renan do Posto Coluna, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1334/req_no_0203-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1334/req_no_0203-2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo firmar convenio com Hospital de Referência que realize cirurgias traumatológicas, na forma que indica, neste munícipio.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1344/req_no_0205-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1344/req_no_0205-2022.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca, para a Rua Panamá, Bairro Malcozinhado, neste munícipio.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Bila, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1336/req_no_0206-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1336/req_no_0206-2022.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca da Rua José Maria Almeida - Bairro Buenos Aires, neste município.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>Carlos Eloy, Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1337/req_no_0207-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1337/req_no_0207-2022.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação da EMEF Francisco Xavier de Freitas no bairro Buenos Aires II neste município.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>Edson Papinha, Getúlio Vargas, Luciano Pinheiro, Renan do Posto Coluna, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1345/req_no_0208-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1345/req_no_0208-2022.pdf</t>
   </si>
   <si>
     <t>Requer descentralização do serviço de limpeza pública, capinagem e podas por região, neste município.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1346/req_no_0209-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1346/req_no_0209-2022.pdf</t>
   </si>
   <si>
     <t>Requer da Diretoria Executiva da Cagece a volta do atendimento presencial em Horizonte.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1347/req_no_0210-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1347/req_no_0210-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a doação oficial do terreno referente ao campo da "Juventude no bairro Malcozinhado", para a Associação Juventude.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>Antônio Filho, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1348/req_no_0211-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1348/req_no_0211-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal o pagamento Piso Salarial aos professores contratados da rede pública educação do município.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>Getúlio Vargas, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1360/req_212-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1360/req_212-2022.pdf</t>
   </si>
   <si>
     <t>Requer a revitalização do campo de futebol, localizado no Bairro Vila Nascimento, neste município.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>Franzé do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1349/req_no_0213-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1349/req_no_0213-2022.pdf</t>
   </si>
   <si>
     <t>Requer pagamento de produtividade para profissionais da UPA, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1350/req_no_0214-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1350/req_no_0214-2022.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um campo de futebol na localidade do Mundo Novo.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>Bila</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1351/req_no_0215-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1351/req_no_0215-2022.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma Praça Publica com academia de saúde, no bairro Centro, neste munícipio..</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1352/req_no_0216-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1352/req_no_0216-2022.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma Areninha no bairro Centro neste município.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1353/req_no_0218-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1353/req_no_0218-2022.pdf</t>
   </si>
   <si>
     <t>Requer a inclusão de aulas de inglês para alunos de ensino fundamental da rede pública a partir do 2º ano.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>Irmão Bento, Edson Papinha, Getúlio Vargas, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1359/req_219-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1359/req_219-2022.pdf</t>
   </si>
   <si>
     <t>Requer Câmeras de segurança para - todas as Unidades Basicas de Saúde, neste município.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1358/req_220-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1358/req_220-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a construção de um Parque Ecológico no bairro Área Verde (Catolé).</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1364/req_221-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1364/req_221-2022.pdf</t>
   </si>
   <si>
     <t>Requer banheiros públicos no centro da cidade e em pontos estratégicos, neste munícipio.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Antônio Filho, Diego Pinheiro, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1365/req_222-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1365/req_222-2022.pdf</t>
   </si>
   <si>
     <t>Requer a criação do PETFARMA para distribuição de medicamento aos Pets.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>Antônio Filho, Bila, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Luciano Pinheiro, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1357/req_223-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1357/req_223-2022.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação dos calçamentos de todas as ruas de Horizonte por localidades, bairros e distritos em todo o município.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>Franzé do Hospital, Antônio Filho, Getúlio Vargas, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1356/req_224-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1356/req_224-2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja “concedido titulo de cidadão Horizontina à Ex-vice-Prefeita de Horizonte Florilda Martins de Almeida, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1355/req_226-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1355/req_226-2022.pdf</t>
   </si>
   <si>
     <t>Requer a perfuração de poço artesiano, no bairro Jordão - Distrito de Queimadas.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>Edson Papinha, Antônio Filho, Carlos da Bodega, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1366/req_227-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1366/req_227-2022.pdf</t>
   </si>
   <si>
     <t>Requer a construção do Centro de Atenção da Saúde do Homem, neste município.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1369/req_228-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1369/req_228-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a implementação do vale refeição para os professores da rede pública de educação do município de Horizonte.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>Requer a instalação da câmeras de segurança nos colégios públicos, neste município.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1371/req_233-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1371/req_233-2022.pdf</t>
   </si>
   <si>
     <t>Requer a criação campanha permanente de prevenção e combate do câncer de colo de útero e de mama no Hospital e Maternidade Venâncio Raimundo de Souza.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1377/req_234.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1377/req_234.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a doação oficial de um terreno para a Associação Garoto Bom de Bola inscrita no CNPJ: 11.106.615/0001-13</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>Carlos da Bodega, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1372/req_235-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1372/req_235-2022.pdf</t>
   </si>
   <si>
     <t>Requer o deslocamento do Pet Móvel aos Distritos, e bairros: Dourado, Queimadas Aningas, Canavieira, Barra, Tanques, Catolé, Picapau, Buenos Aires, I e II, Cachoeira e Planalto Horizonte.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1389/requerimento_no_236_2022_ver._carlos_da_bodega.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1389/requerimento_no_236_2022_ver._carlos_da_bodega.pdf</t>
   </si>
   <si>
     <t>Requer a abertura da farmácia pública do município nos finais de semana e feriados de acordo com a lei municipal em vigor.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>Irmão Bento, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1373/req_237-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1373/req_237-2022.pdf</t>
   </si>
   <si>
     <t>Requer vale alimentação para todos os garis, neste município.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1390/requerimento_no_238_2022_ver._carlos_da_boega.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1390/requerimento_no_238_2022_ver._carlos_da_boega.pdf</t>
   </si>
   <si>
     <t>Requer que os subsidios dos professores, diretores e cordenadores contratados sejam de no mínimo 80% do piso nacional dos professores efetivos.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1378/req_239.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1378/req_239.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca em Distrito de Queimadas na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1379/req_240.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1379/req_240.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca no Alto Alegre Distrito de Queimadas na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1430/requerimento_no_241_2022_vera._tatiana_nogueira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1430/requerimento_no_241_2022_vera._tatiana_nogueira.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em Pedra Tosca no Planalto da Galileia distrito de Queimados na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Antônio Filho, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1380/req_242.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1380/req_242.pdf</t>
   </si>
   <si>
     <t>Requer a implantação do Centro de Referência de Assistência Social (CRAS) volante na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1391/requerimento_no_243_2022_ver._rhenan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1391/requerimento_no_243_2022_ver._rhenan.pdf</t>
   </si>
   <si>
     <t>Requer a reforma, ampliação e modernização do Hospital e Maternidade Venâncio Raimundo de Sousa - HMVRS, neste município.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1433/requerimento_no_244_2022_ver._tatiana_nogueira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1433/requerimento_no_244_2022_ver._tatiana_nogueira.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Secretária de Educação e/ou Coordenação de Transportes uma revisão e manutenção nos ônibus que fazem os transportes escolares do municipio de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>Antônio Filho, Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1420/req_246-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1420/req_246-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a extensão dos atendimentos do cadastro técnico (Seinfra) no período da tarde  .</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>Requer ampliação do piso nacional salarial para os enfermeiros, técnicos de enfermagem, auxiliares de enfermagem e parteiras do município</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Getúlio Vargas, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1393/req_249-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1393/req_249-2022.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Público Municipal a recuperação e restauração da Rua Luiz da Mata, Bairro Buenos Aires I, neste município.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Leandro Lima, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1394/req_no_0250-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1394/req_no_0250-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Reforma da EMEF Escola José Eduardo de Souza no bairro Zumbi neste município.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>Carlos Eloy, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1396/req_251-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1396/req_251-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte do Poder Executivo a implantação do Piso Salarial Nacional dos profissionais de Fisioterapia, neste município.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>Carlos Eloy, Flávio da Coelce, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1400/req_n._0252-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1400/req_n._0252-2022.pdf</t>
   </si>
   <si>
     <t>Requer o retorno da ambulância para atender aos moradores do bairro Buenos Aires II neste Município</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1397/req_253-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1397/req_253-2022.pdf</t>
   </si>
   <si>
     <t>Requer a regulamentação através de lei, da gratificação concedida aos dentistas, enfermeiros e profissionais do Núcleo de Apoio à Saúde da Família - NASF, do município.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1402/requerimento_no_254_2022_ver._adriana_silveira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1402/requerimento_no_254_2022_ver._adriana_silveira.pdf</t>
   </si>
   <si>
     <t>Requer a reforma do Posto de Saúde no Bairro Buenos Aires I, neste Município.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>Antônio Filho, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1407/req_255-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1407/req_255-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a pavimentação asfáltica de diversas ruas do Bairro Catú.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>Antônio Filho, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1410/req__256-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1410/req__256-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a criação da ouvidoria de proteção de animais.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1434/requerimento_no_257_2022_ver._antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1434/requerimento_no_257_2022_ver._antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a criação da patrulha ambiental.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1408/req_258-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1408/req_258-2022.pdf</t>
   </si>
   <si>
     <t>Requer a drenagem da Rua Antônio Cesário no Bairro Mangueiral, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1409/req_259-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1409/req_259-2022.pdf</t>
   </si>
   <si>
     <t>Requer a implantação da rede elétrica na Rua Gervásio de Freitas no Bairro Buenos Aires II.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos Eloy, Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1411/req_260-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1411/req_260-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação em pedra tosca da rua Alexandre da Mata Pereira no bairro Buenos Aires II, neste município.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>Carlos da Bodega, Diego Pinheiro, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1412/req_261-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1412/req_261-2022.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica  em ruas do bairro dourado, neste municipio</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>Leandro Lima, Adriana Silveira, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1413/req_262-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1413/req_262-2022.pdf</t>
   </si>
   <si>
     <t>Requer criação de UPA para atendimento veterinário (UPA-VET) na forma que indica</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1416/req_263-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1416/req_263-2022.pdf</t>
   </si>
   <si>
     <t>Requer a construção de academia ao ar livre no Bairro Lagoinha, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1422/requerimento_no_264_2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1422/requerimento_no_264_2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a pavimentação em pedra tosca e iluminação pública da Travessa Francisco Santiago.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>Diego Pinheiro, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1423/req_265-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1423/req_265-2022.pdf</t>
   </si>
   <si>
     <t>Requer a extensão de rede elétrica com iluminação pública nas Localidades de Canavieira dos Pinheiros e Mundo Novo na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1428/req_0266-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1428/req_0266-2022.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a realização de concurso público no Município de Horizonte.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1424/req_267-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1424/req_267-2022.pdf</t>
   </si>
   <si>
     <t>Requer o fim dos agendamentos para atendimento no CRAS do Município, passando o atendimento a ser feito regularmente de segunda a sexta.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>Flávio da Coelce, Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1425/req_268-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1425/req_268-2022.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação de rede com iluminação pública na Rua Fernando Saraiva Leão no Bairro Buenos Aires II.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1429/req_0269-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1429/req_0269-2022.pdf</t>
   </si>
   <si>
     <t>Requer o fim do agendamento para atendimento na CAGECE e na ENEL neste município.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1431/requerimento_no_273_2022_ver._irmao_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1431/requerimento_no_273_2022_ver._irmao_bento.pdf</t>
   </si>
   <si>
     <t>Requer que sejam recolhidos os cães e gatos abandonados nas vias públicas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>Antônio Filho, Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1437/req_275-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1437/req_275-2022.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Rua José Luiz da Silva, Bairro Área Verde.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1432/requerimento_no_276_2022_vers._flavio_e_carlos_eloy.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1432/requerimento_no_276_2022_vers._flavio_e_carlos_eloy.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um pontilhão na rua Paulino Pereira na forma que indica, neste munícipio.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1438/req_277-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1438/req_277-2022.pdf</t>
   </si>
   <si>
     <t>Requer a substituição da grama natural ou barro, para grama sintética no campo de futebol, localizado na Praça do Conjunto Habitacional Alto da Boa Vista no Município de Horizonte.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1439/req_278-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1439/req_278-2022.pdf</t>
   </si>
   <si>
     <t>Requer a construção de Areinha no Bairro Gameleira do Sul, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>Carlos da Bodega, Carlos Eloy, Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1440/req_279-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1440/req_279-2022.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma creche no Bairro Gameleira do Sul, na forma que indica, neste Município</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1441/req_280-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1441/req_280-2022.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma UBS "Posto de Saúde" no Bairro Gameleira do Sul, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1442/req_281-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1442/req_281-2022.pdf</t>
   </si>
   <si>
     <t>Requer praça com equipamentos de academia de saúde no bairro Gameleira, sentido sul, neste Município.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1199/mocao_de_apoio_no_001_2022_-_ver_renan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1199/mocao_de_apoio_no_001_2022_-_ver_renan.pdf</t>
   </si>
   <si>
     <t>Moção de apoio para que o Prefeito Municipal de Horizonte aplique o reajuste do piso salarial dos Profissionais do Magistério o nosso município.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>Bila, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Luciano Pinheiro, Valda, Getúlio Vargas, Irmão Bento, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1311/moc_no_002-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1311/moc_no_002-2022.pdf</t>
   </si>
   <si>
     <t>Requer envio de Moção de Repúdio a ENEL Distribuição Ceará pelo reajuste tarifário anual pronunciado.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1406/moc_003-2022.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1406/moc_003-2022.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos aos vereadores que subscreveram á implementação da Lei 14.343/22.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4044,67 +4044,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1312/parecer_previo_0055-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1165/plc_0001-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1267/plc_001-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1198/pl_0001-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1155/pl_0002-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1204/pl_0006-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1156/pl_0008-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1166/pl_0009-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1167/pl_0010-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1168/pl_0011-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1169/pl_0012-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1170/pl_0013-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1171/pl_0014-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1196/pl_0015-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1172/pl_0017-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1197/pl_0018-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1205/pl_020-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1206/pl_021-20221.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1243/pl_0026-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1244/pl_0027-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1245/pl_0028-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1240/projeto_de_lei_no_029_2022_ver._tatiana_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1246/pl_0030-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1256/projeto_de_lei_no_031_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1257/projeto_de_lei_no_032_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1258/projeto_de_lei_no_033_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1259/projeto_de_lei_no_034_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1260/pl_0036-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1276/pl_0037-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1287/projeto_de_lei_no_040_2022_ver.a_tatiana_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1304/pl_0041-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1285/projeto_de_lei_no_042_2022_ver.carlos_gomes_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1290/projeto_de_lei_no_045_2022_-_ver._carlos_gomes_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1291/pl_0046-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1301/pl_0047-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1302/pl_0048-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1303/pl_0049-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1354/pl_050-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1313/pl_0051-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1361/pl_052-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1338/pl_0053-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1339/pl_0054-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1340/pl_055-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1363/pl_056-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1367/pl_057-20221.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1368/pl_058-20221.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1375/projeto_de_lei_no_059_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1376/projeto_de_lei_no_060_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1381/projeto_de_lei_no_062_2022_executivo_leitura_1.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1382/pl_063-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1383/pl_064-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1387/projeto_de_lei_no_065_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1398/pl_066-2022c.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1384/projeto_de_lei_no_067_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1385/projeto_de_lei_no_068_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1392/pl_069-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1395/pl_071-20221.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1401/pl_073-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1403/projeto_de_lei_no_074_2022_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1404/projeto_de_lei_no_075_2022_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1405/pl_076-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1414/pl_077-20221.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1415/pl_078-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1417/pl_079-20221.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1418/pl_080-20221.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1419/pl_081-20221.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1421/pl_82-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1426/pl_0083-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1427/pl_0084-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1436/pl_085-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1443/86.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1374/pdl_001-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1173/pr_0001-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1229/ind_0002-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1300/indicacao_no_003_2022_-_ver._anto_filho.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1164/ind_0004-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1200/ind_0005-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1242/indicacao_no_006_2022_vera._tatiana.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1275/ind_008-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1289/indicacao_no_009_2022_ver.a_tatiana.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1362/ind_0011-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1399/ind_0012-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1435/ind_014-20221.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1157/req_no_0001-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1158/req_no_0002-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1207/requerimento_no_005_2022_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1247/req_no_0009-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1208/requerimento_no_015_2022_vera_tatiana.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1328/req_no_0016-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1159/req_no_0020-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1209/requerimento_no_023_2022_vera_tatiana.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1202/req_no_0025-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1230/req_no_0026-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1174/req_no_0027-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1160/req_no_0029-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1210/requerimento_no_031_2022_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1211/requerimento_no_033_2022_coletivo_vereadores.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1161/req_no_0036-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1162/req_no_0037-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1175/req_no_0038-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1176/req_no_0039-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1163/req_no_0040-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1177/req_no_0041-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1212/requerimento_no_043_2022_ver._edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1178/req_no_0044-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1179/req_no_0045-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1180/requerimento_no_046_2022_ver._rhenan.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1181/req_no_0047-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1182/req_no_0048-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1183/req_no_0049-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1184/req_no_0050-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1185/req_no_0051-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1186/requerimento_no_052_2022_jose_flavio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1187/req_no_0053-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1188/req_no_0054-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1195/req_no_0055-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1213/requerimento_no_057_2022_ver._leandro.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1194/req_no_0068-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1214/requerimento_no_069_2022_ver.carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1193/req_no_0070-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1192/req_no_0071-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1215/requerimento_no_072_2022_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1191/req_no_0074-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1201/req_no_0075-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1216/requerimento_no_079_2022_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1190/req_no_0083-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1217/requerimento_no_084_2022_vera._valda.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1218/requerimento_no_085_2022_vera._valda.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1189/req_no_0099-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1219/requerimento_no_100_2022_ver._antonio_filho_tatiana_bento.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1203/req_no_0102-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1248/req_no_0103-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1231/req_no_0104-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1232/req_no_0105-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1224/req_no_0107-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1220/requerimento_no_109_2022_ver._diegover._luciano_e_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1221/requerimento_no_111_2022_ver._haroldo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1222/requerimento_no_112_2022_ver._diego_e__ver._carlos_da_bodega.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1223/requerimento_no_115_2022_ver._carlos_eloy_e_ver._diego.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1225/req_no_0116-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1226/req_no_0117-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1227/req_no_0118-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1228/req_no_0119-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1241/req_no_0121-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1234/req_no_0122-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1235/req_no_0123-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1236/req_no_0124-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1249/req_no_0125-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1250/req_no_0126-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1281/requerimento_no_127_2022_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1237/req_no_0128-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1238/req_no_0129-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1251/req_no_0130-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1261/req_no_0131-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1252/req_no_0132-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1253/req_no_0133-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1254/req_no_0134-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1255/req_no_0136-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1262/req_no_0137-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1263/req_no_0138-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1268/req_0139-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1283/requerimento_no_140_2022_ver._leandro.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1264/req_no_0141-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1265/req_no_0142-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1282/requerimento_no_143_2022_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1266/req_no_0144-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1388/requerimento_no_146_2022_ver._diego.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1269/req_0150-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1270/req_0151-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1271/req_0153-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1284/requerimento_no_155_2022_ver._getulio.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1272/req_0156-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1273/req_0157-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1286/requerimento_no_158_2022_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1274/req_0159-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1280/requerimento_no_160_2022_ver._getulio.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1277/requerimento_no_161_2022_vera._tatianaantonio_filhorenan_getulio_e_bento.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1279/requerimento_no_162_2022_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1278/requerimento_no_163_2022_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1341/req_no_0164-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1342/req_no_0165-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1292/requerimento_no_166_2022_-_ver_irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1293/requerimento_no_167_2022_-_vera_tatiana.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1294/requerimento_no_168_2022_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1295/requerimento_no_169_2022_-_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1296/req_no_0170-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1297/requerimento_no_171_2022_-_vera_tatiana.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1298/requerimento_no_172_2022_-_ver._haroldo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1299/requerimento_no_173_2022_-_ver._renan.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1310/req_no_0174-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1309/req_no_0176-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1308/req_no_0177-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1314/req_no_0178-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1307/req_no_0179-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1306/req_no_0180-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1305/req_no_0182-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1315/req_no_0183-2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1316/req_no_0184-2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1317/req_no_0185-2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1318/req_no_0186-2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1320/req_no_0187-2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1319/req_no_0188-2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1321/req_no_0189-2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1322/req_no_0190-2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1323/req_no_0191-2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1324/req_no_0193-2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1325/req_no_0194-2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1329/req_no_0195-2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1326/req_no_0196-2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1327/req_no_0197-2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1330/req_no_0198-2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1331/req_no_0199-2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1332/req_no_0200-2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1333/req_no_0201-2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1343/req_no_0202-2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1334/req_no_0203-2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1344/req_no_0205-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1336/req_no_0206-2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1337/req_no_0207-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1345/req_no_0208-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1346/req_no_0209-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1347/req_no_0210-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1348/req_no_0211-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1360/req_212-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1349/req_no_0213-2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1350/req_no_0214-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1351/req_no_0215-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1352/req_no_0216-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1353/req_no_0218-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1359/req_219-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1358/req_220-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1364/req_221-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1365/req_222-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1357/req_223-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1356/req_224-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1355/req_226-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1366/req_227-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1369/req_228-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1371/req_233-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1377/req_234.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1372/req_235-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1389/requerimento_no_236_2022_ver._carlos_da_bodega.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1373/req_237-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1390/requerimento_no_238_2022_ver._carlos_da_boega.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1378/req_239.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1379/req_240.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1430/requerimento_no_241_2022_vera._tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1380/req_242.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1391/requerimento_no_243_2022_ver._rhenan.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1433/requerimento_no_244_2022_ver._tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1420/req_246-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1393/req_249-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1394/req_no_0250-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1396/req_251-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1400/req_n._0252-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1397/req_253-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1402/requerimento_no_254_2022_ver._adriana_silveira.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1407/req_255-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1410/req__256-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1434/requerimento_no_257_2022_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1408/req_258-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1409/req_259-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1411/req_260-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1412/req_261-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1413/req_262-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1416/req_263-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1422/requerimento_no_264_2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1423/req_265-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1428/req_0266-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1424/req_267-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1425/req_268-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1429/req_0269-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1431/requerimento_no_273_2022_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1437/req_275-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1432/requerimento_no_276_2022_vers._flavio_e_carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1438/req_277-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1439/req_278-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1440/req_279-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1441/req_280-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1442/req_281-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1199/mocao_de_apoio_no_001_2022_-_ver_renan.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1311/moc_no_002-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1406/moc_003-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1312/parecer_previo_0055-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1165/plc_0001-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1267/plc_001-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1198/pl_0001-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1155/pl_0002-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1204/pl_0006-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1156/pl_0008-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1166/pl_0009-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1167/pl_0010-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1168/pl_0011-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1169/pl_0012-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1170/pl_0013-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1171/pl_0014-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1196/pl_0015-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1172/pl_0017-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1197/pl_0018-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1205/pl_020-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1206/pl_021-20221.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1243/pl_0026-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1244/pl_0027-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1245/pl_0028-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1240/projeto_de_lei_no_029_2022_ver._tatiana_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1246/pl_0030-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1256/projeto_de_lei_no_031_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1257/projeto_de_lei_no_032_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1258/projeto_de_lei_no_033_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1259/projeto_de_lei_no_034_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1260/pl_0036-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1276/pl_0037-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1287/projeto_de_lei_no_040_2022_ver.a_tatiana_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1304/pl_0041-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1285/projeto_de_lei_no_042_2022_ver.carlos_gomes_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1290/projeto_de_lei_no_045_2022_-_ver._carlos_gomes_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1291/pl_0046-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1301/pl_0047-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1302/pl_0048-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1303/pl_0049-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1354/pl_050-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1313/pl_0051-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1361/pl_052-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1338/pl_0053-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1339/pl_0054-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1340/pl_055-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1363/pl_056-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1367/pl_057-20221.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1368/pl_058-20221.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1375/projeto_de_lei_no_059_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1376/projeto_de_lei_no_060_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1381/projeto_de_lei_no_062_2022_executivo_leitura_1.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1382/pl_063-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1383/pl_064-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1387/projeto_de_lei_no_065_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1398/pl_066-2022c.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1384/projeto_de_lei_no_067_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1385/projeto_de_lei_no_068_2022_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1392/pl_069-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1395/pl_071-20221.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1401/pl_073-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1403/projeto_de_lei_no_074_2022_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1404/projeto_de_lei_no_075_2022_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1405/pl_076-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1414/pl_077-20221.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1415/pl_078-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1417/pl_079-20221.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1418/pl_080-20221.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1419/pl_081-20221.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1421/pl_82-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1426/pl_0083-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1427/pl_0084-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1436/pl_085-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1443/86.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1374/pdl_001-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1173/pr_0001-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1229/ind_0002-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1300/indicacao_no_003_2022_-_ver._anto_filho.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1164/ind_0004-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1200/ind_0005-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1242/indicacao_no_006_2022_vera._tatiana.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1275/ind_008-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1289/indicacao_no_009_2022_ver.a_tatiana.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1362/ind_0011-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1399/ind_0012-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1435/ind_014-20221.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1157/req_no_0001-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1158/req_no_0002-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1207/requerimento_no_005_2022_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1247/req_no_0009-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1208/requerimento_no_015_2022_vera_tatiana.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1328/req_no_0016-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1159/req_no_0020-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1209/requerimento_no_023_2022_vera_tatiana.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1202/req_no_0025-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1230/req_no_0026-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1174/req_no_0027-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1160/req_no_0029-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1210/requerimento_no_031_2022_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1211/requerimento_no_033_2022_coletivo_vereadores.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1161/req_no_0036-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1162/req_no_0037-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1175/req_no_0038-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1176/req_no_0039-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1163/req_no_0040-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1177/req_no_0041-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1212/requerimento_no_043_2022_ver._edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1178/req_no_0044-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1179/req_no_0045-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1180/requerimento_no_046_2022_ver._rhenan.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1181/req_no_0047-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1182/req_no_0048-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1183/req_no_0049-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1184/req_no_0050-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1185/req_no_0051-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1186/requerimento_no_052_2022_jose_flavio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1187/req_no_0053-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1188/req_no_0054-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1195/req_no_0055-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1213/requerimento_no_057_2022_ver._leandro.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1194/req_no_0068-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1214/requerimento_no_069_2022_ver.carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1193/req_no_0070-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1192/req_no_0071-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1215/requerimento_no_072_2022_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1191/req_no_0074-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1201/req_no_0075-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1216/requerimento_no_079_2022_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1190/req_no_0083-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1217/requerimento_no_084_2022_vera._valda.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1218/requerimento_no_085_2022_vera._valda.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1189/req_no_0099-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1219/requerimento_no_100_2022_ver._antonio_filho_tatiana_bento.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1203/req_no_0102-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1248/req_no_0103-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1231/req_no_0104-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1232/req_no_0105-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1224/req_no_0107-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1220/requerimento_no_109_2022_ver._diegover._luciano_e_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1221/requerimento_no_111_2022_ver._haroldo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1222/requerimento_no_112_2022_ver._diego_e__ver._carlos_da_bodega.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1223/requerimento_no_115_2022_ver._carlos_eloy_e_ver._diego.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1225/req_no_0116-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1226/req_no_0117-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1227/req_no_0118-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1228/req_no_0119-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1241/req_no_0121-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1234/req_no_0122-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1235/req_no_0123-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1236/req_no_0124-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1249/req_no_0125-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1250/req_no_0126-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1281/requerimento_no_127_2022_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1237/req_no_0128-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1238/req_no_0129-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1251/req_no_0130-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1261/req_no_0131-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1252/req_no_0132-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1253/req_no_0133-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1254/req_no_0134-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1255/req_no_0136-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1262/req_no_0137-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1263/req_no_0138-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1268/req_0139-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1283/requerimento_no_140_2022_ver._leandro.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1264/req_no_0141-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1265/req_no_0142-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1282/requerimento_no_143_2022_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1266/req_no_0144-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1388/requerimento_no_146_2022_ver._diego.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1269/req_0150-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1270/req_0151-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1271/req_0153-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1284/requerimento_no_155_2022_ver._getulio.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1272/req_0156-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1273/req_0157-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1286/requerimento_no_158_2022_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1274/req_0159-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1280/requerimento_no_160_2022_ver._getulio.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1277/requerimento_no_161_2022_vera._tatianaantonio_filhorenan_getulio_e_bento.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1279/requerimento_no_162_2022_ver._carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1278/requerimento_no_163_2022_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1341/req_no_0164-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1342/req_no_0165-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1292/requerimento_no_166_2022_-_ver_irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1293/requerimento_no_167_2022_-_vera_tatiana.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1294/requerimento_no_168_2022_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1295/requerimento_no_169_2022_-_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1296/req_no_0170-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1297/requerimento_no_171_2022_-_vera_tatiana.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1298/requerimento_no_172_2022_-_ver._haroldo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1299/requerimento_no_173_2022_-_ver._renan.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1310/req_no_0174-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1309/req_no_0176-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1308/req_no_0177-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1314/req_no_0178-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1307/req_no_0179-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1306/req_no_0180-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1305/req_no_0182-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1315/req_no_0183-2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1316/req_no_0184-2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1317/req_no_0185-2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1318/req_no_0186-2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1320/req_no_0187-2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1319/req_no_0188-2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1321/req_no_0189-2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1322/req_no_0190-2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1323/req_no_0191-2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1324/req_no_0193-2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1325/req_no_0194-2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1329/req_no_0195-2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1326/req_no_0196-2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1327/req_no_0197-2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1330/req_no_0198-2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1331/req_no_0199-2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1332/req_no_0200-2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1333/req_no_0201-2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1343/req_no_0202-2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1334/req_no_0203-2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1344/req_no_0205-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1336/req_no_0206-2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1337/req_no_0207-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1345/req_no_0208-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1346/req_no_0209-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1347/req_no_0210-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1348/req_no_0211-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1360/req_212-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1349/req_no_0213-2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1350/req_no_0214-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1351/req_no_0215-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1352/req_no_0216-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1353/req_no_0218-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1359/req_219-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1358/req_220-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1364/req_221-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1365/req_222-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1357/req_223-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1356/req_224-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1355/req_226-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1366/req_227-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1369/req_228-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1371/req_233-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1377/req_234.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1372/req_235-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1389/requerimento_no_236_2022_ver._carlos_da_bodega.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1373/req_237-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1390/requerimento_no_238_2022_ver._carlos_da_boega.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1378/req_239.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1379/req_240.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1430/requerimento_no_241_2022_vera._tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1380/req_242.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1391/requerimento_no_243_2022_ver._rhenan.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1433/requerimento_no_244_2022_ver._tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1420/req_246-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1393/req_249-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1394/req_no_0250-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1396/req_251-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1400/req_n._0252-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1397/req_253-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1402/requerimento_no_254_2022_ver._adriana_silveira.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1407/req_255-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1410/req__256-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1434/requerimento_no_257_2022_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1408/req_258-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1409/req_259-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1411/req_260-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1412/req_261-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1413/req_262-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1416/req_263-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1422/requerimento_no_264_2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1423/req_265-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1428/req_0266-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1424/req_267-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1425/req_268-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1429/req_0269-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1431/requerimento_no_273_2022_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1437/req_275-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1432/requerimento_no_276_2022_vers._flavio_e_carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1438/req_277-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1439/req_278-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1440/req_279-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1441/req_280-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1442/req_281-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1199/mocao_de_apoio_no_001_2022_-_ver_renan.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1311/moc_no_002-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2022/1406/moc_003-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H287"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="214.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="147" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="146.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>