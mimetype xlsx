--- v0 (2026-01-30)
+++ v1 (2026-03-20)
@@ -54,3152 +54,3152 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>PPV</t>
   </si>
   <si>
     <t>Parecer Prévio do Tribunal de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado do Ceará</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1586/ppv_n._150-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1586/ppv_n._150-2023.pdf</t>
   </si>
   <si>
     <t>Contas de Governo da prefeitura municipal de Horizonte. Exercício de 2019. Parecer prévio favorável a aprovação das contas. Contas regulares com ressalvas. Recomendações. Notificações. Decisão por unanimidade dos votos.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1723/ppv_335-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1723/ppv_335-2023.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas de Governo do Município de Horizonte, referente ao exercício financeiro de 2020, de responsabilidade do ex-Prefeito Francisco César de Sousa.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Nezinho Farias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1685/plc_001-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1685/plc_001-2023.pdf</t>
   </si>
   <si>
     <t>Cria vagas para os cargos da estrutura da Prefeitura Municipal de Horizonte, alterando a lei n° 553, de 13 de março de 2006, lei n° 554, de 13 de março de 2006, lei 590, de 31 de outubro de 2006, lei n° 856, de 23 de setembro de 2011, lei n° 995, de 25 de novembro de 2013 e da outras providencias.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1684/plc_002-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1684/plc_002-2023.pdf</t>
   </si>
   <si>
     <t>Cria cargos e vagas na estrutura da Prefeitura Municipal de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1444/pl_001-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1444/pl_001-2023.pdf</t>
   </si>
   <si>
     <t>Nomeia de Vereador Antônio César Nogueira Júnior, a Praça Pública no Bairro Alto da Boa Vista, Distrito de Queimadas, neste Município de Horizonte.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1445/pl_002-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1445/pl_002-2023.pdf</t>
   </si>
   <si>
     <t>Nomeia de Maria Jessica da Silva o Conjunto Habitacional Alto da Boa Vista, Distrito de Queimadas, neste Município de Horizonte.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1446/pl_003-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1446/pl_003-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar imóvel que indica e adota outras providências.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1462/pl_004-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1462/pl_004-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste salarial dos profissionais do Magistério do Município de Horizonte/CE e adota outras providências.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1461/pl_005-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1461/pl_005-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do valor do salário mínimo dos servidores públicos municipais do Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1464/pl_006-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1464/pl_006-2023.pdf</t>
   </si>
   <si>
     <t>Concede reajuste na tabela de vencimentos, do Anexo II, da Lei n. 1.353, de 18 de março de 2020, alterada pela Lei n. 1.482, de 24 de março de 2022, e na tabela do Anexo II da Lei n. 1.347, de 21 de fevereiro de 2020, alterada pela Lei n. 1.482, de 24 de março de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1463/pl_007-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1463/pl_007-2023.pdf</t>
   </si>
   <si>
     <t>Concede reajuste na tabela de vencimentos, do Anexo III, da Lei n. 1.417, de 25 de junho de 2021, e altera a Lei Municipal n. 1.417, de 25 de junho de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1459/pl_010-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1459/pl_010-2023.pdf</t>
   </si>
   <si>
     <t>Denomina de Francisco Webster Nobre da Costa a Areninha localizada na rua Francisco Carlos n. 526 localidade de Coqueiros, neste Município.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1465/pl_011-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1465/pl_011-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n. 1.473, de 1º de março de 2022, na forma que indica.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1466/pl_012-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1466/pl_012-2023.pdf</t>
   </si>
   <si>
     <t>Altera o anexo IV da Lei Municipal n. 1.466/2021 que dispõe sobre a Restruturação do Plano de Cargos, Carreiras e Remuneração dos Servidores de Provimento Efetivo da Câmara Municipal de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1467/projeto_de_lei_no_013_2023_vera._tatiana_nogueira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1467/projeto_de_lei_no_013_2023_vera._tatiana_nogueira.pdf</t>
   </si>
   <si>
     <t>Denomina as vias púbicas do Distrito de Queimadas na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1468/pl_014-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1468/pl_014-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal 1.473, de 1º de março de 2022, na forma que indica.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1469/pl_015-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1469/pl_015-2023.pdf</t>
   </si>
   <si>
     <t>Altera o art.º 6º da Lei Municipal 1.534, de 16 de fevereiro de 2023, na forma que indica.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1474/pl_016-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1474/pl_016-2023.pdf</t>
   </si>
   <si>
     <t>Denomina de Rivaldo Nogueira Neri a Areninha do Bairro Cajueiro da Malhada e dá outras providências.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1478/pl_017-20231.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1478/pl_017-20231.pdf</t>
   </si>
   <si>
     <t>Denomina de Moésio de Almeida Alves, a Areninha do Planalto da Galiléia, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1483/pl_018-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1483/pl_018-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a promoção de campanhas de fomento ao cumprimento de obrigações tributárias principais e acessórias e dos deveres instrumentais estabelecidos no interesse da arrecadação e da fiscalização das receitas municipais</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1479/pl_019-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1479/pl_019-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao vigente orçamento fiscal e da seguridade social e dá outras providências.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1480/pl_020-20231.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1480/pl_020-20231.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar o imóvel que indica e adota outras providências.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1495/pl_021-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1495/pl_021-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a modernização do serviço de transporte individual de passageiros em veículos providos de taxímetro no município de Horizonte dá outras providências.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1496/pl_022-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1496/pl_022-2023.pdf</t>
   </si>
   <si>
     <t>Disciplina no Município de Horizonte o serviço de mototáxi e dá outras providências.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1484/pl_023-20231.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1484/pl_023-20231.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Incentivo a Construção de Casas para Atender ao "Minha Casa Minha Vida", instituído pelo Governo Federal através da medida provisória n° 1.162, de 15 de fevereiro de 2023, no território no Município de Horizonte.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1485/pl_024-20231.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1485/pl_024-20231.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização da nova Lei das Licitações, Lei Federal n. 14.133, de 1° de abril de 2021, no que couber, no âmbito da Administração Pública Municipal Direta, Autárquica e Fundacional do Município de Horizonte, e dá outras providências.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1486/pl_025-20231.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1486/pl_025-20231.pdf</t>
   </si>
   <si>
     <t>Cria o Diário Oficial Eletrônico do Município de Horizonte, e dá outras providências. (Com 1 Emenda Modificativa)</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1548/projeto_de_lei_no_026_2023_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1548/projeto_de_lei_no_026_2023_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Fixa o piso salarial dos auxiliares de enfermagem, técnicos de enfermagem e enfermeiros e altera o anexo II e III da Lei n.1.530, 16 de fevereiro de 2023, com a tabela de vencimento dos cargos e dá providências.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1497/pl_027-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1497/pl_027-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao vigente orçamento fiscal e dá seguridade social e dá outras providências.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1514/projeto_de_lei_no_028_2023_-_executivo_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1514/projeto_de_lei_no_028_2023_-_executivo_aprovado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a promoção de campanhas de fomento ao cumprimento de obrigações tributárias principais e acessórias e dos deveres instrumentais estabelecidos no interesse da arrecadação e da fiscalização das receitas municipais.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1515/projeto_de_lei_no_029_2023_-_executivo_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1515/projeto_de_lei_no_029_2023_-_executivo_aprovado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n. 1.509, de 24 de agosto de 2022, que dispõe sobre o programa Previne Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1516/pl_030-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1516/pl_030-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1528/pl_032-2023_000_merged.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1528/pl_032-2023_000_merged.pdf</t>
   </si>
   <si>
     <t>Estabelece a estrutura e o funcionamento do Conselho Tutelar de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1547/pl_033-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1547/pl_033-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n. 1.498, de 1° de junho de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1549/projeto_de_lei_no_034_2023_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1549/projeto_de_lei_no_034_2023_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política municipal do meio ambiente do Município de Horizonte/CE e dá outras providências.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1550/pl_035-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1550/pl_035-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Vaqueiro em Horizonte/CE, o dia 29 de agosto de cada ano na forma que indica.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1605/pl_036-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1605/pl_036-2023.pdf</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1606/projeto_de_lei_no_039_2023_-_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1606/projeto_de_lei_no_039_2023_-_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar parte do imóvel que indica e adota outras providências.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1573/pl_041-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1573/pl_041-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n. 1.417, de 25 de junho de 2021 a Lei n. 1.494, de 03 de maio de 2022 e a Lei n. 1.530, 16 de fevereiro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1572/pl_043-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1572/pl_043-2023.pdf</t>
   </si>
   <si>
     <t>Denomina de Antonia Batista Lima da Silva conhecida como Val o Novo Prédio da Secretaria de Saúde localizado na rua Luís Inácio de Sousa no bairro Planalto Horizonte, nesse município</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1582/pl_046-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1582/pl_046-2023.pdf</t>
   </si>
   <si>
     <t>Altera Anexo IV do Plano de Cargos, Carreiras e Remuneração dos Servidores de Provimento Efetivo da Câmara Municipal de Horizonte/CE e dá outras providências.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1585/pl_047-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1585/pl_047-2023.pdf</t>
   </si>
   <si>
     <t>Concede premiação por desempenho as escolas que conquistarem o titulo de Escola Nota 10 na avaliação do SPAECE 2022 no município de Horizonte e da outras providencias</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1607/projeto_de_lei_no_048_2023_-_legislativo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1607/projeto_de_lei_no_048_2023_-_legislativo_leitura.pdf</t>
   </si>
   <si>
     <t>Denomina de Luiz Ferreira Lima a praça pública situada na Rua José Narcélio de Sousa, no Bairro Planalto da Galiléia, neste Município.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Irmão Bento, Getúlio Vargas, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1595/pl_049-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1595/pl_049-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de utilidade Pública a Associação Missionária Horizonte, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1610/pl_050-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1610/pl_050-2023.pdf</t>
   </si>
   <si>
     <t>Denomina de Adília Ferreira Lima o Centro de Educação Infantil (CEI) situado na Rua Alexandre Joca, 572, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Professora Alidiana</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1645/pl_051-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1645/pl_051-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do auxiliar de Limpeza e Serviços Gerais em Horizonte/CE</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1616/pl_053-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1616/pl_053-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de desenvolvimento industrial de Horizonte - PROGREDIH e dá outras providências.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1617/pl_054-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1617/pl_054-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do conselho municipal dos direitos da  pessoa com deficiência, fixando sua competência , composição e dá outras providências.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1646/projeto_de_lei_no_055_2023_executivo_-_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1646/projeto_de_lei_no_055_2023_executivo_-_leitura.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n. 509, de 13 de Junho de 2005, e dá outras providências.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Irmão Charles</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1624/pl_056-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1624/pl_056-2023.pdf</t>
   </si>
   <si>
     <t>Institui o dia do Agente Transito e a Semana do Transito no âmbito do Município de Horizonte.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1664/pl_058_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1664/pl_058_-_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da assistência financeira complementar repassada pela União Federal visando dar cumprimento ao disposto na Lei Federal n. 14.434, de 04 de agosto de 2022, que institui o Piso Salarial do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem, das Parteiras e dá outras providências.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1634/pl_059-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1634/pl_059-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal do Turismo, no Município de Horizonte, e dá outras providências.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1632/pl_060-20231.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1632/pl_060-20231.pdf</t>
   </si>
   <si>
     <t>Estabelece o Programa Municipal de apoio à recuperação fiscal dos cidadãos- contribuintes do Município de Horizonte, a transação tributária individual para grandes devedores e a remissão de créditos tributários e não-tributários.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1635/pl_061-20231.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1635/pl_061-20231.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n. 1.490, de 25 de abril de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1633/pl_062-20231.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1633/pl_062-20231.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Turismo, no Município de Horizonte, e dá outras providências.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1694/pl_063-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1694/pl_063-2023.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Horizonte para o exercício financeiro de 2024, na forma que indica.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1667/pl_064_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1667/pl_064_-_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reformulação do conselho municipal de saúde no Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1665/pl_065_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1665/pl_065_-_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Plano Municipal de Promoção à Igualdade Racial do Município de Horizonte (PLAMPIR), e dá outras providências.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1657/pl_066-2023_2.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1657/pl_066-2023_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desconcentração administrativa, disciplina as contas de gestão e de governo, na forma do art. 47 da Lei Federal 4.320, constituição estadual e federal, dando outras providências.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1675/pl_067-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1675/pl_067-2023.pdf</t>
   </si>
   <si>
     <t>Institui a gratificação de desempenho às escolas excelentes do município, destinado aos servidores da educação lotados em unidades escolares com bons resultados de aprendizagem, e dá outras providências.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1666/pl_068_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1666/pl_068_-_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas para o equacionamento do déficit atuarial do Regime Próprio de Previdência Social (FUMSEG) e dá outras providências.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1676/pl_069-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1676/pl_069-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional especial ao vigente orçamento fiscal e dá outras providências.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1677/pl_070_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1677/pl_070_-_2023.pdf</t>
   </si>
   <si>
     <t>Cria vagas para os cargos da estrutura da Prefeitura Municipal de Horizonte, alterando a Lei n.º 553, de 13 de março de 2006, Lei n. 554, de 13 de março de 2006, Lei 590, de 31 de outubro de 2006, Lei n. 856, de 23 de setembro de 2011, lei n. 995, de 25 de novembro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1678/pl_071_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1678/pl_071_-_2023.pdf</t>
   </si>
   <si>
     <t>Cria cargos e vagas na estrutura da Prefeitura Municipal de Horizonte e dá outras providências</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1679/pl_072-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1679/pl_072-2023.pdf</t>
   </si>
   <si>
     <t>Institui o prêmio estudantes excelentes no município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1683/pl_075-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1683/pl_075-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre refinanciamento de dívidas (refis) de infrações de trânsito aplicadas pelo Demutran, inscritas o não na dívida ativa do Município, aplicadas até 31 de dezembro de 2022.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1692/pl_076_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1692/pl_076_-_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o cumprimento do estatuído no inciso XVII do art. 33 da Lei Orgânica do Município de Horizonte para a Legislatura seguinte (2025-2028) na forma que indica.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1695/pl_077_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1695/pl_077_-_2023.pdf</t>
   </si>
   <si>
     <t>Define as Alíquotas de Contribuição Previdenciária do Município para o Regime Próprio de Previdência Social (FUMSEG) e demais providências na forma da Lei.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1706/pl_079-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1706/pl_079-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao vigente orçamento fiscal e dá outras providências.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1707/pl_080-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1707/pl_080-2023.pdf</t>
   </si>
   <si>
     <t>Institui gratificação fixa aos Servidores Efetivos que integram o quadro da estratégia Saúde da Família e das equipes multiprofissionais na atenção primaria a saúde e adota outras providências</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1708/pl_081-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1708/pl_081-2023.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 76, 77, 78 e 80 da Lei n. 1.466/2021, de 16 de dezembro de_x000D_
 2021, para atualizar as disposições sobre gratificação por titulação no Plano de Cargos, Carreiras e Remuneração dos Servidores de Provimento Efetivo da Câmara Municipal de Horizonte/CE e dá outras providências.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_de_lei_no_082_2023_-_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_de_lei_no_082_2023_-_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a indenizar benfeitorias necessárias e uteis edificadas sobre imóvel de propriedade do município de Horizonte.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1710/projeto_de_lei_no_083_2023_-_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1710/projeto_de_lei_no_083_2023_-_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar os imoveis que indica e adota outras providências.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1711/pl_084-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1711/pl_084-2023.pdf</t>
   </si>
   <si>
     <t>Concede inserção tributária aos beneficiários dos programas de habitação de interesse social custeados pelas fontes de recursos indicadas no art. 6º, incisos I a IV, da Lei Nacional n.º 14.620, de 13 de julho de 2023.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1712/pl_085-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1712/pl_085-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao vigente orçamento da seguridade social, e dá outras providências.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1564/veto_000_merged.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1564/veto_000_merged.pdf</t>
   </si>
   <si>
     <t>Veta o § 2º do art. 2º da Projeto de Lei n. 25/2023, incluído pela Emenda Modificativa n. 001/2023 de autoria da Mesa Diretora da Câmara.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1475/pdl_001-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1475/pdl_001-2023.pdf</t>
   </si>
   <si>
     <t>Denomina de Maria Edilma Albano Ribeiro, Francisca Alves de Sousa, Josafá Nogueira Ribeiro e Milton Nogueira Neris, as vias públicas do distrito de Queimadas na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1490/pdl_002-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1490/pdl_002-2023.pdf</t>
   </si>
   <si>
     <t>Denomina de rua Daniel Calixto do Nacimento do bairro Malcozinhado na forma que indica e dá outras providências</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1513/projeto_de_decreto_leg._no_003_2023_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1513/projeto_de_decreto_leg._no_003_2023_aprovado.pdf</t>
   </si>
   <si>
     <t>Denomina ruas de José Evandro Muniz, Ubiraci Teixeira Bezerra, Ubirajara Teixeira Bezerra do bairro Área Verde na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1559/pdl_004-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1559/pdl_004-2023.pdf</t>
   </si>
   <si>
     <t>Denomina via pública do Distrito de Queimadas. forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1568/dec_005-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1568/dec_005-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Contratações anual - PCA, no âmbito da Câmara Municipal de Horizonte.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1569/pdl_006-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1569/pdl_006-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o art. 20 da Lei Nº 14.133, de 1º de Abril de 2021, para estabelecer o enquadramento dos bens de consumo adquiridos para suprir as demandas das estruturas da Câmara Municipal de Horizonte nas categorias de qualidade comum de Luxo.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1570/pdl_007-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1570/pdl_007-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento administrativo para a realização de pesquisa de preços para aquisição de bens e contratação de serviços em geral, no âmbito da Câmara Municipal de Horizonte.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1571/pdl__008-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1571/pdl__008-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a dispensa de licitação, na forma eletrônica, de que trata a Lei n. 14.133 de 1º de abril de 2021 e institui o Sistema de Dispensa Eletrônica, no âmbito da Câmara Municipal de Horizonte.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1588/pdl_009-2023_2.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1588/pdl_009-2023_2.pdf</t>
   </si>
   <si>
     <t>Denomina via pública no bairro Gameleira na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1589/pdl_010-2023_2.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1589/pdl_010-2023_2.pdf</t>
   </si>
   <si>
     <t>Denomina via pública no bairro Alto do Estrela Distrito de Queimadas na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1600/pasta2023-8-290001.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1600/pasta2023-8-290001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre julgamento de contas de governo da Prefeitura Municipal de Horizonte, exercício financeiro de 2019, de responsabilidade do Sr. Francisco César de Sousa e dá outras providências.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>Adriana Silveira, Antônio Filho, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Getúlio Vargas, Haroldo da Saúde, Irmão Bento, Leandro Lima, Luciano Pinheiro, Renan do Posto Coluna, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1604/pdl_013-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1604/pdl_013-2023.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Horizontino ao Deputado Federal Luiz Gastão Bittencourt da Silva na forma que indica.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1608/pdl_014-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1608/pdl_014-2023.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Lais Tavares de Oliveira e Rua Laurita Cavalcante Tavares as vias públicas no bairro Gameleira na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1618/pdl_015-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1618/pdl_015-2023.pdf</t>
   </si>
   <si>
     <t>Denomina de Luiz Ferreira Lima a Praça Pública da Localidade de Planalto Galiléia, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1641/pdl_016-20231.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1641/pdl_016-20231.pdf</t>
   </si>
   <si>
     <t>Estabelece procedimentos para a participação de pessoa física nas contratações públicas de que trata a lei n. 14.133, de 1º de abril de 2021, no âmbito da Câmara Municipal de Horizonte.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1642/pdl_017-20231.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1642/pdl_017-20231.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o estudos técnico preliminares - ETP e sobre a elaboração do termo de referência - TR, no âmbito da Câmara Municipla de Horizonte.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1643/pdl_018-20231.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1643/pdl_018-20231.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a designação dos fiscais e gestores de contratos, bem como para a atuação da gestão e fiscalização da execução contratual nos processos de contratação de que dispõe a Lei n. 14,133 de 1º abril de 2021, no âmbito da Câmara Municipal de Horizonte.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>Diego Pinheiro, Adriana Silveira, Carlos da Bodega, Carlos Eloy, Edson Papinha, Flávio da Coelce, Getúlio Vargas, Haroldo da Saúde, Irmão Bento, Irmão Charles, Leandro Lima, Professora Alidiana, Renan do Posto Coluna, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1644/pdl_019-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1644/pdl_019-2023.pdf</t>
   </si>
   <si>
     <t>Concede titulo de Cidadão Horizontino ao Deputado Federal do Estado do Ceará, Célio Sturdart Barbosa.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1656/pdl_020-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1656/pdl_020-2023.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Daniel de Souza Neto a via pública do Distrito de Dourado na forma que indica.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>Irmão Charles, Adriana Silveira, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Getúlio Vargas, Haroldo da Saúde, Irmão Bento, Leandro Lima, Professora Alidiana, Renan do Posto Coluna, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1668/pdl_021_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1668/pdl_021_-_2023.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Horizontino ao Pastor Bernardo Johnson Silva dos Santos.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1669/pdl_022_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1669/pdl_022_-_2023.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Horizontino ao Pastor José Roberto da Silva.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Irmão Bento, Irmão Charles, Leandro Lima, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1671/pdl_023_-_2023_2.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1671/pdl_023_-_2023_2.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Horizontino a Luizianne de Oliveira Lins.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Irmão Bento, Irmão Charles, Leandro Lima, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1672/pdl_024_-_2023_2.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1672/pdl_024_-_2023_2.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Horizontino a Ricardo Dantas Sampaio.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>Antônio Filho, Irmão Bento, Adriana Silveira, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Getúlio Vargas, Haroldo da Saúde, Leandro Lima, Luciano Pinheiro, Renan do Posto Coluna, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1674/pdl_025-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1674/pdl_025-2023.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Horizontino ao Tenente Coronel Francisco Everton de Farias Torres.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>Carlos da Bodega, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1700/pdl_026-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1700/pdl_026-2023.pdf</t>
   </si>
   <si>
     <t>Denomina as ruas: João Luiz da Silva, José Marcelo de Araújo e Francisca Maria Assunção Borges situadas no Centro de Horizonte, conforme a planta urbana do Município, na forma que indica.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1447/pr_001-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1447/pr_001-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução n. 004, de 28 de outubro de 2021, Regimento Interno da Câmara Municipal de Horizonte/CE, no que concerne ao horário das Sessões, bem como às Sessões Hibridas, na forma que indica.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1470/pr_002-20231.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1470/pr_002-20231.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria da Mulher no âmbito da Câmara Municipal, do Município de Horizonte/CE, ensejando a alteração do Regimento Interno da Casa para a inclusão, na forma que indica.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1491/pre_003-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1491/pre_003-2023.pdf</t>
   </si>
   <si>
     <t>Fica instituída a Galeria das Pétalas, no âmbito do Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1523/projeto_de_resolucao_no_004_2023_lider_comunitario.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1523/projeto_de_resolucao_no_004_2023_lider_comunitario.pdf</t>
   </si>
   <si>
     <t>Fica instituída a Comenda Horizonte Líder Comunitário, no âmbito do Município e dá outras providências</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1558/pre_005-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1558/pre_005-2023.pdf</t>
   </si>
   <si>
     <t>Inclui dispositivos à Resolução n. 004, de 28 de outubro de 2021, Regimento Interno da Câmara Municipal de Horizonte/CE, no que concerne à gerência das despesas dos Gabinetes dos Vereadores de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1581/pre_006-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1581/pre_006-2023.pdf</t>
   </si>
   <si>
     <t>Fica instituída a Galeria Manuel Lourenço Filho, na sede do Poder Legislativo de Horizonte e da outras providências.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>Diego Pinheiro, Getúlio Vargas, Haroldo da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1584/pre_007-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1584/pre_007-2023.pdf</t>
   </si>
   <si>
     <t>Denomina de Vereador Franzé do Hospital o prédio anexo da Câmara Municipal, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1689/pre_008_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1689/pre_008_-_2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução n. 002, de 11 de maio de 2012, que trata sobre os valores de diárias de deslocamentos de vereadores e Servidores da Câmara Municipal de Horizonte/Ce, na forma que indica.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1454/ind_002-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1454/ind_002-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Índice de Periculosidade para a Guarda Patrimonial do Município de Horizonte/CE.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1460/ind_004-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1460/ind_004-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Centros de Assistência e Proteção a Mulheres vítimas de violência em Horizonte, sigla CAPMH ou, popularmente, Casa Rosa, no âmbito do Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>Antônio Filho, Tatiana Nogueira, Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1529/ind_008-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1529/ind_008-2023.pdf</t>
   </si>
   <si>
     <t>Institui a isenção de IPTU para famílias com portadores de Síndrome de Down no município de Horizonte.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>Antônio Filho, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1545/ind_009-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1545/ind_009-2023.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Horizonte Semana do Idoso.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>Diego Pinheiro, Tatiana Nogueira, Antônio Filho, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1546/indicacao_no_011_2023_vera._tatiana_e_ver._diego.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1546/indicacao_no_011_2023_vera._tatiana_e_ver._diego.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transformação do cargo de auxiliar le enfermagem para técnico de enfermagem, no Âmbito do município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1538/ind_012-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1538/ind_012-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Dia da Guarda Patrimonial de Horizonte a ser comemorado no dia 20 de junho, no âmbito do Município.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>Getúlio Vargas</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1539/ind_013-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1539/ind_013-2023.pdf</t>
   </si>
   <si>
     <t>Institui a isenção de IPTU para famílias de baixa renda no município de Horizonte.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>Diego Pinheiro, Edson Papinha, Haroldo da Saúde, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1551/ind_014-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1551/ind_014-2023.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Horizonte a Semana dos Jogos Escolares.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>Carlos da Bodega, Flávio da Coelce, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1565/ind_016-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1565/ind_016-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "Dentista nas Escolas e CEI" no município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1696/ind_017_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1696/ind_017_-_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão de uso de amplificadores de voz portáteis com fins educacionais aos professores da rede pública municipal de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>Carlos Eloy, Carlos da Bodega, Irmão Charles, Professora Alidiana, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1609/ind_020-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1609/ind_020-2023.pdf</t>
   </si>
   <si>
     <t>Cria a Secretaria de Proteção e Bem-Estar dos Animais, para tratar de políticas públicas voltadas para pets, cães e gatos, no âmbito do município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1630/ind_024-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1630/ind_024-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Bicicletas Compartilhadas - "bike Horizonte" no âmbito do município de Horizonte.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1673/ind_025_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1673/ind_025_-_2023.pdf</t>
   </si>
   <si>
     <t>Institui a campanha permanente de fortalecimento de saudê mental de trabalhadores junto ao Centro de Referência em Saúde do Trabalhador (Cerest) no município de Horizonte.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1686/ind_027-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1686/ind_027-2023.pdf</t>
   </si>
   <si>
     <t>Institui no município de Horizonte a criação de uma Banda Musical Municipal.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1688/ind_028-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1688/ind_028-2023.pdf</t>
   </si>
   <si>
     <t>Institui na rede pública de Assistência e Inclusão Social, oficinas de arte e aulas de música nos Cras do Município de Horizonte.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1690/indicacao_no_029_2023_-_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1690/indicacao_no_029_2023_-_tatiana.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Saúde Ocular para alunos da Rede Municipal de Ensino da cidade de Horizonte.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1691/indicacao_no_030_2023_-_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1691/indicacao_no_030_2023_-_tatiana.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Horizonte o Progrma "Farmacia Solidária" na forma que indica.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Antônio Filho, Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1697/ind_031_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1697/ind_031_-_2023.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Horizonte o Dia do Empreendedor Horizontino, na forma que indica.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>Carlos Eloy, Adriana Silveira, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1698/ind_033_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1698/ind_033_-_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cemitério e crematório público de animais domésticos ou domesticados no âmbito do Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1699/ind_034_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1699/ind_034_-_2023.pdf</t>
   </si>
   <si>
     <t>Estabelece obrigatoriedade às unidades de saúde públicas e privadas do Município de Horizonte, para que ofereçam leito separado para mães de natimorto e mães com óbito fetal, cujos procedimentos estão relacionados à humanização do luto materno e parental, na forma que indica.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Valda, Getúlio Vargas, Haroldo da Saúde, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1448/req_001-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1448/req_001-2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca das rua do Bairro Córrego das Quintas, na forma que indica.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1449/requerimento_no_002_2023_ver._renan_do_posto.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1449/requerimento_no_002_2023_ver._renan_do_posto.pdf</t>
   </si>
   <si>
     <t>Requer informações e aplicação do Novo Piso Salarial do Magistério, neste Município.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>Antônio Filho, Diego Pinheiro, Getúlio Vargas, Haroldo da Saúde, Irmão Bento, Renan do Posto Coluna, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1471/requerimento_no_003_2023_coletivo_vereadores.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1471/requerimento_no_003_2023_coletivo_vereadores.pdf</t>
   </si>
   <si>
     <t>Requer um estudo para viabilidade a implantação da tarifa zero para o transporte coletivo urbano de passageiro, neste município.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>Antônio Filho, Adriana Silveira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1450/req_004-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1450/req_004-2023.pdf</t>
   </si>
   <si>
     <t>Requer a drenagem e urbanização em área pública situada no Bairro Mangueiral, nesta cidade.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1451/req_005-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1451/req_005-2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca na comunidade da Rua da Palha no bairro Dourado, na forma que indica.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1456/requerimento_no_006_2023_ver._antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1456/requerimento_no_006_2023_ver._antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a implantação de grama sintética no campo Society localizado na Praça da Juventude, no bairro Catolé.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos da Bodega, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1452/req_007-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1452/req_007-2023.pdf</t>
   </si>
   <si>
     <t>Requer a implantação do Centro Terapêutico neste Município.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1453/req_008-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1453/req_008-2023.pdf</t>
   </si>
   <si>
     <t>Requer a construção da estrutura de abastecimento de água encanada para a Rua N, no Bairro Lagoinha, neste Município.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1455/req_009-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1455/req_009-2023.pdf</t>
   </si>
   <si>
     <t>Requer solicitação de Audiência Pública com a empresa de fornecimento de energia elétrica ENEL.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1472/requerimento_no_010_2023_ver._renan_do_posto.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1472/requerimento_no_010_2023_ver._renan_do_posto.pdf</t>
   </si>
   <si>
     <t>Requer solicitação de Audiência Pública com o Departamento Municipal de Trânsito (DEMUTRAN) de Horizonte.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1457/req_011-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1457/req_011-2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica no Distrito de Queimadas no Município de Horizonte.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1458/req_012-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1458/req_012-2023.pdf</t>
   </si>
   <si>
     <t>Requer calçadas padronizadas para os bairros Diadema I e II, Mangueiral, Malcozinhado e Zumbi, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>Antônio Filho, Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/</t>
   </si>
   <si>
     <t>Requer por parte do Poder Legislativo o Programa Câmara na Escola.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1476/req_015-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1476/req_015-2023.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma "Areninha" localizada nas proximidades da Rua Rafael Santos.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>Carlos da Bodega, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1477/req_016-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1477/req_016-2023.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em Pedra Tosca nas ruas do bairro Vertente - Horizonte na forma que indica.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>Carlos da Bodega, Carlos Eloy, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1481/req_017-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1481/req_017-2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca em 02 ruas do distrito de Dourado, expansão da iluminação pública e substituição de lâmpadas convencionais por lâmpadas de_x000D_
 led, na forma que indica.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>Antônio Filho, Getúlio Vargas</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1482/req_018-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1482/req_018-2023.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a doação oficial de um terreno para a Associação Garoto Bom de Bola inscrita no CNPJ: 05.260.960/0001-04</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1487/req_020-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1487/req_020-2023.pdf</t>
   </si>
   <si>
     <t>Requer a continuidade da pavimentação em pedra tosca em 3 logradouros do bairro Cajueiro da Malhada, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>Irmão Bento, Leandro Lima, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1488/req_021-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1488/req_021-2023.pdf</t>
   </si>
   <si>
     <t>Requer a Melhoria da Estrutura de Drenagem em trecho da avenida Presidente Castelo Branco, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1493/requerimento_no_022_2023_ver._antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1493/requerimento_no_022_2023_ver._antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer a inclusão da limpeza pública e a substituição das casas de taipa por alvenaria, no bairro Croatá 1, da forma que indica.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1494/req_023-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1494/req_023-2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca para a Rua Francisco Ribeiro da Silva, no Alto da Boa Vista, em Queimadas, da forma que indica.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1489/req_024-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1489/req_024-2023.pdf</t>
   </si>
   <si>
     <t>Requer Solicitação de Audiência Pública com a defesa civil do município de Horizonte.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>Requer a melhoria da estrutura de drenagem em trecho da Av. Presidente Castelo Branco, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>Diego Pinheiro, Getúlio Vargas, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1498/req_026-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1498/req_026-2023.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de Futmesas nas áreas públicas de lazer e prática esportiva, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1501/req_027-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1501/req_027-2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca no Jordão no distrito de Queimadas no município de Horizonte.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>Antônio Filho, Adriana Silveira, Edson Papinha, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1499/req_028-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1499/req_028-2023.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de detectores de metal nas escolas e creches públicas do Município.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>Adriana Silveira, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1502/req_029-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1502/req_029-2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da rua Asa Branca, situada no distrito Industrial, neste Município.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>Adriana Silveira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1500/req_030-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1500/req_030-2023.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de Rede Elétrica para a Rua Osmar Sales do Carmo em toda a sua extensão no Bairro Buenos Aires II, neste Município.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1503/req_031-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1503/req_031-2023.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal, a inclusão de iluminação de led, na iluminação pública dos bairros Catolé, Catu e Área Verde.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1504/req_032-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1504/req_032-2023.pdf</t>
   </si>
   <si>
     <t>Requer construção de um centro de educação infantil no distrito de Queimadas no município de Horizonte.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Getúlio Vargas, Leandro Lima, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1510/req_033-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1510/req_033-2023.pdf</t>
   </si>
   <si>
     <t>Requer doação de um terreno de área verde no distrito de Queimadas no município de Horizonte.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>Leandro Lima, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1511/req_034-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1511/req_034-2023.pdf</t>
   </si>
   <si>
     <t>Requer aquisição da reforma do CEI Pedro Nogueira de Queiroz na forma que indica neste Município.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1512/req_035-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1512/req_035-2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca no Cajueiro da Malhada, distrito de Queimadas, no município de Horizonte.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1505/req_036-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1505/req_036-2023.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação da rede elétrica da Rua Wilson Assunção na localidade de Cachoeira I na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1506/requerimento_no_037_2023_-_ver._carlos_eloy.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1506/requerimento_no_037_2023_-_ver._carlos_eloy.pdf</t>
   </si>
   <si>
     <t>Requer que seja estabelecida parceria com o Governo do Estado do Ceará para criação da UCA (Unidade de Convivência do Autista), neste Município.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Carlos Eloy, Adriana Silveira, Antônio Filho, Carlos da Bodega, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1507/req_038-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1507/req_038-2023.pdf</t>
   </si>
   <si>
     <t>Requer um plano de segurança nas creches e escolas municipais da forma que indica.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>Diego Pinheiro, Getúlio Vargas, Haroldo da Saúde, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1508/req_039-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1508/req_039-2023.pdf</t>
   </si>
   <si>
     <t>Requer a presença de Guarda Municipal nas escolas e creches do município da forma que indica.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Haroldo da Saúde, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1544/requerimento_no_040_2023_vers._haroldo_e_renan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1544/requerimento_no_040_2023_vers._haroldo_e_renan.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação em pedra tosca em 02 logradouros do bairro Lagoinha, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1509/req_041-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1509/req_041-2023.pdf</t>
   </si>
   <si>
     <t>Requer a reforma dos muros das escolas e creches na forma que indica neste Município.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Requer informação da Secretaria de Assistência Social acerca da aquisição e distribuição de Pães no período da Semana Santa.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1519/requerimento_no_043_2023_-_ver._irmao_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1519/requerimento_no_043_2023_-_ver._irmao_bento.pdf</t>
   </si>
   <si>
     <t>Requer Limpeza da Rotatória em frente a secretaria de saúde, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1518/requerimento_no_044_2023__nao_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1518/requerimento_no_044_2023__nao_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informação da Secretaria de Assistência Social acerca da aquisição e distribuição de pães no período da Semana Santa.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1520/requerimento_no_045_2023_-_vera_valda.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1520/requerimento_no_045_2023_-_vera_valda.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e ampliação do Centro de Assistência Social - CRAS do distrito de Dourado.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>Adriana Silveira, Antônio Filho, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Irmão Bento, Leandro Lima, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1530/req_046-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1530/req_046-2023.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação da Escola José Eduardo de Souza, bairro Zumbi; Reforma da Escola Francisco Xavier  no bairro Buenos Ayresil; Reforma e Ampliação das Escolas Maria Luiza Barbosa Chaves bairro Diadema; Jorge Pereira no Planalto Horizonte e Raimunda Duarte Teixeira  bairro Centro, neste município.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1521/requerimento_no_047_2023_-_ver._flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1521/requerimento_no_047_2023_-_ver._flavio.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Avenida Horácio Rufino, Deoclécia Pereira, José América de Freitas e a continuidade da Pavimentação em pedra tosca da rua Baturité em toda sua extensão.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1522/requerimento_no_049_2023_-_ver._irmao_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1522/requerimento_no_049_2023_-_ver._irmao_bento.pdf</t>
   </si>
   <si>
     <t>Requer Carrinhos de Reciclagem na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>Carlos da Bodega, Diego Pinheiro, Edson Papinha, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1531/req_050-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1531/req_050-2023.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da Escola Domitila Assunção, situada no Bairro Mundo Novo, neste município.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>Flávio da Coelce, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1524/req_051-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1524/req_051-2023.pdf</t>
   </si>
   <si>
     <t>Requer a revitalização da praça localizada no bairro Buenos Aires I, neste município.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1525/req_052-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1525/req_052-2023.pdf</t>
   </si>
   <si>
     <t>Requer a colocação das luzes e sistema de coleta de lixo em ruas do bairro Malcozinhado, neste município.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1526/req_053-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1526/req_053-2023.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção corretiva, operação tapa-buraco e capinação e substituição de lâmpadas de vapor por led´s nas ruas do bairro Buenos Aires I, no município de Horizonte.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1527/req_054-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1527/req_054-2023.pdf</t>
   </si>
   <si>
     <t>Requer ponto de apoio para o atendimento de saúde pública na comunidade de Gameleira na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1532/req_055-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1532/req_055-2023.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a doação de uma viatura para a Guarda Patrimonial de Horizonte.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1543/requerimento_no_056_2023_ver._antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1543/requerimento_no_056_2023_ver._antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a Implantação de Piscinas Semi Olímpicas nas Praças das Juventudes do Município de Horizonte</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1533/req_057-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1533/req_057-2023.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de lousas digitais nas escolas e creches municipais de Horizonte.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1534/req_058-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1534/req_058-2023.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de aparelhos de ar-condicionado nas escolas e creches municipais de Horizonte.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1560/requerimento_no_059_2023_vera_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1560/requerimento_no_059_2023_vera_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer Reforma e ampliação da EMEF. Fernando Augusto Nogueira no Distrito de Queimadas no município de Horizonte.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1535/req_060-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1535/req_060-2023.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da praça dos dinossauros no bairro Gameleira, neste Município.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos Eloy, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1536/req_061-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1536/req_061-2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica em ruas no bairro Buenos Aires I, neste Município.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>Luciano Pinheiro, Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1542/requerimento_no_063_2023_ver.luciano_pinheiro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1542/requerimento_no_063_2023_ver.luciano_pinheiro.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da estrutura e conclusão do Estádio Pinheirão na localidade de Canavieira dos Pinheiros, na forma que indica, neste município</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>Getúlio Vargas, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1537/req_064-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1537/req_064-2023.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca da rua Luciano Ferreira Lima no bairro Buenos Aires, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos da Bodega, Carlos Eloy, Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1541/req_67-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1541/req_67-2023.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de um calçadão arborizado de frente à Escola Milton Nogueira no Bairro Buenos Aires II.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1540/requerimento_no_068_2023_ver._diego_pinheiro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1540/requerimento_no_068_2023_ver._diego_pinheiro.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal Pavimentação asfáltica de rua no bairro Dourado na forma que indica.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Antônio Filho, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1578/requerimento_no_069_2023_-_vera_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1578/requerimento_no_069_2023_-_vera_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer prédio próprio para Centro de Atenção Psicossocial-CAPS no município de Horizonte.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1552/req_70-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1552/req_70-2023.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica para os logradouros que indica no bairro Distrito Industrial, neste Município.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1553/req_71-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1553/req_71-2023.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica para os logradouros que indica no bairro Gameleira, neste Município.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1554/req_74-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1554/req_74-2023.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação da rede de iluminação pública dos logradouros que indica no bairro Queimadas, neste Município.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1555/req_76-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1555/req_76-2023.pdf</t>
   </si>
   <si>
     <t>Requer a continuação da rede elétrica com iluminação pública para as ruas que indica no bairro Mangueiral, neste Município.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>Irmão Bento, Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1556/req_77-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1556/req_77-2023.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza dos córregos das localidades de Diadema I e II e Malcozinhado na forma que indica, na forma que indica.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1557/req_78-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1557/req_78-2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica de logradouros no Distrito Industrial que indica, neste Município.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1561/requerimento_no_079_2023_ver._luis_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1561/requerimento_no_079_2023_ver._luis_bento.pdf</t>
   </si>
   <si>
     <t>Requer reforma completa do Centro de Reabilitação Clínico e Educacional - CACE na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1562/requerimento_no_080_2023_ver._luis_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1562/requerimento_no_080_2023_ver._luis_bento.pdf</t>
   </si>
   <si>
     <t>Requer academia ao ar livre na Praça São Sebastião, no bairro Carnaubal na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1563/requerimento_no_081_2023_vera_tatiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1563/requerimento_no_081_2023_vera_tatiana.pdf</t>
   </si>
   <si>
     <t>Requer revitalização da Praça da Igreja Santa Izabel e a instalação de uma academia ao ar livre no Distrito de Queimadas no município de Horizonte.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1566/req_082-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1566/req_082-2023.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação de encanamento de água na forma que indica na localidade de Córrego das Quintas, neste Município.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1574/req_083-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1574/req_083-2023.pdf</t>
   </si>
   <si>
     <t>Requer a implantação do Consultório Médico Itinerante, no âmbito do município de Horizonte.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1575/req_084-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1575/req_084-2023.pdf</t>
   </si>
   <si>
     <t>Requer a criação do dia "D da Saúde familiar nos bairros", no município de Horizonte.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1576/req_086-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1576/req_086-2023.pdf</t>
   </si>
   <si>
     <t>Requer a implantação do Consultório Odontológico Itinerante, no município de Horizonte</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1577/req_087-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1577/req_087-2023.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a Iluminação Pública da rua João Domingos de Sousa - Catolé.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1579/req_088-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1579/req_088-2023.pdf</t>
   </si>
   <si>
     <t>Requer reforma do Campo de Futebol localizado no Córrego das Quintas no município de Horizonte.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Carlos Eloy, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1580/requerimento_no_091_2023_-_ver._carlos_eloy.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1580/requerimento_no_091_2023_-_ver._carlos_eloy.pdf</t>
   </si>
   <si>
     <t>Requer viabilizar a realização de Sessão Solene para comemorar os 25 anos de permanência do SINE/IDT no município de Horizonte.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1587/req_092-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1587/req_092-2023.pdf</t>
   </si>
   <si>
     <t>Requer licença para tratar de assunto de interesses particulares na forma que indica.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1590/req_093-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1590/req_093-2023.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da ponte do Canal da Integração no Distrito de Queimadas na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Carlos Eloy, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1591/requerimento_no_094_2023_ver.carlos_eloy.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1591/requerimento_no_094_2023_ver.carlos_eloy.pdf</t>
   </si>
   <si>
     <t>Requer operação tapa buraco nas Ruas, Ana Nogueira Lopes no Distrito e Josias Nogueira de Almeida de Queimadas na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Professora Alidiana, Adriana Silveira, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1592/req_095-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1592/req_095-2023.pdf</t>
   </si>
   <si>
     <t>Requer a substituição da grama natural por grama sintética no campo da Areninha da Praça da Juventude, no Bairro Diadema.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1594/req_096-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1594/req_096-2023.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a implantação de um CRAS - Centro de Referência de Assitência Social no bairro Planalto Horizonte.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1599/req_097-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1599/req_097-2023.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza, capinagem e revitalização do Prédio da Antiga Escola José Bonifácio de Queiroz e do Ginásio poliesportivo Gláucia Maria Nogueira Neres nas Queimadas, na forma que indica.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Professora Alidiana, Getúlio Vargas</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1593/req_099-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1593/req_099-2023.pdf</t>
   </si>
   <si>
     <t>Requer redutores para ruas do bairro Diadema na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Requer a extensão da rede elétrica da rua Baturité no bairro centro na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1597/requerimento_105_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1597/requerimento_105_-_2023.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de um ponto de apoio de UBS, no distrito de Vertente, neste município.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1611/req_106-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1611/req_106-2023.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um Centro de Educação Infantil - CEI na localidade de vertente na forma que indica neste Município.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1598/req_108-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1598/req_108-2023.pdf</t>
   </si>
   <si>
     <t>Requer a doação de terreno para um espaço que comporte feiras de animais, neste município.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1601/requerimento_no_109_2023_alidiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1601/requerimento_no_109_2023_alidiana.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um centro público para acolher animais de rua, neste Município.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1602/requerimento_no_110_2023_alidiana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1602/requerimento_no_110_2023_alidiana.pdf</t>
   </si>
   <si>
     <t>Requer a extensão da Rua Maria Augustina da Silva, a pavimentação em pedra tosca e rede elétrica, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1615/req_112-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1615/req_112-2023.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um mercado público do pescado e verduras na Rua Otacílio Viana com a Rua Francisco Euclides Ferreira na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Professora Alidiana, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1612/req_113-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1612/req_113-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a reforma e ampliação de estrutura dos CEI Francisca Ermira Kohler e Cleonice Pires de Souza no bairro Diadema, na forma que indica.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1603/requerimento_no_115_2023_licenca_ver.antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1603/requerimento_no_115_2023_licenca_ver.antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer licença para tratar de assuntos de interesse particular pelo prazo de 60 (sessenta) dias, entre os dias 05 de setembro a 04 de novembro de 2023, na forma que indica.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1613/req_118-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1613/req_118-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a reforma e ampliação de estrutura do CEI Maria do Carmo de Oliveira no bairro Centro, na forma que indica.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Professora Alidiana, Irmão Charles</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1619/req_119-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1619/req_119-2023.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de piso emborrachado no parquinho infantil da Praça da Juventude no bairro Diadema, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1620/req_120-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1620/req_120-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a instalação no semáforo no cruzamento das ruas Vereador Elias Eduardo com Zé Janjão no bairro Zumbi, na forma que indica.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1614/req_121-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1614/req_121-2023.pdf</t>
   </si>
   <si>
     <t>Requer a continuação da pavimentação em pedra tosca e pavimentação asfáltica na Vila Aprazível, localidade de Preaoca na forma que indica neste Município.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1627/req_122-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1627/req_122-2023.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de academia da saúde na praça da Igreja Santa Edwiges conhecida como praça da madame no Bairro Mangueiral na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1621/req_123-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1621/req_123-2023.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça pública na localidade de Vertente, no distrito de Dourado, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1658/req_124-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1658/req_124-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a reforma e ampliação da estrutura do CEI Dr. Waldemar Gonçalves de Sousa, no bairro Mal Cozinhado, na forma que indica.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Irmão Bento, Carlos da Bodega, Professora Alidiana</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1622/req_126-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1622/req_126-2023.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma Areninha e uma Praça com Academia de Saúde, entre as Ruas José Alci e Francisco Onofre, ao lado do Posto do Diadema, neste Município.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1626/req_127-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1626/req_127-2023.pdf</t>
   </si>
   <si>
     <t>Requer drenagem das ruas do bairro Buenos Aires, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Diego Pinheiro, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1625/req_128-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1625/req_128-2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica no trecho que indica na rua José Acelino de Menezes até a rua Analio José da Silva na localidade de Mundo Novo, neste município</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1628/req_129-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1628/req_129-2023.pdf</t>
   </si>
   <si>
     <t>Requer a Continuidade da Pavimentação em pedra tosca nas Ruas citadas do bairro Malcozinhado.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1659/req_130-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1659/req_130-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a revitalização da UBS João Ferreira da Silva (João Doca) no bairro Mal Cozinhado, neste Município.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1648/req_131-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1648/req_131-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Pavimentação Asfáltica nas ruas Raimundo Florêncio Batista e Maria José Batista no bairro Buenos Aires II, na forma que indica.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1631/req_132-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1631/req_132-2023.pdf</t>
   </si>
   <si>
     <t>Requer a abertura, pavimentação em pedra tosca, iluminação pública e rede de abastecimento de água e esgoto da rua Luiz Alves no Alto da Boa Vista, neste município.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1629/req_133-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1629/req_133-2023.pdf</t>
   </si>
   <si>
     <t>Requer a Instalação de redutores de velocidade na rua Manoel Conrado em toda sua extensão em Horizonte.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1636/req_134-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1636/req_134-2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca, em diversas ruas no bairro Buenos Aires II, neste município.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1649/req_135-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1649/req_135-2023.pdf</t>
   </si>
   <si>
     <t>Requer a sinalização de velocidade de 60 KM e placas indicando as curvas das rodovias que ligam a Sede do Municípios aos Distritos de Aningas, Dourado e Queimadas.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1637/req_136-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1637/req_136-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Estudo para implantação do sistema binário na rua Horácio Inácio de Sousa no bairro Zumbi, na forma que indica.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1660/req_137-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1660/req_137-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a construção de uma praça com parquinho infantil e academia da saúde, situado no bairro Alto Estrela, na forma que indica.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1650/req_138-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1650/req_138-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo instalação de semáforos em diversos pontos do município de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1651/req_139-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1651/req_139-2023.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfaltica nas ruas Antônio Joaquim de Andrade, Luiz Costa e Rua Arco Íris, no Bairro Planalto, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1638/req_140-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1638/req_140-2023.pdf</t>
   </si>
   <si>
     <t>Requer a urbanização da Lagoa localizada na Rua Genésio Palhano no bairro Lagoinha neste Município.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1652/req_141-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1652/req_141-2023.pdf</t>
   </si>
   <si>
     <t>Requer obra de tapa buracos no asfalto da Rua Manuel Conrado até no Centro de Dourado.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1639/requerimento_no_142_2023_-_flavio_da_coelce.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1639/requerimento_no_142_2023_-_flavio_da_coelce.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado o descarte adequado dos animais eutanasiados pelos órgãos competentes do município.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Flávio da Coelce, Carlos da Bodega, Professora Alidiana</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1640/req_143-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1640/req_143-2023.pdf</t>
   </si>
   <si>
     <t>Requer a manuntenção do logradouro e continuação da pavimentação asfáltica da rua Leandro Bezerra no Diadema neste município.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1653/req_144-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1653/req_144-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a Transformação do DEMUTRAN de Horizonte em Autarquia.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1647/requerimento_no_145_2023_-_vrs._rhenan_e_tatiana_nogueira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1647/requerimento_no_145_2023_-_vrs._rhenan_e_tatiana_nogueira.pdf</t>
   </si>
   <si>
     <t>Requer a convocação de Audiência Publica com participação da Secretaria de Saúde, Autarquia de Meio Ambiente - Ama e os Grupos de Proteção Animal no Município de Horizomte.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1654/req_146-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1654/req_146-2023.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma nova caixa d'agua com reforma da antiga caixa d'agua para ficar de emergência, pavimentação asfáltica das ruas da Timbaúba com a sinalização viária horizontal/vertical na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1655/req_148-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1655/req_148-2023.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um calçadão com piso intertravado entorno do Canal do Trabalhador no Alto Alegre na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1661/req_150-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1661/req_150-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a pavimentação asfáltica em diversos logradouros públicos situados no município de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1662/req_152-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1662/req_152-2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca para a Rua Daniel Calixto do Nascimento, no bairro Mal Cozinhado.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1663/req_153-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1663/req_153-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a reforma e ampliação da EMEF Deputado Ulysses Guimarães no bairro Mal Cozinhado na forma que indica.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1670/req_154_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1670/req_154_-_2023.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação do calçamento e o complemento do asfalto das ruas Francisco Rodrigues, Francisco Carlos Marques e Francisco Miguel no Bairro Planalto Horizonte.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1680/req_155-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1680/req_155-2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca na Rua da Lagoa do Ipú, na localidade de Córrego das Quintas, na forma que indica.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Antônio Filho, Diego Pinheiro, Edson Papinha, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1681/req_156_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1681/req_156_-_2023.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipa, a criação do 3º Distrito Industrial na Região do Tabuleiro.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1682/req_157_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1682/req_157_-_2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca rua Maria de Fátima dos Santos na Gameleira no Distrito de Queimadas no Município de Horizonte.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1693/requerimento_no_158_2023_-_irmao_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1693/requerimento_no_158_2023_-_irmao_bento.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Rua João Antero e Rua José Chagas no bairro Planalto Horizonte, neste Município.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1687/req_159-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1687/req_159-2023.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca em 03 logradouros em Aningas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1701/req_161_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1701/req_161_-_2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica no Bairro Planalto Horizonte, no Município de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Irmão Bento, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1702/req_162-2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1702/req_162-2023.pdf</t>
   </si>
   <si>
     <t>Requer a reforma do Campo da Juventude no bairro Malcozinhado, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1703/req_163_-_2023.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1703/req_163_-_2023.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção da coberta do Ginásio Poliesportivo da Escola Maria Regiana, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1704/requerimento_no_164_2023_-_tatiana_nogueira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1704/requerimento_no_164_2023_-_tatiana_nogueira.pdf</t>
   </si>
   <si>
     <t>Requer a obrigatoriedade diária da exposição do cardápio da merenda escolar pelas escolas da Rede Municipal de Ensino de Horizonte.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1705/requerimento_no_165_2023_-_antonio_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1705/requerimento_no_165_2023_-_antonio_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal, a pavimentação asfáltica das ruas Antônio Pereira de Castro e Luís Roberto de Sousa, localizadas no bairro Buenos Aires 2, na forma que indica.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3506,67 +3506,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1586/ppv_n._150-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1723/ppv_335-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1685/plc_001-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1684/plc_002-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1444/pl_001-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1445/pl_002-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1446/pl_003-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1462/pl_004-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1461/pl_005-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1464/pl_006-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1463/pl_007-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1459/pl_010-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1465/pl_011-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1466/pl_012-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1467/projeto_de_lei_no_013_2023_vera._tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1468/pl_014-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1469/pl_015-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1474/pl_016-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1478/pl_017-20231.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1483/pl_018-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1479/pl_019-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1480/pl_020-20231.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1495/pl_021-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1496/pl_022-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1484/pl_023-20231.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1485/pl_024-20231.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1486/pl_025-20231.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1548/projeto_de_lei_no_026_2023_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1497/pl_027-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1514/projeto_de_lei_no_028_2023_-_executivo_aprovado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1515/projeto_de_lei_no_029_2023_-_executivo_aprovado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1516/pl_030-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1528/pl_032-2023_000_merged.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1547/pl_033-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1549/projeto_de_lei_no_034_2023_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1550/pl_035-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1605/pl_036-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1606/projeto_de_lei_no_039_2023_-_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1573/pl_041-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1572/pl_043-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1582/pl_046-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1585/pl_047-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1607/projeto_de_lei_no_048_2023_-_legislativo_leitura.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1595/pl_049-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1610/pl_050-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1645/pl_051-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1616/pl_053-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1617/pl_054-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1646/projeto_de_lei_no_055_2023_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1624/pl_056-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1664/pl_058_-_2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1634/pl_059-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1632/pl_060-20231.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1635/pl_061-20231.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1633/pl_062-20231.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1694/pl_063-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1667/pl_064_-_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1665/pl_065_-_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1657/pl_066-2023_2.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1675/pl_067-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1666/pl_068_-_2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1676/pl_069-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1677/pl_070_-_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1678/pl_071_-_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1679/pl_072-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1683/pl_075-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1692/pl_076_-_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1695/pl_077_-_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1706/pl_079-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1707/pl_080-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1708/pl_081-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_de_lei_no_082_2023_-_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1710/projeto_de_lei_no_083_2023_-_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1711/pl_084-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1712/pl_085-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1564/veto_000_merged.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1475/pdl_001-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1490/pdl_002-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1513/projeto_de_decreto_leg._no_003_2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1559/pdl_004-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1568/dec_005-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1569/pdl_006-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1570/pdl_007-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1571/pdl__008-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1588/pdl_009-2023_2.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1589/pdl_010-2023_2.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1600/pasta2023-8-290001.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1604/pdl_013-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1608/pdl_014-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1618/pdl_015-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1641/pdl_016-20231.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1642/pdl_017-20231.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1643/pdl_018-20231.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1644/pdl_019-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1656/pdl_020-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1668/pdl_021_-_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1669/pdl_022_-_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1671/pdl_023_-_2023_2.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1672/pdl_024_-_2023_2.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1674/pdl_025-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1700/pdl_026-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1447/pr_001-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1470/pr_002-20231.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1491/pre_003-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1523/projeto_de_resolucao_no_004_2023_lider_comunitario.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1558/pre_005-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1581/pre_006-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1584/pre_007-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1689/pre_008_-_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1454/ind_002-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1460/ind_004-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1529/ind_008-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1545/ind_009-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1546/indicacao_no_011_2023_vera._tatiana_e_ver._diego.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1538/ind_012-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1539/ind_013-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1551/ind_014-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1565/ind_016-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1696/ind_017_-_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1609/ind_020-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1630/ind_024-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1673/ind_025_-_2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1686/ind_027-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1688/ind_028-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1690/indicacao_no_029_2023_-_tatiana.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1691/indicacao_no_030_2023_-_tatiana.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1697/ind_031_-_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1698/ind_033_-_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1699/ind_034_-_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1448/req_001-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1449/requerimento_no_002_2023_ver._renan_do_posto.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1471/requerimento_no_003_2023_coletivo_vereadores.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1450/req_004-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1451/req_005-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1456/requerimento_no_006_2023_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1452/req_007-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1453/req_008-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1455/req_009-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1472/requerimento_no_010_2023_ver._renan_do_posto.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1457/req_011-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1458/req_012-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1476/req_015-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1477/req_016-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1481/req_017-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1482/req_018-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1487/req_020-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1488/req_021-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1493/requerimento_no_022_2023_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1494/req_023-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1489/req_024-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1498/req_026-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1501/req_027-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1499/req_028-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1502/req_029-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1500/req_030-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1503/req_031-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1504/req_032-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1510/req_033-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1511/req_034-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1512/req_035-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1505/req_036-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1506/requerimento_no_037_2023_-_ver._carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1507/req_038-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1508/req_039-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1544/requerimento_no_040_2023_vers._haroldo_e_renan.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1509/req_041-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1519/requerimento_no_043_2023_-_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1518/requerimento_no_044_2023__nao_aprovado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1520/requerimento_no_045_2023_-_vera_valda.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1530/req_046-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1521/requerimento_no_047_2023_-_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1522/requerimento_no_049_2023_-_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1531/req_050-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1524/req_051-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1525/req_052-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1526/req_053-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1527/req_054-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1532/req_055-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1543/requerimento_no_056_2023_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1533/req_057-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1534/req_058-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1560/requerimento_no_059_2023_vera_tatiana.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1535/req_060-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1536/req_061-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1542/requerimento_no_063_2023_ver.luciano_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1537/req_064-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1541/req_67-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1540/requerimento_no_068_2023_ver._diego_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1578/requerimento_no_069_2023_-_vera_tatiana.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1552/req_70-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1553/req_71-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1554/req_74-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1555/req_76-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1556/req_77-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1557/req_78-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1561/requerimento_no_079_2023_ver._luis_bento.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1562/requerimento_no_080_2023_ver._luis_bento.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1563/requerimento_no_081_2023_vera_tatiana.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1566/req_082-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1574/req_083-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1575/req_084-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1576/req_086-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1577/req_087-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1579/req_088-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1580/requerimento_no_091_2023_-_ver._carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1587/req_092-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1590/req_093-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1591/requerimento_no_094_2023_ver.carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1592/req_095-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1594/req_096-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1599/req_097-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1593/req_099-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1597/requerimento_105_-_2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1611/req_106-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1598/req_108-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1601/requerimento_no_109_2023_alidiana.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1602/requerimento_no_110_2023_alidiana.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1615/req_112-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1612/req_113-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1603/requerimento_no_115_2023_licenca_ver.antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1613/req_118-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1619/req_119-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1620/req_120-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1614/req_121-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1627/req_122-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1621/req_123-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1658/req_124-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1622/req_126-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1626/req_127-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1625/req_128-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1628/req_129-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1659/req_130-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1648/req_131-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1631/req_132-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1629/req_133-2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1636/req_134-2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1649/req_135-2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1637/req_136-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1660/req_137-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1650/req_138-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1651/req_139-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1638/req_140-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1652/req_141-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1639/requerimento_no_142_2023_-_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1640/req_143-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1653/req_144-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1647/requerimento_no_145_2023_-_vrs._rhenan_e_tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1654/req_146-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1655/req_148-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1661/req_150-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1662/req_152-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1663/req_153-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1670/req_154_-_2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1680/req_155-2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1681/req_156_-_2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1682/req_157_-_2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1693/requerimento_no_158_2023_-_irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1687/req_159-2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1701/req_161_-_2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1702/req_162-2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1703/req_163_-_2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1704/requerimento_no_164_2023_-_tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1705/requerimento_no_165_2023_-_antonio_filho.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1586/ppv_n._150-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1723/ppv_335-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1685/plc_001-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1684/plc_002-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1444/pl_001-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1445/pl_002-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1446/pl_003-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1462/pl_004-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1461/pl_005-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1464/pl_006-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1463/pl_007-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1459/pl_010-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1465/pl_011-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1466/pl_012-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1467/projeto_de_lei_no_013_2023_vera._tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1468/pl_014-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1469/pl_015-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1474/pl_016-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1478/pl_017-20231.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1483/pl_018-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1479/pl_019-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1480/pl_020-20231.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1495/pl_021-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1496/pl_022-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1484/pl_023-20231.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1485/pl_024-20231.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1486/pl_025-20231.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1548/projeto_de_lei_no_026_2023_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1497/pl_027-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1514/projeto_de_lei_no_028_2023_-_executivo_aprovado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1515/projeto_de_lei_no_029_2023_-_executivo_aprovado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1516/pl_030-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1528/pl_032-2023_000_merged.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1547/pl_033-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1549/projeto_de_lei_no_034_2023_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1550/pl_035-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1605/pl_036-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1606/projeto_de_lei_no_039_2023_-_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1573/pl_041-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1572/pl_043-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1582/pl_046-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1585/pl_047-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1607/projeto_de_lei_no_048_2023_-_legislativo_leitura.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1595/pl_049-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1610/pl_050-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1645/pl_051-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1616/pl_053-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1617/pl_054-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1646/projeto_de_lei_no_055_2023_executivo_-_leitura.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1624/pl_056-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1664/pl_058_-_2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1634/pl_059-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1632/pl_060-20231.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1635/pl_061-20231.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1633/pl_062-20231.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1694/pl_063-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1667/pl_064_-_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1665/pl_065_-_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1657/pl_066-2023_2.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1675/pl_067-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1666/pl_068_-_2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1676/pl_069-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1677/pl_070_-_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1678/pl_071_-_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1679/pl_072-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1683/pl_075-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1692/pl_076_-_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1695/pl_077_-_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1706/pl_079-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1707/pl_080-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1708/pl_081-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_de_lei_no_082_2023_-_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1710/projeto_de_lei_no_083_2023_-_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1711/pl_084-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1712/pl_085-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1564/veto_000_merged.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1475/pdl_001-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1490/pdl_002-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1513/projeto_de_decreto_leg._no_003_2023_aprovado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1559/pdl_004-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1568/dec_005-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1569/pdl_006-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1570/pdl_007-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1571/pdl__008-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1588/pdl_009-2023_2.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1589/pdl_010-2023_2.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1600/pasta2023-8-290001.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1604/pdl_013-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1608/pdl_014-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1618/pdl_015-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1641/pdl_016-20231.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1642/pdl_017-20231.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1643/pdl_018-20231.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1644/pdl_019-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1656/pdl_020-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1668/pdl_021_-_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1669/pdl_022_-_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1671/pdl_023_-_2023_2.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1672/pdl_024_-_2023_2.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1674/pdl_025-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1700/pdl_026-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1447/pr_001-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1470/pr_002-20231.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1491/pre_003-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1523/projeto_de_resolucao_no_004_2023_lider_comunitario.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1558/pre_005-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1581/pre_006-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1584/pre_007-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1689/pre_008_-_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1454/ind_002-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1460/ind_004-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1529/ind_008-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1545/ind_009-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1546/indicacao_no_011_2023_vera._tatiana_e_ver._diego.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1538/ind_012-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1539/ind_013-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1551/ind_014-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1565/ind_016-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1696/ind_017_-_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1609/ind_020-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1630/ind_024-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1673/ind_025_-_2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1686/ind_027-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1688/ind_028-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1690/indicacao_no_029_2023_-_tatiana.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1691/indicacao_no_030_2023_-_tatiana.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1697/ind_031_-_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1698/ind_033_-_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1699/ind_034_-_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1448/req_001-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1449/requerimento_no_002_2023_ver._renan_do_posto.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1471/requerimento_no_003_2023_coletivo_vereadores.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1450/req_004-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1451/req_005-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1456/requerimento_no_006_2023_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1452/req_007-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1453/req_008-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1455/req_009-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1472/requerimento_no_010_2023_ver._renan_do_posto.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1457/req_011-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1458/req_012-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1476/req_015-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1477/req_016-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1481/req_017-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1482/req_018-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1487/req_020-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1488/req_021-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1493/requerimento_no_022_2023_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1494/req_023-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1489/req_024-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1498/req_026-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1501/req_027-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1499/req_028-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1502/req_029-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1500/req_030-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1503/req_031-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1504/req_032-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1510/req_033-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1511/req_034-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1512/req_035-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1505/req_036-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1506/requerimento_no_037_2023_-_ver._carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1507/req_038-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1508/req_039-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1544/requerimento_no_040_2023_vers._haroldo_e_renan.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1509/req_041-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1519/requerimento_no_043_2023_-_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1518/requerimento_no_044_2023__nao_aprovado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1520/requerimento_no_045_2023_-_vera_valda.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1530/req_046-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1521/requerimento_no_047_2023_-_ver._flavio.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1522/requerimento_no_049_2023_-_ver._irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1531/req_050-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1524/req_051-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1525/req_052-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1526/req_053-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1527/req_054-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1532/req_055-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1543/requerimento_no_056_2023_ver._antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1533/req_057-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1534/req_058-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1560/requerimento_no_059_2023_vera_tatiana.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1535/req_060-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1536/req_061-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1542/requerimento_no_063_2023_ver.luciano_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1537/req_064-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1541/req_67-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1540/requerimento_no_068_2023_ver._diego_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1578/requerimento_no_069_2023_-_vera_tatiana.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1552/req_70-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1553/req_71-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1554/req_74-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1555/req_76-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1556/req_77-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1557/req_78-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1561/requerimento_no_079_2023_ver._luis_bento.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1562/requerimento_no_080_2023_ver._luis_bento.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1563/requerimento_no_081_2023_vera_tatiana.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1566/req_082-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1574/req_083-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1575/req_084-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1576/req_086-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1577/req_087-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1579/req_088-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1580/requerimento_no_091_2023_-_ver._carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1587/req_092-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1590/req_093-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1591/requerimento_no_094_2023_ver.carlos_eloy.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1592/req_095-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1594/req_096-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1599/req_097-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1593/req_099-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1597/requerimento_105_-_2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1611/req_106-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1598/req_108-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1601/requerimento_no_109_2023_alidiana.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1602/requerimento_no_110_2023_alidiana.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1615/req_112-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1612/req_113-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1603/requerimento_no_115_2023_licenca_ver.antonio_filho.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1613/req_118-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1619/req_119-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1620/req_120-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1614/req_121-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1627/req_122-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1621/req_123-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1658/req_124-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1622/req_126-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1626/req_127-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1625/req_128-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1628/req_129-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1659/req_130-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1648/req_131-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1631/req_132-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1629/req_133-2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1636/req_134-2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1649/req_135-2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1637/req_136-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1660/req_137-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1650/req_138-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1651/req_139-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1638/req_140-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1652/req_141-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1639/requerimento_no_142_2023_-_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1640/req_143-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1653/req_144-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1647/requerimento_no_145_2023_-_vrs._rhenan_e_tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1654/req_146-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1655/req_148-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1661/req_150-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1662/req_152-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1663/req_153-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1670/req_154_-_2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1680/req_155-2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1681/req_156_-_2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1682/req_157_-_2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1693/requerimento_no_158_2023_-_irmao_bento.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1687/req_159-2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1701/req_161_-_2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1702/req_162-2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1703/req_163_-_2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1704/requerimento_no_164_2023_-_tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2023/1705/requerimento_no_165_2023_-_antonio_filho.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H268"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="214.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>