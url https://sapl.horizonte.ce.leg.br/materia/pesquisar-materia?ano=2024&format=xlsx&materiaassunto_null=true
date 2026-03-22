--- v0 (2026-01-30)
+++ v1 (2026-03-22)
@@ -54,1681 +54,1681 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>PPV</t>
   </si>
   <si>
     <t>Parecer Prévio do Tribunal de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado do Ceará</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1769/parecer_no_06928_2018-7.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1769/parecer_no_06928_2018-7.pdf</t>
   </si>
   <si>
     <t>Prestação de contas de governo da Prefeitura Municipal de Horizonte, exercício de 2017.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1820/oficio_e_parecer_previo_tce_contas_2021.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1820/oficio_e_parecer_previo_tce_contas_2021.pdf</t>
   </si>
   <si>
     <t>Parecer Prévio favorável à aprovação das contas de Governo, com ressalva. Recomendações. Do munício de Horizonte, exercício financeiro de 2021, de responsabilidade do prefeito Manoel Gomes de Farias Neto.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Nezinho Farias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1727/plc_001-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1727/plc_001-2024.pdf</t>
   </si>
   <si>
     <t>Institui a Patrulha Maria da Penha e a Patrulha Preventiva Escolar na estrutura da Guarda Municipal de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1810/pl_complementar_no_02_executivo-leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1810/pl_complementar_no_02_executivo-leitura.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n. 14, de 29 de março de 2022, que dispõe sobre a instituição do Regime de Previdência Complementar no Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1833/pl_complementar_no_03_2024_-_executivo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1833/pl_complementar_no_03_2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n. 007, de 2 de outubro de 2017, que institui o Código Tributário do Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1737/pl_001-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1737/pl_001-2024.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1° e os anexos da Lei Municipal n° 1.534 e dá outras providências.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1738/pl_002-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1738/pl_002-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal n° 1.536 de 09 de março de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1732/pl_006-20241.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1732/pl_006-20241.pdf</t>
   </si>
   <si>
     <t>Cria a Coordenadoria de Defesa dos Direitos da Mulher no Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1728/pl_007-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1728/pl_007-2024.pdf</t>
   </si>
   <si>
     <t>Altera a estrutura do fundo de previdência privada municipal na Secretaria de Planejamento e Administração, art. 44 da Lei n. 509 de 13 junho de 2005, alterada pela Lei n. 1093/2015 e dispositivos da Lei 1417/21 de 25 de junho de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1729/pl_008-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1729/pl_008-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n. 1246, de 21 de setembro de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1715/pl_009-2024_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1715/pl_009-2024_leitura.pdf</t>
   </si>
   <si>
     <t>Denomina o equipamento público, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1730/projeto_de_lei_no_010_2024_-_legisativo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1730/projeto_de_lei_no_010_2024_-_legisativo_leitura.pdf</t>
   </si>
   <si>
     <t>Denomina o Equipamento Público, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1731/pl_011-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1731/pl_011-2024.pdf</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1739/pl_012-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1739/pl_012-2024.pdf</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1740/pl_013-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1740/pl_013-2024.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Empreendedorismo Feminino e o Dia da Mulher Empreendedora horizontina.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1741/pl_014-2024_com_emenda.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1741/pl_014-2024_com_emenda.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal de Combate ao Feminicídio. (Com uma emenda supressiva)</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1746/pl_015-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1746/pl_015-2024.pdf</t>
   </si>
   <si>
     <t>Concede reajuste na tabela vencimental do anexo III e IV da Lei n. 1.417, de 25 de junho de 2021, e altera a Lei Municipal n. 1.417, de 25 de junho de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1747/pl_016-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1747/pl_016-2024.pdf</t>
   </si>
   <si>
     <t>Concede reajuste na tabela vencimental do anexo II da Lei n. 1.353, de 18 de março de 2020, alterada pela Lei n. 1.482, de 24 de março de 2022, e na tabela do anexo II da Lei n. 1.347, de 21 de fevereiro de 2020, alterada pela Lei n.1.482, de 24 de março de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1748/pl_017-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1748/pl_017-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste salarial dos Profissionais do Magistério do Município de Horizonte/CE, e adota outras providências.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1749/pl_018-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1749/pl_018-2024.pdf</t>
   </si>
   <si>
     <t>Fixa o valor da Bolsa Qualificada de que trata o caput do art. 5° da Lei n. 1.498, de 1° de junho de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1750/pl_019-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1750/pl_019-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do valor do salário mínimo dos servidores públicos municipais de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Adriana Silveira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1754/pl_020-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1754/pl_020-2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Nagela Eduardo Alves a Casa da Mulher Horizontina, na forma que indica.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1755/pl_021-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1755/pl_021-2024.pdf</t>
   </si>
   <si>
     <t>Institui o "Dia da Comunidade Quilombola" no Município de Horizonte/CE.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1758/pl_022-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1758/pl_022-2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Tobias Aguiar da Cunha, a Areninha localizada na Av. João Domingos esquina com a rua Maria Juvenal de Castro no Bairro Malcozinhado, neste município.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1759/pl_023-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1759/pl_023-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar o imóvel que indica e adota outras providências "matrícula 11.174 do 2° cartório de registro de imóveis de Horizonte, Ceará, localizado na rua Raimundo Pontes de Andrade, s/n bairro Planalto. Para o departamento estadual de trânsito- DETRAN."</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1760/pl_024-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1760/pl_024-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar o imóvel que indica e adota outras providências "Matrícula 1.192 do 2° cartório de registro de imóveis de Horizonte, Ceará, localizado na rua João Severo da Silvia,s/n bairro Catolé. Para o Fundo de Arrecadamento Residencial"</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1761/pl_025-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1761/pl_025-2024.pdf</t>
   </si>
   <si>
     <t>&lt;p&gt;Disp&amp;otilde;e sobre as diretrizes or&amp;ccedil;ament&amp;aacute;rias para o exerc&amp;iacute;cio financeiro de 2025, e d&amp;aacute; outras provid&amp;ecirc;ncias. (&lt;a href="https://sapl.horizonte.ce.leg.br/media/sapl/public/documentoacessorio/2024/81/emenda_aditiva_ao_pl_no_25_2024__-_votacao.pdf"&gt;Com 1 Emenda Aditiva&lt;/a&gt;)&lt;/p&gt;</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1762/pl_026-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1762/pl_026-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, com garantia União e dá outras providências.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1775/pl_030-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1775/pl_030-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do Polo de Apoio Presencial do Sistema Universidade Aberta do Brasil (UAB), no âmbito do Município de Horizonte e da outras providências.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1776/pl_034-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1776/pl_034-2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Vicente Xavier da Silva, o equipamento público no bairro Mangueiral, na forma que indica.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Irmão Bento, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1779/pl_035-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1779/pl_035-2024.pdf</t>
   </si>
   <si>
     <t>Denomina os equipamento públicos, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1778/pl_036-20241.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1778/pl_036-20241.pdf</t>
   </si>
   <si>
     <t>Institui o Dia da Guarda Patrimonial de Horizonte a ser comemorado no dia 20 de julho no Município de Horizonte.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1792/projeto_de_lei_no_037_2024_-legislativo-leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1792/projeto_de_lei_no_037_2024_-legislativo-leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de utilidade pública à Associação Humanitária Avançar, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1784/pl_038-20241.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1784/pl_038-20241.pdf</t>
   </si>
   <si>
     <t>Denomina de José Raimundo Cavalcante o equipamento público, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1811/pl_039-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1811/pl_039-2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Francisco Ferreira da Silva a Praça Pública, localizada no Alto Alegre, Distrito de Queimadas, neste Município.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Carlos Eloy, Carlos da Bodega, Diego Pinheiro, Getúlio Vargas</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1788/pl_041-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1788/pl_041-2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Jorge Oliveira Rêgo a Areninha localizada na Rua Manoel Feliciano de Sousa, no Bairro Zumbi, neste Município.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1793/pl_042-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1793/pl_042-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar o imóvel que indica e adota outras providências.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1798/pl_043-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1798/pl_043-2024.pdf</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1794/pl_044-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1794/pl_044-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o chefe do Poder Executivo Municipal promover desafetação da Área Verde que menciona, afetando para bem dominical e dá outras providências.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1799/pl_045-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1799/pl_045-2024.pdf</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1800/pl_046-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1800/pl_046-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar o imóvel que indica e adota outras providências</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1802/pl_048-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1802/pl_048-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n.º 1.417, de 25 de junho de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1803/pl_049-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1803/pl_049-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe a instituição de incentivo do Componente de Qualidade para profissionais integrantes do ESF, EAP, ESB e EMULTI, no âmbito da atenção primaria a saúde, conforme portaria GM/MS n.º 3.493, de 10/04/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1804/pl_050-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1804/pl_050-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.415, de 14 de junho de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1805/pl_051-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1805/pl_051-2024.pdf</t>
   </si>
   <si>
     <t>Nomeia de João Henrique Tavares de Sousa o Centro de Atenção Psicossocial Infanto-Juvenil (CAPS) beste Município do Horizonte.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1818/pl_052-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1818/pl_052-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Técnico Industrial de Horizonte, a ser comemorada no dia 01 de julho, no âmbito do Município de Horizonte.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1812/projeto_de_lei_no_53_2024_legislativo_-leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1812/projeto_de_lei_no_53_2024_legislativo_-leitura.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Corretor Imobiliário no Município de Horizonte.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1813/projeto_de_lei_no_54_2024_legislativo-leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1813/projeto_de_lei_no_54_2024_legislativo-leitura.pdf</t>
   </si>
   <si>
     <t>Denomina de Izaltina Saraiva Lourenço o equipamento público, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1806/projeto_de_lei_no_55_2024_executivo_-leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1806/projeto_de_lei_no_55_2024_executivo_-leitura.pdf</t>
   </si>
   <si>
     <t>Institui e disciplina a concessão, aplicação e prestação de contas de recursos de suprimentos de fundos, e dá outras providências.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1807/pl_056-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1807/pl_056-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abertura de crédito especial ao vigente orçamento fiscal e dá outras providências.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Diego Pinheiro, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1808/projeto_de_lei_no_58_2024_legislativo_-leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1808/projeto_de_lei_no_58_2024_legislativo_-leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de utilidade pública à Associação de Mães Atípicas de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1809/pl_059-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1809/pl_059-2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Raimundo Lourenço de Almeida o Equipamento Público, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1826/pl_060-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1826/pl_060-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 306, de 21 de Dezembro de 2000 e dá outras providências.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1835/projeto_de_lei_no_061_2024_-_orcamento_2024_-_leitura_executivo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1835/projeto_de_lei_no_061_2024_-_orcamento_2024_-_leitura_executivo.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Horizonte para o exercício financeiro de 2025, na forma que indica.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1846/pl_063-20241.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1846/pl_063-20241.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da nomenclatura de identificação das Escolas Municipais de Educação Infantil e Ensino Fundamental localizadas em território quilombola de Alto Alegre e adjacências e dá outras providências.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1847/pl_064-20241.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1847/pl_064-20241.pdf</t>
   </si>
   <si>
     <t>Institui a Educação Escolar Quilombola como modalidade de ensino na Rede Municipal de Horizonte, no âmbito da Educação Básica.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1854/pl_065-20241.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1854/pl_065-20241.pdf</t>
   </si>
   <si>
     <t>Denomina de Francisco Eusébio de Souza o Mercado Público no bairro Catolé e dá outras providências.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1853/pl_066-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1853/pl_066-2024.pdf</t>
   </si>
   <si>
     <t>Estabelece o programa de incentivo a adimplência fiscal de Horizonte (PROADIFI) e dá outras providências.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1852/pl_067-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1852/pl_067-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diretrizes e procedimentos para a aplicação das compensações ambientais no município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1856/pl_068-20242.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1856/pl_068-20242.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao vigente orçamento fiscal e dá outras providências.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1855/pl_069-20241.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1855/pl_069-20241.pdf</t>
   </si>
   <si>
     <t>Institui o conselho municipal dos direitos das pessoas Lésbicas, Gays, Bissexuais, Travestis, Transexuais, Queers, Intersexos, Assexuais e outras.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1858/pl_070-20241.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1858/pl_070-20241.pdf</t>
   </si>
   <si>
     <t>Implementa plano de amortização do déficit atuarial do regime próprio de previdência social do município de horizonte, estado do Ceará, decorrente do resultado da avaliação atuarial de 2024</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1859/pl_071-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1859/pl_071-2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Carlos Danilo Nery Mercado Público de Queimadas e dá outras providências.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1860/pl_072-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1860/pl_072-2024.pdf</t>
   </si>
   <si>
     <t>Denomina de José Alberlanio Saraiva a Areninha localizada no bairro Cachoeira e dá outras providências.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1861/projeto_de_lei_no_073_2024_-_subsidio_aprovado_exec..pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1861/projeto_de_lei_no_073_2024_-_subsidio_aprovado_exec..pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos membros do Poder Executivo de Horizonte e adota outras providências.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Adriana Silveira, Antônio Filho, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Irmão Bento, Leandro Lima, Luciano Pinheiro, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1713/pdl_001-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1713/pdl_001-2024.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Horizontina a senhora Marcelha Pinheiro de Melo.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1714/pdl_002-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1714/pdl_002-2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Wagner Turbay Barreira a praça da juventude situada no bairro Catolé, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1736/projeto_de_decreto_legislativo_no_003_2024_-_contas_de_gov._exercicio_2020.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1736/projeto_de_decreto_legislativo_no_003_2024_-_contas_de_gov._exercicio_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre julgamento de contas de governo da Prefeitura Municipal de Horizonte, exercício financeiro de 2020, de responsabilidade do Sr. Francisco César de Sousa e dá outras providências.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Adriana Silveira, Antônio Filho, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Getúlio Vargas, Haroldo da Saúde, Irmão Bento, Leandro Lima, Luciano Pinheiro, Renan do Posto Coluna, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1745/pdl_004-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1745/pdl_004-2024.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Horizontina a Senhora Viviane Borges Miranda.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1753/pdl_006-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1753/pdl_006-2024.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão horizontino ao Senhor Francisco Hugo Pinto Monteiro Filho.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1756/pdl_007-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1756/pdl_007-2024.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Horizontino ao Senhor Adarilson Inácio dos Santos.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1757/pdl_008-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1757/pdl_008-2024.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Horizontino ao Senhor Carlos Neybson Ferreira Pires.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1764/pdl_009-20241.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1764/pdl_009-20241.pdf</t>
   </si>
   <si>
     <t>Denomina de Raimunda Francisca da Silva, Francisco Marcelo Guedes de Almeida, Francisco Gomes Pordeus e Maria Ester da Silva Pinto, as vias do bairro Buenos Aires II na forma que indica.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>Carlos da Bodega, Adriana Silveira, Antônio Filho, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Getúlio Vargas, Haroldo da Saúde, Irmão Bento, Leandro Lima, Luciano Pinheiro, Renan do Posto Coluna, Tatiana Nogueira, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1765/pdl_010-20241.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1765/pdl_010-20241.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão de Horizonte ao sr. Antonio José dos Santos Maia.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1767/pdl_011-2024_2.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1767/pdl_011-2024_2.pdf</t>
   </si>
   <si>
     <t>Denomina de Teodorico Pereira de Menezes a rua situada no distrito de Aningas, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1770/pdl_013-20242.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1770/pdl_013-20242.pdf</t>
   </si>
   <si>
     <t>Denomina de Moacir Rodrigues de Sousa a rua situada no Distirto de Catolé na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1772/pdl_015-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1772/pdl_015-2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Georgia, Washington, Califórnia, Flórida e Orlando algumas ruas do bairro Buenos Aires II na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1774/pdl_016-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1774/pdl_016-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as contratações diretas de que trata a Lei n. 14.133, de 1° de abril de 2021, no âmbito da Câmara Municipal de Horizonte.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1780/pdl_017-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1780/pdl_017-2024.pdf</t>
   </si>
   <si>
     <t>Denomina as Ruas: Francisco Marcelo Guedes Almeida; Rua Maria de Nazaré Taveira; Rua Moacir Felix dos Santos; Rua Maria Martins de Freitas; Rua Francisco Paulino da Silva; Rua Gilmar Alexandrino da Silva e Rua Eraldo Rodrigues Rocha do bairro Buenos Aires II na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1781/pdl_018-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1781/pdl_018-2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Maria Alve da Silva a via pública no bairro Alto Estrela na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1787/pdl_no_019_2024_-_denomina_de_fca._valnice_amora_lopes_rua_no_alto_alegre.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1787/pdl_no_019_2024_-_denomina_de_fca._valnice_amora_lopes_rua_no_alto_alegre.pdf</t>
   </si>
   <si>
     <t>Denomina de Francisca Valnice Amora Lopes a Rua situada no Alto Alegre, Distrito de Queimadas, neste Município.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1801/pdl_no_020_2024_-_contas_de_governo_2017.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1801/pdl_no_020_2024_-_contas_de_governo_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre julgamento de Contas de Governo da Prefeitura Municipal de Horizonte, exercício financeiro de 2017, de responsabilidade do Sr. Francisco César de Sousa e dá outras providências.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>COMORC - Comissão de Orçamento, Fiscalização e Administração Pública</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre julgamento de Contas de Governo da Prefeitura Municipal de Horizonte, exercício financeiro de 2021, de responsabilidade do Prefeito Manoel Gomes de Farias Neto, e dá outras providências.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>Valda, Adriana Silveira, Antônio Filho, Carlos da Bodega, Carlos Eloy, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Getúlio Vargas, Haroldo da Saúde, Irmão Bento, Leandro Lima, Luciano Pinheiro, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1816/pdl_no_022_2024_-_titulo_a_sylvana_de_albuquerque_santana.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1816/pdl_no_022_2024_-_titulo_a_sylvana_de_albuquerque_santana.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Horizontina a Sylvana de Albuquerque Santana.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1822/pdl_no_024_2024_-_denomina_de_fco._valdeir_lima_patricio_rua_no_bairro_gameleira..pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1822/pdl_no_024_2024_-_denomina_de_fco._valdeir_lima_patricio_rua_no_bairro_gameleira..pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Francisco Valdeir Lima Patricio a rua no bairro Gameleira conforme a planta urbana do Município, na forma que indica.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1823/pdl_no_025_2024_-_denomina_de_irene_vieira_de_mesquita_rua_no_bairro_buenis_aires.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1823/pdl_no_025_2024_-_denomina_de_irene_vieira_de_mesquita_rua_no_bairro_buenis_aires.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Irene Vieira de Mesquita a rua no bairro Buenos Aires conforme a planta urbana do Município, na forma que indica.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>Diego Pinheiro, Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1824/pdl_no_026_2024_-_denomina_de_fca._valnice_amora_lopes_rua_no_bairro_centro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1824/pdl_no_026_2024_-_denomina_de_fca._valnice_amora_lopes_rua_no_bairro_centro.pdf</t>
   </si>
   <si>
     <t>Denomina de Francisca Valnice Amora Lopes a rua situada no bairro Centro, neste município.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Carlos Eloy, Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1825/pdl_no_027_2024_-_denomina_ruas_no_bairro_centro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1825/pdl_no_027_2024_-_denomina_ruas_no_bairro_centro.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do bairro Centro na forma que indica. neste município.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1830/pdl_no_028_2024_-_denomina_de_luiz_eusebio_de_sousa_p_cj._habit._no_catole..pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1830/pdl_no_028_2024_-_denomina_de_luiz_eusebio_de_sousa_p_cj._habit._no_catole..pdf</t>
   </si>
   <si>
     <t>Denomina de Luiz Eusébio de Sousa o Conjunto Habitacional localizada no bairro Catolé, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1831/pdl_no_029_2024_-_denomina_rua_luiz_eusebio_de_sousa_no_bairro_catole.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1831/pdl_no_029_2024_-_denomina_rua_luiz_eusebio_de_sousa_no_bairro_catole.pdf</t>
   </si>
   <si>
     <t>Denomina de Luiz Eusébio de Sousa rua localizado no bairro Catolé, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1834/pdl_no_030_2024_-_denomina_rua_rdo._rodrigues_filho_no_bairro_gameleira..pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1834/pdl_no_030_2024_-_denomina_rua_rdo._rodrigues_filho_no_bairro_gameleira..pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Raimundo Rodrigues Filho uma via pública do bairro Gameleira, conforme planta urbana do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1836/pdl_no_031_2024_-_dispoe_de_tecnologia_para_prestacao_de_contas_da_pmh.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1836/pdl_no_031_2024_-_dispoe_de_tecnologia_para_prestacao_de_contas_da_pmh.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso de tecnologia para o envio da prestação de contas mensal do Prefeito Secretários, Gestores e Ordenadores de Despesas, através do Sistema Eletrônico, e Recebimento por parte desse Poder Legislativo, bem como a elaboração, remessa e disponibilização de dados da Gestão Fiscal para fiscalização por parte da Câmara Municipal de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Irmão Bento</t>
   </si>
   <si>
     <t>Denomina de Av. Mauro Martins do Nascimento a via pública no bairro Zumbi, conforme a planta urbana do município e dá outras providências.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1845/pdl_033-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1845/pdl_033-2024.pdf</t>
   </si>
   <si>
     <t>Denomina de Antônio Cesar Nogueira Júnior a via pública no bairro Alto da Boa Vista em Queimadas na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1744/pr_002-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1744/pr_002-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Câmara na Escola e adota outras providências.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Carlos da Bodega, Adriana Silveira, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1724/ind_n._004-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1724/ind_n._004-2024.pdf</t>
   </si>
   <si>
     <t>Fixa o salário do cargo de conselheiro tutelar do Município de Horizonte/CE, e dá outras providências.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>Renan do Posto Coluna, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1725/indicacao_no_006_2024_-_rhenan_do_posto.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1725/indicacao_no_006_2024_-_rhenan_do_posto.pdf</t>
   </si>
   <si>
     <t>Institui o funcionamento do horário noturno nas creches do sistema municipal de ensino, e dá outras providências.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1782/ind_010-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1782/ind_010-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre contrapartidas a serem adotadas para instalação de hidrantes urbanos em empreendimentos, edificações e áreas de riscos no município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>Diego Pinheiro, Antônio Filho, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1786/ind_011-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1786/ind_011-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da utilização de veículos de tração animal neste Município e da outras providências.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1841/ind_014-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1841/ind_014-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a construção de pórticos arquitetônicos indicativos de entrada e saída do Município de Horizonte e adota outras providências.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>Dispõe sobre a construção de um “Porto Seco”vinculado ao Distrito Industrial no Município de Horizonte.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1857/ind_016-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1857/ind_016-2024.pdf</t>
   </si>
   <si>
     <t>Institui no Âmbito do Município de Horizonte Programa Auxílio Protetor aos cuidadores de PET'S</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1716/req_003-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1716/req_003-2024.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Horizonte a "Parada Segura", no itinerário de transporte coletivo.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>Irmão Bento, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1717/req_004-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1717/req_004-2024.pdf</t>
   </si>
   <si>
     <t>Conclusão da obra da Areninha do bairro Malcozinhado, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Irmão Bento, Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1718/req_005-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1718/req_005-2024.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça para o bairro Cachoeira I na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1719/req_006-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1719/req_006-2024.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal, a pavimentação asfáltica das ruas: Antônio Pereira de Castro e Luís Roberto de Souza, localizadas no bairro Buenos Aires II.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1720/req_007-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1720/req_007-2024.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca em 02 logradouros no bairro Malcozinhado, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>Carlos da Bodega, Diego Pinheiro, Edson Papinha, Luciano Pinheiro, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1721/req_008-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1721/req_008-2024.pdf</t>
   </si>
   <si>
     <t>Requer um ponto de apoio dos Correios para atendimento à população dos bairros Aningas e Mundo Novo, neste Município.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1722/req_009-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1722/req_009-2024.pdf</t>
   </si>
   <si>
     <t>Retirada de podas de árvores e lixo nas ruas do Distrito de Queimadas, na forma que indica.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1733/requerimento_no_010_2024_-_vera._tatiana_nogueira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1733/requerimento_no_010_2024_-_vera._tatiana_nogueira.pdf</t>
   </si>
   <si>
     <t>Construção de praça pública entorno da Areninha tipo II do Distrito de Queimadas, localizada na Rua Maria José Nogueira, s/n, Queimadas, Horizonte-CE.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1734/requerimento_no_011_2024_-_vera._tatiana_nogueira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1734/requerimento_no_011_2024_-_vera._tatiana_nogueira.pdf</t>
   </si>
   <si>
     <t>Construção de praça pública entorno da Areninha tipo II do bairro Planalto da Galileia, localizada na Rua José Narcélio de Sousa com Raimundo Chicó, Horizonte-CE.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1735/requerimento_no_012_2024_-_ver._flavio_da_coelce.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1735/requerimento_no_012_2024_-_ver._flavio_da_coelce.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca em ruas do bairro Cachoeira I, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1742/req_013-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1742/req_013-2024.pdf</t>
   </si>
   <si>
     <t>Requer a isenção de taxa de emissão dos documentos de Identidade e da Certidão de Nascimento, no âmbito do Município.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1743/requerimento_no_014_2024_-_flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1743/requerimento_no_014_2024_-_flavio.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca seguida do afastamento do beco do cacete, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1751/requerimento_no_015_2024_-_ver._flavio_da_coelce.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1751/requerimento_no_015_2024_-_ver._flavio_da_coelce.pdf</t>
   </si>
   <si>
     <t>Requer a Instalação de um ponto de apoio do CRAS para atender as comunidades de_x000D_
 Buenos Aires I e II, Gameleira e Jordão,</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1763/req_017-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1763/req_017-2024.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a criação de um fundo financeiro para a construção de casas populares cujos beneficiários estejam em situação de vulnerabilidade social e que não dispõem de casa própria no município de Horizonte.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>Carlos da Bodega, Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1766/req_018-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1766/req_018-2024.pdf</t>
   </si>
   <si>
     <t>Requer a continuação da pavimentação em pedra tosca e asfáltica da Rua Raimundo Pereira Lima no Distrito de Aningas, neste Município.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1768/req_019-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1768/req_019-2024.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e o alargamento da Travessa São Mateus, no Alto Alegre, no Município de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1771/req_020-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1771/req_020-2024.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a transformação da Antiga Faculdade Fathor em um Hospital Regional da Região Metropolitana, neste município.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1773/req_021-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1773/req_021-2024.pdf</t>
   </si>
   <si>
     <t>Criação do cargo de Agente Comunitário de Saúde Animal no Município de Horizonte.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1777/req_022-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1777/req_022-2024.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca na Rua José Martins de Oliveira no bairro Buenos Aires II, neste município.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a adesão do Programa Ceará por Elas.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>Renan do Posto Coluna</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1785/req_024-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1785/req_024-2024.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal um estudo sobre a delimitação de espaço para a prática de Wheeling, popularmente conhecido como “Grau”.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1789/req_025-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1789/req_025-2024.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção, a instalação da rede de proteção e a substituição dos refletores da Areninha Rivaldo Nogueira Nere no Distrito de Queimadas, no Município de Horizonte.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1795/req_026-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1795/req_026-2024.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a pavimentação asfáltica da Rua Pacatuba e Trav. Francisco Santiago, localizadas no Bairro Croatá 2, neste Município.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>Diego Pinheiro, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1790/req_027-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1790/req_027-2024.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça pública no Bairro Alto Estrela, neste município.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1791/requerimento_no_028_2024_-_vra._adriana_silveira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1791/requerimento_no_028_2024_-_vra._adriana_silveira.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma solenidade de comemoração ao Dia Internacional de Combate às Drogas e homenagem às entidades e pessoas que atuam no combate às drogas neste Município.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>Carlos da Bodega, Carlos Eloy</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1796/req_029-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1796/req_029-2024.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de uma areninha próximo à Praça da Bíblia, no Bairro Mangueiral, neste Município.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1797/req_030-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1797/req_030-2024.pdf</t>
   </si>
   <si>
     <t>Requer da Gestão Municipal a construção de uma praça específica para pessoas com autismo, no bairro Centro, neste Município.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1814/requerimento_no_032_2024_-_vra._valda.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1814/requerimento_no_032_2024_-_vra._valda.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Rua Izidório Zacarias, no Distrito de Dourado, neste Município.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1815/requerimento_no_033_2024_-_vr._diego_pinheiro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1815/requerimento_no_033_2024_-_vr._diego_pinheiro.pdf</t>
   </si>
   <si>
     <t>Requer a descentralização do Centro de Atendimento Clínico e Educacional (CACE), para os Distritos deste Município.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1817/requerimento_no_038_2024_-_ver._anto_filho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1817/requerimento_no_038_2024_-_ver._anto_filho.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal o acesso do Bairro Cajueiro da Malhada a BR-116, das Ruas 20 de Novembro e Salomão Nogueira Lopes, na forma que indica.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1819/requerimento_no_039_2024_-_ver._carlos_da_bodega.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1819/requerimento_no_039_2024_-_ver._carlos_da_bodega.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica o saneamento básico (água e esgoto) na Rua Francisco Edson da Silva no Bairro Diadema, na forma que indica.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a pavimentação asfáltica na Rua Geórgia, no bairro Buenos Aires II, neste Município.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1827/req_043-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1827/req_043-2024.pdf</t>
   </si>
   <si>
     <t>Requer a criação do Bolsa Atleta do Município de Horizonte.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>Getúlio Vargas, Antônio Filho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1828/req_044-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1828/req_044-2024.pdf</t>
   </si>
   <si>
     <t>Reuqer por parte da gestão municipal a construção de uma Areninha na localidade da Área Verde no Catolé, neste municipal</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1829/req_047-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1829/req_047-2024.pdf</t>
   </si>
   <si>
     <t>Requer o saneamento básico (Água e Esgoto) na rua Francisco Araújo Lacerda no trecho que começa na Rua Manoel Luiz e termina na Rua Ana Kácia de Queiroz no bairro centro.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1832/req.48-2024_carlos_da_bodega.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1832/req.48-2024_carlos_da_bodega.pdf</t>
   </si>
   <si>
     <t>Requer o saneamento básico (Água e Esgoto) na Rua Raimundo Araújo Lacerda, no trecho que começa na Rua Manoel Luiz e termina na Rua Ana Kácia de Queiroz, no bairro Centro.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a drenagem da Rua Regina Maria de Sousa, no bairro Planalto Horizonte, CEP 62884-120, neste Município.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca, asfaltamento e iluminação pública na Rua Alais Jardim, no bairro Malcozinhado, na forma que indica.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1843/req_051-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1843/req_051-2024.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a desapropiação e extensão da rua João Inácio de Sousa ligando a Rua Francisco Domingos de Sousa no Bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1844/req_052-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1844/req_052-2024.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a drenagem das Ruas Nita Brasilino e João Inácio de Sousa Falcão, no Bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1848/req_053-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1848/req_053-2024.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a implantação do CEJAH nos bairros Catolé, Planalto Horizonte, Queimadas e Dourado, neste Municipio.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1849/req_054-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1849/req_054-2024.pdf</t>
   </si>
   <si>
     <t>Requer viabilizar a realização de Sessão Solene para homenagear os atos heroicos dos policiais miliares ocorridos na Escola Dione Maria Bezerra Pessoa em Pacajus/CE.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1850/req_055-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1850/req_055-2024.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a implantação do Estatuto da Guarda Patrimonial, o Estatuto da Guarda Municipal e o Estatuto de Agente de Trânsito Municipal, no âmbito deste Município.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>Luciano Pinheiro, Diego Pinheiro, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1851/req_056-2024.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1851/req_056-2024.pdf</t>
   </si>
   <si>
     <t>Requer abastecimento de água em ruas no bairro Canavieira dos Pinheiros, na forma que indica.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2035,67 +2035,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1769/parecer_no_06928_2018-7.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1820/oficio_e_parecer_previo_tce_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1727/plc_001-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1810/pl_complementar_no_02_executivo-leitura.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1833/pl_complementar_no_03_2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1737/pl_001-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1738/pl_002-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1732/pl_006-20241.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1728/pl_007-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1729/pl_008-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1715/pl_009-2024_leitura.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1730/projeto_de_lei_no_010_2024_-_legisativo_leitura.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1731/pl_011-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1739/pl_012-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1740/pl_013-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1741/pl_014-2024_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1746/pl_015-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1747/pl_016-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1748/pl_017-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1749/pl_018-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1750/pl_019-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1754/pl_020-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1755/pl_021-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1758/pl_022-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1759/pl_023-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1760/pl_024-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1761/pl_025-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1762/pl_026-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1775/pl_030-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1776/pl_034-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1779/pl_035-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1778/pl_036-20241.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1792/projeto_de_lei_no_037_2024_-legislativo-leitura.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1784/pl_038-20241.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1811/pl_039-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1788/pl_041-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1793/pl_042-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1798/pl_043-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1794/pl_044-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1799/pl_045-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1800/pl_046-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1802/pl_048-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1803/pl_049-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1804/pl_050-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1805/pl_051-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1818/pl_052-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1812/projeto_de_lei_no_53_2024_legislativo_-leitura.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1813/projeto_de_lei_no_54_2024_legislativo-leitura.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1806/projeto_de_lei_no_55_2024_executivo_-leitura.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1807/pl_056-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1808/projeto_de_lei_no_58_2024_legislativo_-leitura.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1809/pl_059-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1826/pl_060-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1835/projeto_de_lei_no_061_2024_-_orcamento_2024_-_leitura_executivo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1846/pl_063-20241.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1847/pl_064-20241.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1854/pl_065-20241.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1853/pl_066-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1852/pl_067-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1856/pl_068-20242.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1855/pl_069-20241.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1858/pl_070-20241.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1859/pl_071-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1860/pl_072-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1861/projeto_de_lei_no_073_2024_-_subsidio_aprovado_exec..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1713/pdl_001-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1714/pdl_002-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1736/projeto_de_decreto_legislativo_no_003_2024_-_contas_de_gov._exercicio_2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1745/pdl_004-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1753/pdl_006-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1756/pdl_007-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1757/pdl_008-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1764/pdl_009-20241.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1765/pdl_010-20241.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1767/pdl_011-2024_2.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1770/pdl_013-20242.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1772/pdl_015-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1774/pdl_016-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1780/pdl_017-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1781/pdl_018-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1787/pdl_no_019_2024_-_denomina_de_fca._valnice_amora_lopes_rua_no_alto_alegre.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1801/pdl_no_020_2024_-_contas_de_governo_2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1816/pdl_no_022_2024_-_titulo_a_sylvana_de_albuquerque_santana.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1822/pdl_no_024_2024_-_denomina_de_fco._valdeir_lima_patricio_rua_no_bairro_gameleira..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1823/pdl_no_025_2024_-_denomina_de_irene_vieira_de_mesquita_rua_no_bairro_buenis_aires.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1824/pdl_no_026_2024_-_denomina_de_fca._valnice_amora_lopes_rua_no_bairro_centro.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1825/pdl_no_027_2024_-_denomina_ruas_no_bairro_centro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1830/pdl_no_028_2024_-_denomina_de_luiz_eusebio_de_sousa_p_cj._habit._no_catole..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1831/pdl_no_029_2024_-_denomina_rua_luiz_eusebio_de_sousa_no_bairro_catole.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1834/pdl_no_030_2024_-_denomina_rua_rdo._rodrigues_filho_no_bairro_gameleira..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1836/pdl_no_031_2024_-_dispoe_de_tecnologia_para_prestacao_de_contas_da_pmh.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1845/pdl_033-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1744/pr_002-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1724/ind_n._004-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1725/indicacao_no_006_2024_-_rhenan_do_posto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1782/ind_010-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1786/ind_011-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1841/ind_014-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1857/ind_016-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1716/req_003-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1717/req_004-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1718/req_005-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1719/req_006-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1720/req_007-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1721/req_008-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1722/req_009-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1733/requerimento_no_010_2024_-_vera._tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1734/requerimento_no_011_2024_-_vera._tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1735/requerimento_no_012_2024_-_ver._flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1742/req_013-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1743/requerimento_no_014_2024_-_flavio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1751/requerimento_no_015_2024_-_ver._flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1763/req_017-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1766/req_018-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1768/req_019-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1771/req_020-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1773/req_021-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1777/req_022-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1785/req_024-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1789/req_025-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1795/req_026-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1790/req_027-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1791/requerimento_no_028_2024_-_vra._adriana_silveira.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1796/req_029-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1797/req_030-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1814/requerimento_no_032_2024_-_vra._valda.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1815/requerimento_no_033_2024_-_vr._diego_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1817/requerimento_no_038_2024_-_ver._anto_filho.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1819/requerimento_no_039_2024_-_ver._carlos_da_bodega.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1827/req_043-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1828/req_044-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1829/req_047-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1832/req.48-2024_carlos_da_bodega.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1843/req_051-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1844/req_052-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1848/req_053-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1849/req_054-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1850/req_055-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1851/req_056-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1769/parecer_no_06928_2018-7.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1820/oficio_e_parecer_previo_tce_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1727/plc_001-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1810/pl_complementar_no_02_executivo-leitura.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1833/pl_complementar_no_03_2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1737/pl_001-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1738/pl_002-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1732/pl_006-20241.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1728/pl_007-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1729/pl_008-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1715/pl_009-2024_leitura.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1730/projeto_de_lei_no_010_2024_-_legisativo_leitura.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1731/pl_011-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1739/pl_012-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1740/pl_013-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1741/pl_014-2024_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1746/pl_015-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1747/pl_016-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1748/pl_017-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1749/pl_018-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1750/pl_019-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1754/pl_020-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1755/pl_021-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1758/pl_022-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1759/pl_023-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1760/pl_024-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1761/pl_025-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1762/pl_026-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1775/pl_030-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1776/pl_034-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1779/pl_035-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1778/pl_036-20241.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1792/projeto_de_lei_no_037_2024_-legislativo-leitura.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1784/pl_038-20241.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1811/pl_039-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1788/pl_041-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1793/pl_042-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1798/pl_043-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1794/pl_044-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1799/pl_045-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1800/pl_046-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1802/pl_048-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1803/pl_049-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1804/pl_050-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1805/pl_051-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1818/pl_052-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1812/projeto_de_lei_no_53_2024_legislativo_-leitura.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1813/projeto_de_lei_no_54_2024_legislativo-leitura.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1806/projeto_de_lei_no_55_2024_executivo_-leitura.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1807/pl_056-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1808/projeto_de_lei_no_58_2024_legislativo_-leitura.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1809/pl_059-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1826/pl_060-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1835/projeto_de_lei_no_061_2024_-_orcamento_2024_-_leitura_executivo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1846/pl_063-20241.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1847/pl_064-20241.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1854/pl_065-20241.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1853/pl_066-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1852/pl_067-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1856/pl_068-20242.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1855/pl_069-20241.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1858/pl_070-20241.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1859/pl_071-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1860/pl_072-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1861/projeto_de_lei_no_073_2024_-_subsidio_aprovado_exec..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1713/pdl_001-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1714/pdl_002-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1736/projeto_de_decreto_legislativo_no_003_2024_-_contas_de_gov._exercicio_2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1745/pdl_004-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1753/pdl_006-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1756/pdl_007-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1757/pdl_008-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1764/pdl_009-20241.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1765/pdl_010-20241.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1767/pdl_011-2024_2.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1770/pdl_013-20242.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1772/pdl_015-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1774/pdl_016-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1780/pdl_017-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1781/pdl_018-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1787/pdl_no_019_2024_-_denomina_de_fca._valnice_amora_lopes_rua_no_alto_alegre.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1801/pdl_no_020_2024_-_contas_de_governo_2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1816/pdl_no_022_2024_-_titulo_a_sylvana_de_albuquerque_santana.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1822/pdl_no_024_2024_-_denomina_de_fco._valdeir_lima_patricio_rua_no_bairro_gameleira..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1823/pdl_no_025_2024_-_denomina_de_irene_vieira_de_mesquita_rua_no_bairro_buenis_aires.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1824/pdl_no_026_2024_-_denomina_de_fca._valnice_amora_lopes_rua_no_bairro_centro.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1825/pdl_no_027_2024_-_denomina_ruas_no_bairro_centro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1830/pdl_no_028_2024_-_denomina_de_luiz_eusebio_de_sousa_p_cj._habit._no_catole..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1831/pdl_no_029_2024_-_denomina_rua_luiz_eusebio_de_sousa_no_bairro_catole.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1834/pdl_no_030_2024_-_denomina_rua_rdo._rodrigues_filho_no_bairro_gameleira..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1836/pdl_no_031_2024_-_dispoe_de_tecnologia_para_prestacao_de_contas_da_pmh.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1845/pdl_033-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1744/pr_002-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1724/ind_n._004-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1725/indicacao_no_006_2024_-_rhenan_do_posto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1782/ind_010-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1786/ind_011-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1841/ind_014-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1857/ind_016-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1716/req_003-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1717/req_004-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1718/req_005-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1719/req_006-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1720/req_007-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1721/req_008-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1722/req_009-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1733/requerimento_no_010_2024_-_vera._tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1734/requerimento_no_011_2024_-_vera._tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1735/requerimento_no_012_2024_-_ver._flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1742/req_013-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1743/requerimento_no_014_2024_-_flavio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1751/requerimento_no_015_2024_-_ver._flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1763/req_017-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1766/req_018-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1768/req_019-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1771/req_020-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1773/req_021-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1777/req_022-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1785/req_024-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1789/req_025-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1795/req_026-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1790/req_027-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1791/requerimento_no_028_2024_-_vra._adriana_silveira.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1796/req_029-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1797/req_030-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1814/requerimento_no_032_2024_-_vra._valda.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1815/requerimento_no_033_2024_-_vr._diego_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1817/requerimento_no_038_2024_-_ver._anto_filho.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1819/requerimento_no_039_2024_-_ver._carlos_da_bodega.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1827/req_043-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1828/req_044-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1829/req_047-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1832/req.48-2024_carlos_da_bodega.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1843/req_051-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1844/req_052-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1848/req_053-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1849/req_054-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1850/req_055-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2024/1851/req_056-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H147"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="211.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="157" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="156.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>