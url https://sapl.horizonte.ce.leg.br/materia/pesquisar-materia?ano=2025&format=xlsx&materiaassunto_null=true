--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -54,5968 +54,5968 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>PPV</t>
   </si>
   <si>
     <t>Parecer Prévio do Tribunal de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado do Ceará</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2108/parecer_previo_n._039-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2108/parecer_previo_n._039-2025.pdf</t>
   </si>
   <si>
     <t>Prestação de contas de governo. Município de Horizonte, exercício,2022. Parecer prévio pela aprovação da conta. Regulares.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Nezinho Farias</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1933/plc_001-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1933/plc_001-2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 77 da Lei Complementar n. 002, de 17 de maio de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1956/pl_complementar_no_002_2025_-_executivo_-_votacao.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1956/pl_complementar_no_002_2025_-_executivo_-_votacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização urbanística dos imóveis situados no território do Município de Horizonte, altera a Lei n.306, de 21 de dezembro de 2000, e cria por desmembramento a Secretaria de Urbanismo e Agropecuária e dá outras providências.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2130/plc_003-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2130/plc_003-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.007, de 02 de outubro de 2017, que instituiu o código tributário do Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2131/plc_004-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2131/plc_004-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do serviço público de loterias no âmbito do Município de Horizonte, denominado serviço público de loteria municipal de Horizonte - HORISORTE e dá outras providências.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2252/plc_005-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2252/plc_005-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação da adesão do Município de Horizonte à Redesim, regulamenta a Lei Federal n. 13.874/2019, e da outras providências.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2285/plc_06-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2285/plc_06-2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 84 da Lei n. 359, de 07 de fevereiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2333/plc_007-2025_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2333/plc_007-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal por tempo determinado para atender à necessidade temporária de excepcional interesse público nos termos do inciso IX do art. 37 da Constituição Federal, revoga a Lei n° 815, de 15 fevereiro de 2011 e dá outras providências.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2305/plc_008-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2305/plc_008-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reestruturação administrativa do Município de Horizonte e dá outras providências. (Com 1 Emenda Modificativa)</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/</t>
   </si>
   <si>
     <t>Altera dispositivos da reestruturação administrativa do Município de Horizonte de que trata a Lei Complementar n.25, de 19 de novembro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1863/pl_001-2025_1.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1863/pl_001-2025_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do valor do salário mínimo dos Servidores Públicos da Câmara Municipal de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1934/pl_002-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1934/pl_002-2025.pdf</t>
   </si>
   <si>
     <t>Institui o plano municipal de cultura de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>Diego Pinheiro, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1916/pl_003-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1916/pl_003-2025.pdf</t>
   </si>
   <si>
     <t>Denomina de Antonio Carlos Pereira Ferreira o Estádio Pinheirão, localizado na Canavieira dos Pinheiros, na forma que indica.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1935/pl_004-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1935/pl_004-2025.pdf</t>
   </si>
   <si>
     <t>Concede reajuste na tabela vencimental do anexo III e IV e altera a lei n.º 1.417 de 25 de junho de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1936/pl_005-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1936/pl_005-2025.pdf</t>
   </si>
   <si>
     <t>Concede reajuste na tabela vencimental do anexo II da Lei n.º 1.353, de 18 de março de 2020, e na tabela do anexo II, da lei 1.347, de 21 de fevereiro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1937/pl_006-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1937/pl_006-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste salarial dos profissionais do magistério do Município de Horizonte/Ce, e adota outras providências.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1917/pl_007-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1917/pl_007-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Gari a ser comemorado no dia 16 de maio.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>Adriana Silveira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1918/projeto_de_lei_no_008_2025_-_legislativo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1918/projeto_de_lei_no_008_2025_-_legislativo_leitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Dia Municipal do Vaqueiro no Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1938/pl_009-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1938/pl_009-2025.pdf</t>
   </si>
   <si>
     <t>Fixa o valor da bolsa qualifica de que trata o caput do art. 5º da Lei n. 1.498, de 1º de junho de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1939/pl_010-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1939/pl_010-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do Valor do Salário Mínimo dos servidores públicos municipais de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1940/pl_011-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1940/pl_011-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial do vigente orçamento e da seguridade social e dá outras providências</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1955/pl_012-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1955/pl_012-2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º e os Anexos da Lei Municipal nº 1.592, de 14 de março de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1970/pl_013-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1970/pl_013-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o conselho municipal da mulher de Horizonte e revoga a Lei 435 de 10 de outubro de 2023.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1971/pl_014-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1971/pl_014-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contribuir anualmente com a união nacional dos conselhos municipais de educação (UNCME), através da secretaria municipal de educação, e dá outras providências.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1972/pl_015-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1972/pl_015-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política municipal de segurança alimentar e nutricional (PMSAN), define os parâmetros para a elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional (Plansan Municipal) e dá outras providências.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1973/pl_017-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1973/pl_017-2025.pdf</t>
   </si>
   <si>
     <t>Institui o prêmio estudantes excelentes no município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1974/pl_018-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1974/pl_018-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao vigente orçamento fiscal e dá outras providências.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2001/pl_019-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2001/pl_019-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição, no âmbito do Município de Horizonte, da política de cofinanciamento aos prestadores de serviço de diálise, habilitados e contratados ao SUS, para realização de procedimentos de hemodiálise e dá outras providências.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2002/pl_020-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2002/pl_020-2025.pdf</t>
   </si>
   <si>
     <t>Institui a corrida comemorativa como parte dos eventos comemorativos ao dia 06 de março, no Município de Horizonte.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2004/pl_021-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2004/pl_021-2025.pdf</t>
   </si>
   <si>
     <t>Altera os anexos I, II e III, da Lei Municipal n. 1.593, de 14 de março de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2020/pl_022-20251.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2020/pl_022-20251.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2026 e dá outras providências. (Com 1 Emenda)</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2039/projeto_de_lei_no_023_2025_-_denomina_maria_eugenia_gomes_santiago_praca_publica.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2039/projeto_de_lei_no_023_2025_-_denomina_maria_eugenia_gomes_santiago_praca_publica.pdf</t>
   </si>
   <si>
     <t>Denomina de Maria Eugênia Gomes Santiago, praça pública localizada neste Município, e dá outras providências.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2040/projeto_de_lei_no_024_2025_-_institui_o_conselho_municipal_de_turismo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2040/projeto_de_lei_no_024_2025_-_institui_o_conselho_municipal_de_turismo.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Turismo de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2041/projeto_de_lei_no_025_2025_-_institui_o_fundo_municipal_de_turismo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2041/projeto_de_lei_no_025_2025_-_institui_o_fundo_municipal_de_turismo.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Turismo de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2042/projeto_de_lei_no_026_2025_-_autoriza_contribuicao_com_a_confederacao_nacional_dos_municipios.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2042/projeto_de_lei_no_026_2025_-_autoriza_contribuicao_com_a_confederacao_nacional_dos_municipios.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contribuir com a Confederação Nacional dos Municípios, entidade nacional de representação classista dos municípios, e dá outras providências.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2043/projeto_de_lei_no_027_2025_-_prorrogacao_do_prazo_do_plano_municipal_de_educacao.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2043/projeto_de_lei_no_027_2025_-_prorrogacao_do_prazo_do_plano_municipal_de_educacao.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo do Plano Municipal de Educação de Horizonte, aprovado pela Lei Municipal n.1.087, de 22 de junho de 2015, para adequar ao Plano Nacional de Educação, aprovado pela Lei Nacional n.13.005, de 25 de junho de 2014, e prorrogado pela Lei Nacional n.14.934, de 25 de julho de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_no_028_2025_-_institui_a_gratificacao_de_desempenho_no_spaece.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_no_028_2025_-_institui_a_gratificacao_de_desempenho_no_spaece.pdf</t>
   </si>
   <si>
     <t>Institui a gratificação de desempenho no SPAECE aos servidores do magistério das escolas excelentes, e dá outras providências.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2045/projeto_de_lei_no_029_2025_-_executivo_leitura.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2045/projeto_de_lei_no_029_2025_-_executivo_leitura.pdf</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2055/projeto_de_lei_no_030_2025_-_altera_a_lei_no_163_94.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2055/projeto_de_lei_no_030_2025_-_altera_a_lei_no_163_94.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1° da Lei n.163/94, de 09 de dezembro de 1994, e dá outras providências.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2068/pl_031-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2068/pl_031-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial ao vigente orçamento fiscal e dá outras providências.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Erlon Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2078/pl_034-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2078/pl_034-2025.pdf</t>
   </si>
   <si>
     <t>Denomina de Esther Nascimento de Sousa, o Centro de Educação Infantil, - CEI- localizado na rua Francisco Bebiano da Silva, bairro Lagoinha.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Jordan Maia</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2110/pl_035-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2110/pl_035-2025.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos a "Semana Municipal de Conscientização da Cardiopatia Congênita", referente ao período de 12 de junho e dá outras providências.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2111/pl_036-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2111/pl_036-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobte a abertura de crédito adicional especial ao vigente orçamento fiscal e da seguridade social e dá outras providências.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2132/projeto_de_lei_no_038_2025_-_executivo_leutira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2132/projeto_de_lei_no_038_2025_-_executivo_leutira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Municipal n.433, de 26 de setembro de 2003, que autorizou a doação de imóvel à Conferência Batista do Sétimo Dia Brasileira, sobre a reversão do imóvel doado ao patrimônio público do Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2133/pl_039-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2133/pl_039-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal Abrindo Caminhos para concessão gratuita de carteria nacional de habilitação no Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2134/pl_045-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2134/pl_045-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a destinação dos mercados públicos municipais e dos quiosques situados em praças e logradouros públicos no Município de Horizonte/CE, estabelece critérios para permissão de uso de bem público e dá outras providências.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2135/pl_046-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2135/pl_046-2025.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Defesa do Meio Ambiente e dá outras providências.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2136/pl_047-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2136/pl_047-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n.1.230, de 23 de maio de 2018, que instituiu o Fundo Municipal do Meio Ambiente - FMMA e dá outras providências.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2186/pl_048-20251.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2186/pl_048-20251.pdf</t>
   </si>
   <si>
     <t>Atualiza o Anexo III da lei n. 306, de 21 de dezembro de 2000, que trata dos indicadores urbanísticos relativos ao parcelamento, uso e ocupação do solo do Município de Horizonte, e dá outras providências.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2144/pl_050-20251.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2144/pl_050-20251.pdf</t>
   </si>
   <si>
     <t>Denomina o equipamento público no bairro Alto da Boa Vista, no distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2157/pl_051-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2157/pl_051-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar imóvel  à empresa Rebanho Soluções Agropecuárias LTDA, e adota outras providências.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2158/pl_052-20251.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2158/pl_052-20251.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar imóvel  à empresa BW TELECOM LTDA, nome fantasia Multi Telecom, e adota outras providências.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2159/pl_053-20251.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2159/pl_053-20251.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar imóvel à empresa GILIARDO TIMÓTEO DOS SANTOS, nome fantasia GILIARDO TIMÓTEO METALÚRGICA, e adota outras providências.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2187/pl_054-20251.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2187/pl_054-20251.pdf</t>
   </si>
   <si>
     <t>Altera a lei n. 1.490, de 25 de abril de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2160/pl_055-20251.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2160/pl_055-20251.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com o Banco do Brasil S.A., com a garantia da União, e dá outras providências.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2188/pl_056-20251.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2188/pl_056-20251.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar imóvel à empresa FOCO SOLUÇÕES ENERGÉTICAS LTDA, e adota outras providências.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2189/pl_057-20251.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2189/pl_057-20251.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual do Município de Horizonte para o quadriênio de 2026-2029 e dá outras providências.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2218/pl_058-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2218/pl_058-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento gratuito de Protetores auriculares para pessoas diagnosticadas com transtorno do espectro autista (TEA) no âmbito da rede pública do município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2190/pl_061-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2190/pl_061-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transparência na fiscalização eletrônica de trânsito e determina a revisão anual dos equipamentos no Município de Horizonte.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2191/pl_062-20251.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2191/pl_062-20251.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao vigente orçamento da Secretaria de Assistência, Igualdade e Desenvolvimento Social e dá outras providências.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2229/pl_063-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2229/pl_063-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar o imóvel que indica e adota outras providências.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2240/pl_064-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2240/pl_064-2025.pdf</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2253/pl_065-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2253/pl_065-2025.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial, autoriza a transposição de dotações do fundo municipal de meio ambiente e dá outras providências, nos termos da Lei Municipal n• 1.679/2025.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2259/pl_066-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2259/pl_066-2025.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Horizonte/CE para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2260/pl_067-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2260/pl_067-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar convênio com o Município de Eusébio, visando à realização de curso complementar de formação com base na matriz curricular de formação nacional de guardas municipais para a Guarda Municipal de Horizonte, e dá outras providências.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2261/pl_068-2025_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2261/pl_068-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n. 304/2000, para inserir artigos que regulam o horário de funcionamento de bares, restaurantes, clubes food trucks e estabelecimentos congêneres, e dá outras providências.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2294/pl_069-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2294/pl_069-2025.pdf</t>
   </si>
   <si>
     <t>Institui o auxílio-alimentação aos servidores públicos municípais ativos que recebem salário-base equivalente a um salário-minimo e dá outras providências.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2295/pl_070-2025_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2295/pl_070-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a incidência de contribuição previdenciária sobre o adicional de dedicação plena (ADP) dos guardas municipais e agentes de trânsito e adota outras providências.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2296/pl_071-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2296/pl_071-2025.pdf</t>
   </si>
   <si>
     <t>Cria Gratificação fixa para motoristas com CNH Categoria "D" e superior do quadro de Servidores Efetivos do Município de Horizonte. (Com 1 Emenda Modificativa)</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2306/pl_072-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2306/pl_072-2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput do art. 6º da Lei n. 1.681, de 5 de setembro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2307/pl_074-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2307/pl_074-2025.pdf</t>
   </si>
   <si>
     <t>Prorroga a vigência do Programa Municipal Qualifica Horizonte e a Bolsa-Qualifica, e dá outras providências.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2323/pl_075-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2323/pl_075-2025.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial ao vigente orçamento fiscal e dá outras providências.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2332/pl_076-2025_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2332/pl_076-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº1.490, de 25 de abril de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2334/pl_077-2025_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2334/pl_077-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento e reparcelamento de débitos do Município de Horizonte, Estado do Ceará, com seu Regime Próprio de Previdência Social - RPPS, de que tratam os arts. 115 e 117 do Ato das Disposições Constitucionais Transitórias - ADCT, com a redação conferida pela Emenda Constitucional nº 136, de 9 de setembro de 2025.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2335/pl_078-2025_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2335/pl_078-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Regularização Fiscal de Horizonte - Recomeça 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2336/pl_079-2025_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2336/pl_079-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Institui plano de amortização para equacionamento do déficit atuarial do Regime Próprio de Previdência Social - RPPS de Horizonte/CE, com contribuições suplementares devidas pelo Município, na forma de alíquotas e adota outras providências.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2342/pl_080-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2342/pl_080-20251.pdf</t>
   </si>
   <si>
     <t>Denomina de Renan da Silva Tomaz a Areninha localizada no bairro Buenos Aires, neste município, e dá outras providências.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2324/veto_pl_complementar.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2324/veto_pl_complementar.pdf</t>
   </si>
   <si>
     <t>Veta Parcialmente o Autografo de Lei Complementare n. 006</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1862/pdl_001.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1862/pdl_001.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Maria Santana Pimenta de Andrade a Rua 8 do loteamento Vila Jardim, no bairro Zumbi, conforme a planta urbana do Município, e da outras providências.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1942/pdl_002-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1942/pdl_002-2025.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Minos a via pública situada no bairro Centro, neste Município e dá outras providências.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1967/pdl_003-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1967/pdl_003-2025.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do Bairro Mal Cozinhado, conforme a planta urbana do município, e dá outras providências.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1968/pdl_004-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1968/pdl_004-2025.pdf</t>
   </si>
   <si>
     <t>Denomina de rua Adéde Adauta da Silva, a via pública do bairro Alto Alegre neste município, conforme a planta urbana do município, e dá outras providências.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1969/pdl_005-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1969/pdl_005-2025.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Lucerna a via pública situada no bairro Planalto Horizonte, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1989/pdl_006-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1989/pdl_006-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei n. 14.133, de 1 de abril de 2021, que dispõe sobre licitações e contratos administrativos no âmbito da Câmara Municipal de Horizonte.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2019/pdl_007-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2019/pdl_007-2025.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Raimundo Pereira de Medonça, a via pública no bairro Córrego das Quintas, Município de Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2038/pdl_no_008_2025_-_denomina_de_rua_maria_zelia_almeida_dos_santos.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2038/pdl_no_008_2025_-_denomina_de_rua_maria_zelia_almeida_dos_santos.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Maria Zélia Almeida dos Santos, a via pública do bairro Centro - Horizonte e dá outras providências.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2067/pdl_009-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2067/pdl_009-2025.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do Bairro Olho D'água, conforme a planta urbana do município, revoga art. 1° ao 6° do Decreto 032, de 09 de abril de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2107/pdl_010-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2107/pdl_010-2025.pdf</t>
   </si>
   <si>
     <t>Denomina de Francisco Alves de Oliveira, a via pública na localidade de Lagoa de Fora, Distrito de Dourado, conforme a planta urbana do município.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2127/pdl_011-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2127/pdl_011-2025.pdf</t>
   </si>
   <si>
     <t>Denomina ruas do bairro Zumbi, conforme planta urbana do município.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2128/pdl_012-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2128/pdl_012-2025.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Elias Anselmo de Carvalho, a via pública no bairro Planalto Horizonte, neste município.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2129/pdl_014-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2129/pdl_014-2025.pdf</t>
   </si>
   <si>
     <t>Denomina rua do bairro Gameleira, conforme planta urbana do município.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>COMORC - Comissão de Orçamento, Fiscalização e Administração Pública</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2170/pdl_015-20251.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2170/pdl_015-20251.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre julgamento do parecer do TCE, que aprovou as Contas de Governo do gestor Manoel Gomes de Farias Neto, referente Exercício Financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2156/pdl_016-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2156/pdl_016-2025.pdf</t>
   </si>
   <si>
     <t>Denomina vias públicas situadas no bairro Zumbi, conforme a planta urbana deste município e dá outras providências.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Adriana Silveira, Alaecio Gomes, Carlos da Bodega, Diego Pinheiro, Edson Papinha, Érica Serpa, Flávio da Coelce, Irmão Bento, Jordan Maia, Leandro Lima, Marden Marinho, Valda, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2239/pdl_018-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2239/pdl_018-2025.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Horizontino a Mácio da Cruz Silva e a Adriana Maria de Monte Fernandes.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Adriana Silveira, Alaecio Gomes, Carlos da Bodega, Diego Pinheiro, Edson Papinha, Érica Serpa, Flávio da Coelce, Irmão Bento, Italo Sousa, Jordan Maia, Leandro Lima, Marden Marinho, Valda, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2251/pdl_019-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2251/pdl_019-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedido Título de Cidadão Horizontino ao Sr. Márcio Rodrigues Santiago.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>Adriana Silveira, Alaecio Gomes, Carlos da Bodega, Diego Pinheiro, Edson Papinha, Érica Serpa, Flávio da Coelce, Irmão Bento, Italo Sousa, Jordan Maia, Leandro Lima, Marden Marinho, Tatiana Nogueira, Valda, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2274/pdl_020-2025_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2274/pdl_020-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadã Horizontina a Lara Hill Moreira Rocha.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>Alaecio Gomes, Italo Sousa, Adriana Silveira, Carlos da Bodega, Diego Pinheiro, Edson Papinha, Érica Serpa, Flávio da Coelce, Irmão Bento, Jordan Maia, Leandro Lima, Marden Marinho, Tatiana Nogueira, Valda, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2275/pdl_021-2025_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2275/pdl_021-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Horizontino a Marcos Aurélio Carneiro Araújo.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>Carlos da Bodega, Adriana Silveira, Alaecio Gomes, Diego Pinheiro, Edson Papinha, Érica Serpa, Flávio da Coelce, Irmão Bento, Italo Sousa, Jordan Maia, Leandro Lima, Marden Marinho, Tatiana Nogueira, Valda, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2276/pdl_022-2025_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2276/pdl_022-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Concede título de Cidadão Horizontino a João Maia Neto.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2284/pdl_023-20251.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2284/pdl_023-20251.pdf</t>
   </si>
   <si>
     <t>Denomina vias públicas no Bairro Planalto Horizonte, com seguinte denominação: Rua Maria de Fátima de Sousa Ferreira; Rua Reinaldo de Oliveira Menezes, na forma que indica.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>Wanilson Ribeiro, Adriana Silveira, Alaecio Gomes, Carlos da Bodega, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Irmão Bento, Italo Sousa, Jordan Maia, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2304/pdl_024-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2304/pdl_024-2025.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Horizontino ao sr. José Albecir da Silva.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>Italo Sousa, Adriana Silveira, Alaecio Gomes, Carlos da Bodega, Diego Pinheiro, Edson Papinha, Érica Serpa, Flávio da Coelce, Irmão Bento, Jordan Maia, Leandro Lima, Marden Marinho, Tatiana Nogueira, Valda, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2315/pdl_026-2025_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2315/pdl_026-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Horizontino a José Roberto Ferreira de Lima.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>Érica Serpa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2309/pdl_027-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2309/pdl_027-2025.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Horizontino a Francisco Ronaldo Sousa Leal e Francisca Maria Sobrinho Leal.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>Érica Serpa, Adriana Silveira, Alaecio Gomes, Carlos da Bodega, Diego Pinheiro, Edson Papinha, Flávio da Coelce, Irmão Bento, Italo Sousa, Jordan Maia, Leandro Lima, Marden Marinho, Tatiana Nogueira, Valda, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2331/pdl_028-2025_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2331/pdl_028-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão horizontino ao Sr. Pastor Paulo Maurício Soares Gomes.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2069/pr_001-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2069/pr_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação de data e a antecipação do pagamento dos subsídios dos vereadores e dos servidores da Câmara Municipal, antes do último dia de cada mês, e dá outras providências.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2272/pre_002-2025_aprovado.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2272/pre_002-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução n. 004, de 28 de outubro de 2021, Regimento Interno da Câmara Municipal de Horizonte/CE, no que concerne ao horário das Sessões, bem como as Sessões Híbridas, na forma que indica.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_002-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_002-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a implementação de um programa de doação de kits escolares para alunos da Rede Pública Municipal de Ensino em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>Carlos da Bodega, Adriana Silveira, Alaecio Gomes</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1919/ind_003-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1919/ind_003-2025.pdf</t>
   </si>
   <si>
     <t>Altera a nomenclatura da Guarda Municipal de Horizonte, para Polícia Municipal de Horizonte, e dá outras providências.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>Jordan Maia, Tatiana Nogueira, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2017/ind_004-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2017/ind_004-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.07, de 02 de outubro de 2017, que institui o Código Tributário do Município de Horizonte, para conceder isenção de IPTU para pessoas com Transtorno do Espectro Autista - TEA e Transtorno do Défict de Atenção e Hiperatividade - TDAH.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2018/ind_005-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2018/ind_005-2025.pdf</t>
   </si>
   <si>
     <t>Indica a revogação integral da Lei n.524, de 25 de outubro de 2005, que instituiu a taxa da coleta de lixo no Município de Horizonte.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>Carlos da Bodega, Érica Serpa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_no_006_2025_-_carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_no_006_2025_-_carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Indica a criação do Serviço de Resgate e Socorro de Urgência - SRSU, às Vítimas de Acidentes no Município de Horizonte.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>Carlos da Bodega, Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2077/ind_008-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2077/ind_008-2025.pdf</t>
   </si>
   <si>
     <t>Indica a criação da Coordenadoria de Bem-Estar Animal na estrutura da Autarquia Municipal de Meio Ambiente de Horizonte (AMMAH).</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos da Bodega, Val da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2155/ind_009-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2155/ind_009-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a implementação do Programa Visão do Saber que dispõe sobre o fornecimento gratuito de óculos de grau para alunos da rede muncipal do ensino fundamental.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>Gato Rocha, Adriana Silveira, Alaecio Gomes, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_no_010_2025_-_gato_rocha.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_no_010_2025_-_gato_rocha.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo o projeto de lei que dispõe sobre a criação da Casa do Idoso no Município de Horizonte/CE, e dá outras providências.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>Marden Marinho, Adriana Silveira, Érica Serpa, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2217/ind_012-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2217/ind_012-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prioridade de atendimento médico, suporte como fornecimento de medicamento, atividades físicas adequadas e médicos especialistas aos portadores de fibromialgia nas unidades de saúde do Município de Horizonte–CE.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>Alaecio Gomes, Carlos da Bodega, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2273/ind_014-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2273/ind_014-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo o projeto de lei que institui o Sistema de Gratificação Pecuniária aos Agentes de Segurança, pela apreensão de armas de fogo, na forma que indica.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Adriana Silveira, Érica Serpa, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2283/ind_015-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2283/ind_015-2025.pdf</t>
   </si>
   <si>
     <t>Indica o Projeto de Lei que institui o programa "Mulher livre e independente" Visando estimular à geração de emprego às mulheres vítimas de violência doméstica e familiar no município</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2308/ind_016-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2308/ind_016-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do IPTU Sustentável, no município de Horizonte.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>Alaecio Gomes</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2312/ind_017-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2312/ind_017-2025.pdf</t>
   </si>
   <si>
     <t>Indica: ao Chefe do Poder Executivo o Projeto de Lei reajusta gratificação fixa para todos os motoristas bem como cria gratificação especial aos motoristas com CNH categoria "D" e superior do quadro de servidores efetivos e contratados do município de Horizonte alterando a Lei oriunda do Projeto de 071/2025.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2313/ind_018-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2313/ind_018-2025.pdf</t>
   </si>
   <si>
     <t>Indica: ao Chefe do Poder Executivo o Projeto de Lei  /2025 que reajusta o valor do Auxílio-Alimentação para R$ 18,00, amplia a concessão para servidores contratados, e altera o teto remuneratório para 02 (dois) Salários Mínimos, com relação ao Projeto de Lei n e 069/2025.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>Leandro Lima, Carlos da Bodega, Érica Serpa, Italo Sousa, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2320/ind_019-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2320/ind_019-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo o projeto de lei que Institui a Semana "Maria da Penha nas Escolas", a ser realizada anualmente na rede pública e privada de ensino, e dá outras providências.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Adriana Silveira, Érica Serpa, Flávio da Coelce, Irmão Bento, Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2325/ind_020-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2325/ind_020-2025.pdf</t>
   </si>
   <si>
     <t>Indica o Projeto de Lei sobre a retirada de fios e equipamentos inservíveis e a manutenção das redes aéreas de telecomunicação e energia no Município de Horizonte.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>Wanilson Ribeiro, Adriana Silveira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2337/ind_021-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2337/ind_021-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo o Projeto de Lei de criação e implantação do Programa Municipal de Atendimento Integral à Saúde da Pessoa com Obesidade e a disponibilização gratuita de medicamentos específicos, como o Monjaro (Tirzepatida), para de pacientes com obesidade mórbida no Município de Horizonte, Ceará.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1864/req_001-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1864/req_001-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de poços profundos nos bairros Buenos Aires II e Tanques, neste Município.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>Wanilson Ribeiro, Alaecio Gomes, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1878/req_002-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1878/req_002-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça no bairro Cajueiro da Malhada.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>Valda, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1865/req_004-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1865/req_004-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de areninha e praça na comunidade de Córrego das Quintas, distrito de Aningas, neste Município.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1866/req_005-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1866/req_005-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça com academia de saúde, no bairro Cachoeira I, neste Município.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1867/req_006-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1867/req_006-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e asfáltica na Rua Neusa Matos, Rua Petronília Maria, Rua Maria dos Anjos da Silva, Rua Maria Romana e Rua Alzira da Mata no bairro Buenos Aires I, neste Município.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>Carlos da Bodega, Adriana Silveira, Tatiana Nogueira, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1879/req_007-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1879/req_007-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reativação urgente da Cozinha Comunitária em nossa Cidade.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>Wanilson Ribeiro, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1868/req_009-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1868/req_009-2025.pdf</t>
   </si>
   <si>
     <t>Requer a revitalização da praça do distrito de Nova Timbaúba e a coberta da quadra esportiva situada naquela mesma praça.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1869/req_010-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1869/req_010-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca na Rua José Martins, no bairro Lagoinha, neste Município.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1870/req_011-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1870/req_011-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e asfáltica para ruas no bairro Planalto da Galiléia, neste Município.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>Marden Marinho, Irmão Bento, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1871/req_012-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1871/req_012-2025.pdf</t>
   </si>
   <si>
     <t>Requer a viabilização de plano de saúde, transporte para deslocamento em atendimento à saúde dos funcionários da limpeza pública de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1872/req_013-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1872/req_013-2025.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a implantação de um CRAS - Centro de Referência de Assistência Social no bairro Planalto Horizonte.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1873/req_014-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1873/req_014-2025.pdf</t>
   </si>
   <si>
     <t>Requer a conclusão do Estádio Pinheirão na localidade Canavieira dos Pinheiros, neste Município.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>Marden Marinho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1874/req_015-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1874/req_015-2025.pdf</t>
   </si>
   <si>
     <t>Requer a inclusão de fontes de proteína de carne animal na cesta básica municipal, a fim de garantir o acesso à nutrientes essenciais para a população local, na forma que indica.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>Wanilson Ribeiro, Alaecio Gomes</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1880/req_016-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1880/req_016-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica para ruas no bairro Cajueiro da Malhada, distrito de Queimadas, neste Município.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>Marden Marinho, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1895/req_017-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1895/req_017-2025.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica nos seguintes logradouros: Rua Idalina Pereira Gonçalves, Rua Francisco Pereira da Silva, Rua Antônio Rufino Neto, Rua Luiz Inácio, Rua Francisco Argelânio da Silva e Rua Raimundo Miguel, situadas na localidade de Alto da Boa Vista II, distrito de Queimadas, neste Município.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1875/req_018-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1875/req_018-2025.pdf</t>
   </si>
   <si>
     <t>Requer, pavimentação em pedra tosca, para as ruas: Raimundo Ananias Rosa, Valdenir Nunes Ferreira, Luiza Amorim do_x000D_
 Nascimento, e Rua Alais Jardim de Oliveira no bairro Malcozinhado, neste Município.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>Irmão Bento, Adriana Silveira, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1896/req_019-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1896/req_019-2025.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica para a Rua Guaramiranga, Rua Pacoti, Rua Aracoiaba, Rua Palmácia, Rua Redenção, Rua Mulungú e Av. Miguel Skeff, no bairro Malcozinhado, neste Município.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Alaecio Gomes, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1876/req_020-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1876/req_020-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica e em pedra tosca, construção de uma área de lazer no bairro Cajueiro da Malhada, Horizonte-CE.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>Carlos da Bodega, Edson Papinha, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1877/req_021-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1877/req_021-2025.pdf</t>
   </si>
   <si>
     <t>Requer centro veterinário de acolhimento de animais de rua no Município do Horizonte.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>Luciano Pinheiro, Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1892/req_022-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1892/req_022-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma Areninha na Canavieira dos Pinheiros, neste Município.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1893/req_023-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1893/req_023-2025.pdf</t>
   </si>
   <si>
     <t>Requer abastecimento de água nas ruas Laura Lima e Fco. Pereira do bairro Canavieiras dos Pinheiros, distrito de Aningas, neste Município.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1881/req_024-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1881/req_024-2025.pdf</t>
   </si>
   <si>
     <t>Requer reforma e ampliação da Escola Marina Ferreira de Almeida e do Ginásio Poliesportivo João Machado Sobrinho Neto no distrito de Dourado, neste Município.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1882/req_025-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1882/req_025-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca de ruas na comunidade de Córrego das Quintas, no distrito de Aningas, neste Município.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>Edson Papinha, Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1883/req_026-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1883/req_026-2025.pdf</t>
   </si>
   <si>
     <t>Requer telas e redes de proteção para as Areninhas, neste Município.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1897/req_027-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1897/req_027-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de semáforo na Rua Manoel Luiz com Av. Presidente Castelo Branco, na sede, neste Município.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>Flávio da Coelce, Érica Serpa, Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1884/req_028-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1884/req_028-2025.pdf</t>
   </si>
   <si>
     <t>Requer o alargamento, revitalização e continuação de iluminação pública da rua Wilson Assunção no bairro Cachoeira I, neste Município.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1885/req_029-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1885/req_029-2025.pdf</t>
   </si>
   <si>
     <t>Requer uma UBS "Unidade Básica de Saúde" no bairro Cachoeira II, neste Município.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>Diego Pinheiro, Edson Papinha, Flávio da Coelce, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1886/req_030-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1886/req_030-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça com academia de saúde e arena de futvôlei na localidade Canavieiras dos Muniz, neste Município.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1887/req_031-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1887/req_031-2025.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica de ruas em conjunto habitacional no Centro de Horizonte.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos da Bodega, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1898/req_032-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1898/req_032-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um parque ecológico no bairro Buenos Aires I, neste Município.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos da Bodega, Érica Serpa, Italo Sousa, Leandro Lima, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1888/req_033-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1888/req_033-2025.pdf</t>
   </si>
   <si>
     <t>Requer a retomada do cursinho pré-vestibular pelo Poder Público, neste Município.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>Alaecio Gomes, Tatiana Nogueira, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1889/req_034-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1889/req_034-2025.pdf</t>
   </si>
   <si>
     <t>Requer vigia em tempo integral na Areninha no Cajueiro da Malhada, neste Município.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1890/req_035-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1890/req_035-2025.pdf</t>
   </si>
   <si>
     <t>Requer aquisição de um transporte para atender as demandas dos desportistas em Horizonte/CE.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1891/req_036-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1891/req_036-2025.pdf</t>
   </si>
   <si>
     <t>Requer a troca dos sonares fetais nas Unidades Básicas de Saúde de Horizonte.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1920/req_037-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1920/req_037-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e asfáltica no trecho ligando a Canavieira dos Pinheiros à Canavieira dos Muniz neste Município.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1921/req_038-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1921/req_038-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca da Rua Pedro Rodrigues em Vertente Canavieira dos Pinheiros neste Município.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1899/req_039-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1899/req_039-2025.pdf</t>
   </si>
   <si>
     <t>Requer a continuidade da pavimentação em pedra tosca e asfáltica nas ruas Francisca Rodrigues Gurgel e Edson Pinheiro, localizadas no bairro Gameleira II, neste Município.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1900/req_040-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1900/req_040-2025.pdf</t>
   </si>
   <si>
     <t>Requer um Centro de Educação Infantil "CEI" no bairro Lagoinha, neste Município.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos da Bodega, Flávio da Coelce, Tatiana Nogueira, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1901/req_042-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1901/req_042-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um calçadão arborizado de frente para a Escola Milton Nogueira, no bairro Buenos Aires I, neste Município.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Edson Papinha, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1922/req_043-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1922/req_043-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de transporte municipal com tarifa zero, neste Município.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Luciano Pinheiro, Diego Pinheiro, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1902/req_044-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1902/req_044-2025.pdf</t>
   </si>
   <si>
     <t>Requer a climatização do CEI Eufrazina Martins dos Santos na localidade de Canavieira dos Pinheiros, distrito de Aningas, neste Município.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>Valda, Diego Pinheiro, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1903/req_045-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1903/req_045-2025.pdf</t>
   </si>
   <si>
     <t>Requer a extensão da rede de abastecimento de água na comunidade de Rua da Palha, distrito de Dourado, neste Município.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>Valda, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1904/req_046-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1904/req_046-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca de ruas na comunidade de Rua da Palha, no distrito de Dourado, neste Município.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>Alaecio Gomes, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1905/req_047-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1905/req_047-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um CRAS no bairro Cajueiro da Malhada, neste Município.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1906/req_048-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1906/req_048-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implementação do auxílio-alimentação para todos os servidores públicos, neste Município.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Diego Pinheiro, Flávio da Coelce, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1907/req_049-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1907/req_049-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca da estrada que liga Canavieira dos Pinheiros à localidade Tanques, neste Município.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1908/requerimento_no_050_2025_-_ver._italo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1908/requerimento_no_050_2025_-_ver._italo.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a construção de uma praça da juventude no bairro Planalto Horizonte.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>Carlos da Bodega, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1909/req_051-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1909/req_051-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica na Rua Cícero Brindeiro, no bairro Vertente, distrito de Dourado, neste Município.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1910/req_052-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1910/req_052-2025.pdf</t>
   </si>
   <si>
     <t>Requer a transformação em Unidade Básica de Saúde - UBS do posto de atendimento à saúde - Maria Carlos da Silva, na localidade de Canavieira dos Pinheiros, neste Município.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>Luciano Pinheiro, Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1943/requerimento_no_053_2025_-_requer_posto_de_saude_na_localidade_de_preaoca_-_luciano_pinheiro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1943/requerimento_no_053_2025_-_requer_posto_de_saude_na_localidade_de_preaoca_-_luciano_pinheiro.pdf</t>
   </si>
   <si>
     <t>Requer posto de atendimento à saúde, na localidade de Preaóca, neste Município.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1911/req_054-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1911/req_054-2025.pdf</t>
   </si>
   <si>
     <t>Requer uma areninha e uma praça para a localidade pica-pau, no bairro Distrito Industrial, neste Município.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Irmão Bento, Marden Marinho, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1912/req_055-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1912/req_055-2025.pdf</t>
   </si>
   <si>
     <t>Requer a revitalização do Estádio Nogueirão, Horizonte-CE.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1913/requerimento_no_056_2025_-_ver._italo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1913/requerimento_no_056_2025_-_ver._italo.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a construção de uma praça e passagem asfáltica no bairro Diadema.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1914/req_057-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1914/req_057-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e malha asfáltica da Rua Maria Isabel, no bairro Lagoinha, neste Município.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1975/requerimento_no_058_2025_-_marden_marinho.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1975/requerimento_no_058_2025_-_marden_marinho.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfálticas no seguinte logradouro: Rua Luiz Albano de Almeida no Distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1923/req_059-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1923/req_059-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de uma célula de proteção comunitária nos Distritos de Aningas, Dourado, Queimadas e na Sede do Município com video monitoramento na forma que indica.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Carlos da Bodega, Valda, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1915/req_060-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1915/req_060-2025.pdf</t>
   </si>
   <si>
     <t>Requer uma areninha e uma praça com equipamentos de academia de saúde na localidade Vertente, no distrito de Dourado.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1924/req_061-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1924/req_061-2025.pdf</t>
   </si>
   <si>
     <t>Requer a revitalização da escola e quadra esportiva da Escola Manoel Felipe dos Santos, no Bairro Jordão, Distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1925/req_062-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1925/req_062-2025.pdf</t>
   </si>
   <si>
     <t>Requer a extensão da rede de abastecimento de água na Avenida José Francisco e na Rua Izidório Zacarias, no bairro de Coqueiros, distrito de Dourados, na forma que indica.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1926/req_064-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1926/req_064-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e ampliação do Mercado Público de Horizonte, Francisco Tavares de Oliveira, neste município.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1927/req_065-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1927/req_065-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de uma área de lazer com arena de vôlei para o Bairro Jordão, no Distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1944/requerimento_no_066_2025_-_instalacao_de_uma_area_de_lazer_com_quadra_de_futevolei__em_gameleira_-_wanilson.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1944/requerimento_no_066_2025_-_instalacao_de_uma_area_de_lazer_com_quadra_de_futevolei__em_gameleira_-_wanilson.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de uma àrea de lazer com quadra de futvôlei para o bairro Gameleira, na Sede, neste Município.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1928/req_067-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1928/req_067-2025.pdf</t>
   </si>
   <si>
     <t>Requer a revitalização no entorno do canal do trabalhador no Alto Alegre e a pavimentação em pedra tosca na Rua Conde D'eu e estrada das Queimadas na forma que indica.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1929/req_068-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1929/req_068-2025.pdf</t>
   </si>
   <si>
     <t>Requer um Centro de Educação Infantil (CEI) na Localidade de Tanques, neste município.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1930/req_069-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1930/req_069-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de uma escola no bairro da Lagoinha, neste município.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1931/req_070-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1931/req_070-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca na Rua Camilo Ferreira em toda a sua extensão, que liga Coqueiros à Lagoa de Fora no Distrito de Dourado, neste Município.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1932/req_071-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1932/req_071-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca na Rua André Vicente do Nascimento, no bairro Catolé, neste Município.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1945/requerimento_no_072_2025_-_ver._italo_bezerra.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1945/requerimento_no_072_2025_-_ver._italo_bezerra.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a construção de um centro de acolhimento para jovens autistas acima de 16 anos, neste Município.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1946/requerimento_no_73_2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1946/requerimento_no_73_2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e revitalização da Praça da Madame, neste Município.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1947/requerimento_no_074_2025_-_pavimentacao_em_pedra_tosca_para_ruas_em_queimadas_-_wanilson.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1947/requerimento_no_074_2025_-_pavimentacao_em_pedra_tosca_para_ruas_em_queimadas_-_wanilson.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca para ruas no centro do distrito de Queimadas, neste Município.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos da Bodega, Edson Papinha, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1948/requerimento_no_075_2025_-_criacao_de_um_centro_de_traumatogia-_adriana_silveira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1948/requerimento_no_075_2025_-_criacao_de_um_centro_de_traumatogia-_adriana_silveira.pdf</t>
   </si>
   <si>
     <t>Requer a criação de um Centro de Traumatologia e Ortopedia, neste Município.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1949/requerimento_no_076_2025_-_pavimentacao_ruas_alto_alegre_-_vera.tatiana_nogueira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1949/requerimento_no_076_2025_-_pavimentacao_ruas_alto_alegre_-_vera.tatiana_nogueira.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e asfáltica em ruas do bairro Alto Alegre, no distrito de Queimadas, na forma que indica.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1950/requerimento_no_077_2025_-_reforma_areninha_argeu_dos_santos_-_vera.tatiana_nogueira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1950/requerimento_no_077_2025_-_reforma_areninha_argeu_dos_santos_-_vera.tatiana_nogueira.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da Areninha Argeu do Santos, no bairro Diadema, neste Município.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>Flávio da Coelce, Luciano Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1951/requerimento_no_078_2025_-_pavimentacao_ns_rua_jose_cassimiro_facanha_na_localidade_de_tanques_-_flavio_da_coelce.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1951/requerimento_no_078_2025_-_pavimentacao_ns_rua_jose_cassimiro_facanha_na_localidade_de_tanques_-_flavio_da_coelce.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e asfáltica na Rua José Cassimiro Façanha, na localidade de Tanques, neste Município.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>Flávio da Coelce, Adriana Silveira, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1952/requerimento_no_079_2025_-_reforma_e_revitalizacao_da_praca_dos_dinossauros_no_bairro_buenos_aires_i_-_flavio_da_coelce.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1952/requerimento_no_079_2025_-_reforma_e_revitalizacao_da_praca_dos_dinossauros_no_bairro_buenos_aires_i_-_flavio_da_coelce.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e revitalização da Praça dos Dinossauros, no bairro Buenos Aires I, neste Município.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>Carlos da Bodega, Diego Pinheiro, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1953/requerimento_no_080_2025_-_vers.carlos_gomes_e_diego_pinheiro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1953/requerimento_no_080_2025_-_vers.carlos_gomes_e_diego_pinheiro.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e asfáltica na Rua Joaquim Antônio, no distrito de Dourado, neste Município.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Alaecio Gomes, Carlos da Bodega, Edson Papinha, Italo Sousa, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1954/requerimento_no_081_2025_-_ver._alaecio_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1954/requerimento_no_081_2025_-_ver._alaecio_gomes.pdf</t>
   </si>
   <si>
     <t>Requer 04 (quatro) auxiliares de serviços gerais, 02 (dois) cozinheiras e gêneros alimentícios para o 25° Batalhão de Horizonte, neste Município.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1957/req_082-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1957/req_082-2025.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação e modernização da iluminação do Ginásio Manoel Caetano de Freitas na localidade de Aningas, neste Município.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1958/requerimento_no_083_2025_erica_serpa.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1958/requerimento_no_083_2025_erica_serpa.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica, das ruas João Lima Costa no bairro Lagoinha e rua Francisco Leandro de Lima no bairro Buenos Aires 1, neste Município.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1959/requerimento_no_084_2025__erica_serpa.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1959/requerimento_no_084_2025__erica_serpa.pdf</t>
   </si>
   <si>
     <t>Requer  a disponibilização de um container para lixo seco no bairro Buenos Aires I, neste município.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Wanilson Ribeiro, Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1976/requerimento_no_085_2025_-_wanilson_ribeiro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1976/requerimento_no_085_2025_-_wanilson_ribeiro.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca para ruas do Conjunto Industrial, neste município.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Irmão Bento, Adriana Silveira, Carlos da Bodega, Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1960/req_086-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1960/req_086-2025.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção das areninhas , neste município.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1961/req_087-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1961/req_087-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reativação do Poço Profundo na localidade de Canavieira, neste Município.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Diego Pinheiro, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1962/requerimento_no_088_2025_diego_pinheiro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1962/requerimento_no_088_2025_diego_pinheiro.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfaltica na Rua Salvina Machado d e Almeida no bairro_x000D_
 Vertente - Distrito Dourado, neste município.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica nas ruas B, C, D em Aningas neste município.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Flávio da Coelce, Adriana Silveira, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1963/req_090-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1963/req_090-2025.pdf</t>
   </si>
   <si>
     <t>Requer a revitalização da passagem molhada do açude do Distrito de Queimadas em forma de balneário, área de lazer e a implantação de sistema de iluminação.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1964/req_091-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1964/req_091-2025.pdf</t>
   </si>
   <si>
     <t>Requer o retorno da ambulância para atender os moradores dos bairros, Buenos Aires I e II, neste município.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2005/req_092-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2005/req_092-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica em rua do bairro Buenos Aires 2, neste Município.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2000/requerimento_no_093_2025_-_erica_serpa.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2000/requerimento_no_093_2025_-_erica_serpa.pdf</t>
   </si>
   <si>
     <t>Requer.a pavimentação asfáltica em ruas do Bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1999/requerimento_no_094_2025_-_erica_serpa.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1999/requerimento_no_094_2025_-_erica_serpa.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica nas ruas do Bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1965/req_095-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1965/req_095-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e asfáltica em ruas do bairro Vila Nova, no distrito de Queimadas, na forma que indica.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Adriana Silveira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1966/req_096-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1966/req_096-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um centro esportivo_x000D_
 no centro de Horizonte na rua Lourival Souza,_x000D_
 na forma que indica.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Edson Papinha, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1978/requerimento_no_097_2025_-_edson_papinha.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1978/requerimento_no_097_2025_-_edson_papinha.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica nas ruas no bairro Carnaubal, neste município.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1979/requerimento_no_098_2025_-_edson_papinha.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1979/requerimento_no_098_2025_-_edson_papinha.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de samáforo no cruzamento das ruas Marina Ferreira com Manoel Fereeira no bairro Dourado, neste município.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Requer a melhoria e implantação de academia ao ar livre na prala Luciano Ferreira de Lima e quiosques para venda de alimentos, situada no bairro Buenos Aires, neste município.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Carlos da Bodega, Érica Serpa, Italo Sousa, Leandro Lima, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1981/requerimento_no_100_2025_-_tatiana_nogueira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1981/requerimento_no_100_2025_-_tatiana_nogueira.pdf</t>
   </si>
   <si>
     <t>Requer a presença da Guarda Municipal nas escolas, nos horários de entrada e saída dos alunos, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Carlos da Bodega, Érica Serpa, Flávio da Coelce, Italo Sousa, Leandro Lima, Wanilson Ribeiro</t>
   </si>
   <si>
     <t>Requer instalação de câmeras de monitoramento no entorno das escolas e CEIs municipais, na forma que indica.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2003/req_102-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2003/req_102-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de Wi-fi gratuito nas praças públicas e centros comunitários, neste município.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1982/requerimento_no_103_2025_-_adriana_silveira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1982/requerimento_no_103_2025_-_adriana_silveira.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um CRAS - Centro de Referência Social no bairro Gameleira, neste município.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1983/requerimento_no_104_2025_-_luciano_pinheiro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1983/requerimento_no_104_2025_-_luciano_pinheiro.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca asfáltica na rua Francisco Franciélo Morais de Freitas em Aningas neste município.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1984/requerimento_no_105_2025_-_flavio_da_coelce.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1984/requerimento_no_105_2025_-_flavio_da_coelce.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça com academia de Saúde, na localidade de Preaoca, neste município.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1985/requerimento_no_106_2025_-_carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1985/requerimento_no_106_2025_-_carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza da Rua Alvides Nogueira e a pavimentação de Pedra Tosca e Asfáltica da Referida Rua, em queimadas, neste município.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1986/requerimento_no_107_2025_-_flavio_da_coelce.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1986/requerimento_no_107_2025_-_flavio_da_coelce.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça com academia da Saúde, no bairro Buenos Aires II, neste município.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Leandro Lima, Adriana Silveira, Diego Pinheiro, Érica Serpa, Flávio da Coelce, Italo Sousa, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1987/requerimento_no_108_2025_-_leandro_lima.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1987/requerimento_no_108_2025_-_leandro_lima.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a aquisição de um mamógrafo para o centro de imagens.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1998/req_109-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1998/req_109-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Rua Antônio Padre, no Bairro Buenos Aires Il, neste município.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1997/req_110-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1997/req_110-2025.pdf</t>
   </si>
   <si>
     <t>Requer a abertura de uma rua, iniciando na Rua Nair_x000D_
 Nogueira Neris e terminando na Rua Tertuliana_x000D_
 Nogueira, em Queimadas na forma que indica, neste município</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1996/req_111-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1996/req_111-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca na rua Nair Nogueira Neris em Queimadas na forma que indica, neste município</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Italo Sousa, Adriana Silveira, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1995/req_112-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1995/req_112-2025.pdf</t>
   </si>
   <si>
     <t>Requer a vigilância da guarda municipal na praça Ana Diamantina de Sousa, no Bairro zumbi, neste município.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1994/req_114-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1994/req_114-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica e a drenagem na travessa B da rua Luiz Inácio de Souza neste_x000D_
 município.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2006/req_115-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2006/req_115-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica na Rua Antônio Cesário, no bairro Mangueral, neste Município.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Diego Pinheiro, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2021/req_0116-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2021/req_0116-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça com academia de saúde, ao lado do posto Mangueiral II, neste Município.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1993/req_117-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1993/req_117-2025.pdf</t>
   </si>
   <si>
     <t>Requer continuação da pavimentação em pedra tosca na Rua Martiniano Pinheiro_x000D_
 de Oliveira em Aningas, neste município.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Leandro Lima, Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1992/req_118-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1992/req_118-2025.pdf</t>
   </si>
   <si>
     <t>Requer por parte da gestão municipal a integração de Psicológos e assistentes sociais na equipe profissional das escolas neste municipio</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1991/req_119-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1991/req_119-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um chafariz com abastecimento e distribuição de agua no Beco do Pereira, em Tanques neste município</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1990/req_120-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1990/req_120-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da escola Emef Dionizia Rocha de Morais na localidade de Jenipapeiro neste Município.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2007/req_121-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2007/req_121-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e ampliação da Escola Maria Pinheiro da Silva, na localidade de Canavieira dos Pinheiros, na forma que indica.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2008/req_122-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2008/req_122-2025.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação da Rua Joaquim Nogueira Lopes e a pavimentação em pedra tosca e asfáltica até o açude das Queimadas, na forma que indica neste Município.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2009/req_123-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2009/req_123-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma CEI em tempo integral, no bairro Gameleira, no distrito de Queimadas, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2022/req_124-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2022/req_124-2025.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de um aparelho de ressonância magnética e tomografia computadorizada para o Centro de Imagem, neste Município.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2010/req_125-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2010/req_125-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica em ruas do bairro Nova Timbaúba, no distrito de Queimadas, neste Município.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2011/req_126-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2011/req_126-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo junto a empresa prestadora de serviço, providenciar o aumento da frota de caminhões e de funcionários para atender a coleta de resíduos sólidos, neste Município.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2012/req_127-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2012/req_127-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um chafariz, no distrito Industrial "Pica-Pau", neste Município.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2013/req_128-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2013/req_128-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da praça Mais Infância, no bairro Planalto Horizonte, neste Município.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Carlos da Bodega, Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2014/req_129-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2014/req_129-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e reestruturação da praça Ana Diamantina de Souza - (Praça do Zumbi), com a colocação de quiosques padronizados para comércio local, e a reforma da quadra de esportes, no bairro Zumbi.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2030/req_130-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2030/req_130-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça com academia de saúde na localidade de Catu, neste Município.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2031/req_131-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2031/req_131-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um Centro de Educação Infantil "CEI" no bairro Gameleira II, neste Município.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2015/req_132-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2015/req_132-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da praça da Juventude, no bairro Diadema Horizonte, neste Município.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2016/requerimento_no_133_2025_-_mocao_de_apoio_-_diego.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2016/requerimento_no_133_2025_-_mocao_de_apoio_-_diego.pdf</t>
   </si>
   <si>
     <t>Propõe moção de apoio ao Projeto de Lei n.1.365/22, em tramitação no Senado Federal, e ao Projeto de Lei n.765/15, em tramitação na Câmara dos Deputados.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Adriana Silveira, Carlos da Bodega, Érica Serpa, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2023/req_134-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2023/req_134-2025.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção da ponte que liga o distrito de Queimadas à comunidade Base, localizada na Rua Joaquim Nogueira Lopes na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Adriana Silveira, Érica Serpa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2024/req_135-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2024/req_135-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um Centro-Dia para idosos nos distritos do Município de Horizonte na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2025/req_136-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2025/req_136-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de uma área de lazer ao lado da Capela Santa Terezinha, no Planalto da Galileia, distrito de Queimadas, neste Município.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2026/req_137-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2026/req_137-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de uma ciclovia ligando o distrito de Queimadas à passarela na BR 116, neste Município.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2027/req_138-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2027/req_138-2025.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a reforma das escolas municipais de ensino fundamental na forma que indica.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2028/req_139-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2028/req_139-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca das ruas Rita Felipe da Silva, Balduíno Emídio, Maria Gomes e Av. João Silvestre, da localidade Cachoeira, no Município de Horizonte.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos da Bodega, Érica Serpa, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2029/req_140-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2029/req_140-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma segunda Unidade Básica de Saúde (UBS) no bairro Mal Cozinhado, neste Município.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2046/req_143-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2046/req_143-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca na Rua José Acelino, que liga Mundo Novo a Mangabeira, neste Município.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2057/requerimento_no_144_2025_-_diego_pinheiro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2057/requerimento_no_144_2025_-_diego_pinheiro.pdf</t>
   </si>
   <si>
     <t>Requer a revitalização da passagem molhada na localidade Barra, em Aningas, neste município.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2032/req_146-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2032/req_146-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça com academia de saúde, em frente a Igreja Santa Luzia na localidade Tijuca-Preaoca, neste Município.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2033/req_147-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2033/req_147-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implementação de um sistema de drenagem de água pluvial na Rua Raimundo Miguel e sua extensão, próximo ao conjunto habitacional em Queimadas, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2034/req_148-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2034/req_148-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e ampliação da infraestrutura do Cemitério Municipal, com a construção de uma sala de velório climatizada, implantação de capela ecumênica e conexão de corredores na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2035/req_149-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2035/req_149-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um Centro Cultural no distrito de Dourados, neste Município.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2036/req_150-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2036/req_150-2025.pdf</t>
   </si>
   <si>
     <t>Ampliação dos serviços prestados do VetMóvel, neste Município.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2037/req_151-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2037/req_151-2025.pdf</t>
   </si>
   <si>
     <t>Implementação de um centro de zoonoses, neste Município.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2047/req_152-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2047/req_152-2025.pdf</t>
   </si>
   <si>
     <t>Requer a drenagem das ruas: Rua Francisco Carlos, Rua André Cursino, Rua Francisca Miguel, Rua Francisca Rodrigues, Rua Regina Maria de Sousa, Rua José Moreira de Lima e Rua Arco Iris, localizadas no bairro Planalto Horizonte, neste Município.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2048/pl_153-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2048/pl_153-2025.pdf</t>
   </si>
   <si>
     <t>Requer a inclusão como atividade extracurricular o ensino de noções básicas sobre robótica aos alunos da rede municipal de ensino, neste Município.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2049/req_154-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2049/req_154-2025.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilização de uma ambulância equipada com Unidade de Terapia Intensiva (UTI), a fim de atender às demandas emergenciais do Hospital Municipal, na forma que indica neste Município.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Jarlys do Juarez, Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2050/req_155-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2050/req_155-2025.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da pavimentação em pedra tosca e a limpeza do trecho final da Rua Manoel Feliciano do Sousa, próximo à Rua Manoel Conrado, no bairro Zumbi deste Município.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Adriana Silveira, Alaecio Gomes</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2051/req_156-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2051/req_156-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica em ruas no bairro Catu, neste Município.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2052/requerimento_no_157_2025_-_carlos_leandro.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2052/requerimento_no_157_2025_-_carlos_leandro.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal reforma e ampliação da Unidade Básica de Saúde Francisco Gomes, no bairro Buenos Aires I.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Edson Papinha, Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2053/req_158-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2053/req_158-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implementação de uma UTI neonatal no hospital e maternidade Venâncio Raimundo de Souza, neste Município.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2054/req_159-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2054/req_159-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da quadra poliesportiva Francisco Firmino de Sousa no bairro Catu, neste Município.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2058/requerimento_no_160_2025_-_luiz_bento.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2058/requerimento_no_160_2025_-_luiz_bento.pdf</t>
   </si>
   <si>
     <t>Requer calçamento em pedra tosca para a Rua Josidite Manoel Pereira de Azevedo, bairro Cajueiro da Malhada, neste município.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2059/requerimento_no_162_2025_-_tatiana_nogueira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2059/requerimento_no_162_2025_-_tatiana_nogueira.pdf</t>
   </si>
   <si>
     <t>Requer a reforma das Quadras Poliesportivas e do Ginásio Poliesportivo na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2060/requerimento_no_163_2025_-_jose_italo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2060/requerimento_no_163_2025_-_jose_italo.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica na Rua 1, Rua 3, Rua 4, Rua 5, Rua 6, Rua 7, Rua 8, no Bairro Zumbi, neste município</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2061/requerimento_no_164_2025_-_jose_italo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2061/requerimento_no_164_2025_-_jose_italo.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica na Rua João Gonzaga da Silva, Rua José Alves Pereira, no Bairro Buenos Aires I, neste município</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2062/requerimento_no_165_2025_-_jordan_maia.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2062/requerimento_no_165_2025_-_jordan_maia.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica de algumas ruas no bairro Buenos Aires I na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Flávio da Coelce, Diego Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2063/requerimento_no_166_2025_-_jose_flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2063/requerimento_no_166_2025_-_jose_flavio.pdf</t>
   </si>
   <si>
     <t>Requer uma UBS "Unidade Básica de Saúde" no bairro Gameleira I, neste município.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_no_167_2025_-_flavio_da_coelce.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_no_167_2025_-_flavio_da_coelce.pdf</t>
   </si>
   <si>
     <t>Requer construção de uma Areninha no bairro Buenos Aires II, neste município.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Carlos da Bodega, Érica Serpa, Erlon Lima, Flávio da Coelce, Jordan Maia, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2065/requerimento_no_168_2025_-_carlos_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2065/requerimento_no_168_2025_-_carlos_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um programa de treinamento dos servidores e alunos nas Escolas Municipais e nos Centro de Educação Infantil CEl de Horizonte, para atendimento de primeiros socorros, neste município.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>Erlon Lima, Érica Serpa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2066/requerimento_no_169_2025_-_erlon_lima.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2066/requerimento_no_169_2025_-_erlon_lima.pdf</t>
   </si>
   <si>
     <t>Requer a implantação do programa "Cuidar de quem Cuida", para atendimento aos servidores públicos municipais de Horizonte, na forma que indica.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Diego Pinheiro, Carlos da Bodega, Valda</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2079/req_170-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2079/req_170-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da Ponte do Luís Carneiro que liga Dourado á Tanques, neste município.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>Diego Pinheiro, Carlos da Bodega, Erlon Lima, Italo Sousa, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2070/req_172-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2070/req_172-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma do Ginásio Joaquim Domingos Neto, neste município.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2071/req_173-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2071/req_173-2025.pdf</t>
   </si>
   <si>
     <t>Requer a revitalização do campo de futebol do bairro Alto Alegre, com construção de arquibancada, alambrado, banheiros e iluminação na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>Flávio da Coelce, Erlon Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2072/req_174-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2072/req_174-2025.pdf</t>
   </si>
   <si>
     <t>Requer um Centro de Educação Infantil, "CEI", Creche e Berçário no Bairro Buenos Aires II, neste município.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2073/requerimento_no_175_2025_-_flavio_da_coelce.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2073/requerimento_no_175_2025_-_flavio_da_coelce.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de poço profundo no bairro Planalto da Galileia, neste município.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2074/req_176-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2074/req_176-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de área de lazer com academia ao ar livre e campo de vôlei, no bairro Alto Alegre, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Irmão Bento, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2075/req_177-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2075/req_177-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma areninha com uma praça e academia de saúde para o bairro Carnaubal, neste município.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2076/req_178-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2076/req_178-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de auditório, vestiários e refeitório na Escola Municipal Maria Regiana da Silva - EMEF - neste município, na forma que indica.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2080/req_179-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2080/req_179-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica no bairro Buenos Aires I, na forma que indica neste munícipio.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>Erlon Lima, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2081/req_180-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2081/req_180-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma Praça com Academia da Saúde, no bairro Zumbi, neste município</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2082/req_181-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2082/req_181-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica na rua São Padre Pio, no Bairro Zumbi, neste município.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>Marden Marinho, Érica Serpa, Erlon Lima, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2083/req_182-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2083/req_182-2025.pdf</t>
   </si>
   <si>
     <t>Requer a criação de um programa específico para atendimento psicológico e social às mães de crianças atípicas em todo o município de Horizonte, neste município.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>Marden Marinho, Erlon Lima, Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2084/req_183-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2084/req_183-2025.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfálticas no seguinte logradouro: Rua Maria Francisca; Rua Santa Rita; Rua Cosme e Damião; Rua Professora Zuleida; Rua Elias Nicolau; Rua João Domingos; Rua Marcelino Domingos; Rua João Ferreira; Rua Ernane Martins; Rua Maria Francisca no Bairro Diadema, neste município.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2085/req_184-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2085/req_184-2025.pdf</t>
   </si>
   <si>
     <t>Requer manutenção urgente na Praça da Lagoinha, bairro Lagoinha, neste municipio.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2086/req_185-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2086/req_185-2025.pdf</t>
   </si>
   <si>
     <t>Requer manutenção na areninha, bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Edson Papinha, Erlon Lima, Italo Sousa, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2087/req_186-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2087/req_186-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implementação do programa vida na escola, na rede pública de ensino, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2088/req_187-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2088/req_187-2025.pdf</t>
   </si>
   <si>
     <t>Requer iluminação Pública para rua Miguel skeff e toda sua extensão, até o bairro Vertente neste município.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Leandro Lima, Érica Serpa, Erlon Lima, Italo Sousa, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2089/req_188-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2089/req_188-2025.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal reforma e ampliação da Policlínica Centro Integrado de Saúde Dr. Memória</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2090/req_189-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2090/req_189-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica das ruas do bairro Cajueiro da Malhada, neste município.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2091/req_190-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2091/req_190-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma cozinha comunitária no distrito de Queimadas, neste município</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2092/req_191-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2092/req_191-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e asfáltica no bairro Gameleira, na forma que indica neste munícipio.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2106/req_192-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2106/req_192-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de uma ciclofaixa na Avenida Manoel Conrado, ligando ao distrito de Dourado, neste munícipio.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Jordan Maia, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2093/req_193-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2093/req_193-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca da Rua Antônio Gonçalves Dias, Rua Emanuel Gonçalves, da Avenida Sebastião Tavares de Almeida e Avenida Juarez Correia Lima no Distrito Industrial, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Erlon Lima, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2105/req_194-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2105/req_194-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma caixa d'água maior no bairro Nova Timbaúba, neste município</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2104/req_195-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2104/req_195-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca na rua Alice Ferreira, no Bairro Buenos Aires II, neste município</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>Requer a reestruturação da rua Sebastião Lourenço no bairro Planalto da Galileia, neste Município.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2102/req_197-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2102/req_197-2025.pdf</t>
   </si>
   <si>
     <t>Requer o atendimento noturno para a Unidade Básica de Saúde - UBS no bairro Buenos Aires I e II, neste Município.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2101/req_198-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2101/req_198-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um programa de orientação aos idosos contra fraudes e golpes do comércio eletrônico e na internet, neste município</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2109/req_200-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2109/req_200-2025.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de um triturador de galhos na forma que indica, neste município</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Leandro Lima, Érica Serpa, Erlon Lima, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2100/req_201-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2100/req_201-2025.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal buscar parcerias com faculdades públicas e privadas para fornecer graduação, pós-graduação, mestrado e doutorado para os servidores públicos deste município</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2099/req_202-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2099/req_202-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma areninha na localidade Vila Nascimento, neste município.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>Diego Pinheiro, Edson Papinha, Érica Serpa, Italo Sousa, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2098/req_203-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2098/req_203-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja destinado Equipes de Limpeza para cada distrito, neste município.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Marden Marinho, Érica Serpa, Erlon Lima, Irmão Bento, Italo Sousa, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2097/req_204-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2097/req_204-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implementação de fisioterapeutas nos postos de saúde, para diminuir a demanda na Policlínica, neste município.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Irmão Bento, Alaecio Gomes, Érica Serpa, Erlon Lima, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2096/req_205-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2096/req_205-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma casa de reabilitação para dependentes químicos, neste Município.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Irmão Bento, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2095/req_206-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2095/req_206-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça com quiosques e academia de saúde no bairro centro, neste município.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>Jordan Maia, Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2094/req_207-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2094/req_207-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e ampliação da Unidade Básica de Saúde da localidade Vila Nascimento, neste município.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2112/requerimento_no_208_2025_-valda.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2112/requerimento_no_208_2025_-valda.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra toscа na Rua Galdino Inacio da Silva, bairro Coqueiros, no distrito de Dourado, neste munícipio.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>Edson Papinha, Carlos da Bodega, Diego Pinheiro, Erlon Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2113/req_209-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2113/req_209-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de energia solar em todos os prédios públicos e vias públicas, neste município.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2114/req_210-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2114/req_210-2025.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica nas ruas do bairro centro, na forma que indica, neste município</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2115/req_211-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2115/req_211-2025.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca em rua do bairro Buenos Aires II, neste município.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2116/req_212-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2116/req_212-2025.pdf</t>
   </si>
   <si>
     <t>Requer a realização de mutirões de limpeza, capina e roçagem nos bairros Catolé, Lagoinha, Buenos Aires 1 e 2 e Gameleira, neste município.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2117/req_213-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2117/req_213-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e asfáltica na Rua Estevam Pereira Amaral, na Localidade Canavieira dos Muniz, neste município.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2118/req_214-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2118/req_214-2025.pdf</t>
   </si>
   <si>
     <t>Requer a criação do Bolsa Atleta do Município de Horizonte.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2119/requerimento_no_215_2025_-flavio.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2119/requerimento_no_215_2025_-flavio.pdf</t>
   </si>
   <si>
     <t>Requer a continuidade da iluminação Pública para a rua Maria Alves da Silva, no bairro Alto da Estrela, neste município.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>Leandro Lima, Érica Serpa, Erlon Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2120/req_216-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2120/req_216-2025.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a Criação de cursos especializados de qualificação de mão de obra para as montadoras de carro que se instalarão no nosso município.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2121/req_217-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2121/req_217-2025.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a aquisição de um aparelho de raio-x portátil para UPA (Unidade de Pronto Atendimento) deste município</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2122/req_218-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2122/req_218-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma do C.E.I. Stela Maria Naspolini, localizado no bairro Buenos Aires na forma que indica, neste município</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2123/req_219-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2123/req_219-2025.pdf</t>
   </si>
   <si>
     <t>Requer a demolição da antiga Cadeia Pública e a construção de uma praça pública no bairro Cajueiro da Malhada. na forma que indica, neste município</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>Carlos da Bodega, Diego Pinheiro, Edson Papinha, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2124/req_220-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2124/req_220-2025.pdf</t>
   </si>
   <si>
     <t>Requer Ponto de apoio dos Correios para atender a população de Aningas e Mundo Novo.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2125/req_221-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2125/req_221-2025.pdf</t>
   </si>
   <si>
     <t>Requer iluminação Pública para Localidade Nova Timbaúba, Distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Jordan Maia, Carlos da Bodega, Érica Serpa, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2126/req_222-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2126/req_222-2025.pdf</t>
   </si>
   <si>
     <t>Requer que o Centro de Imagens de Horizonte passe a ofertar o exame de mapeamento de endometriose, visando ampliar o acesso ao diagnóstico precoce e ao tratamento adequado da doença no município.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2161/req_225-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2161/req_225-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de calçadas nas casas das pessoas de baixa renda em todo o município de Horizonte.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>Leandro Lima, Carlos da Bodega, Edson Papinha, Érica Serpa, Gato Rocha, Jordan Maia</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2145/req_226-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2145/req_226-2025.pdf</t>
   </si>
   <si>
     <t>Requer por parte da Gestão Municipal a criação de uma UPA Animal (Unidade de Pronto Atendimento Veterinário) neste município.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2137/requerimento_no_228_2025_-_marden.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2137/requerimento_no_228_2025_-_marden.pdf</t>
   </si>
   <si>
     <t>Requer a troca de pavimentação em pedra tosca para pavimentação em blocos intertravados, neste município.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2138/requerimento_no_229_2025_-_jose_italo.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2138/requerimento_no_229_2025_-_jose_italo.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica na Rua Santo Inácio, Rua Santa Madalena, Rua São Pedro, Rua Santa Terezinha de Ávila, localizadas no bairro Zumbi, neste município.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Leandro Lima</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2146/req_230-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2146/req_230-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um centro de especialidades médicas das enfermidades relacionados a pele e aos anexos cutâneos, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>Wanilson Ribeiro, Val da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2139/requerimento_no_231_2025_-_wanilson.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2139/requerimento_no_231_2025_-_wanilson.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de boia elétrica em todos os chafarizes, neste município.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2140/requerimento_no_232_2025_-_wanilson.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2140/requerimento_no_232_2025_-_wanilson.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e asfáltica para ruas do bairro Alto Alegre, distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2141/requerimento_no_233_2025_-_jordan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2141/requerimento_no_233_2025_-_jordan.pdf</t>
   </si>
   <si>
     <t>Requer a inclusão como atividade extracurricular o ensino sobre educação financeira aos alunos da rede municipal de ensino, neste município.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>Alaecio Gomes, Val da Ótica, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2142/requerimento_no_234_2025_-_alaecio_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2142/requerimento_no_234_2025_-_alaecio_gomes.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma quadra de futevôlei e beach tennis de areia, próxima a Areninha do bairro Cajueiro da Malhada, no distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2143/requerimento_no_235_2025_-_alaecio_gomes.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2143/requerimento_no_235_2025_-_alaecio_gomes.pdf</t>
   </si>
   <si>
     <t>Requer o recapeamento asfáltico da Rua Professora Maria Paula, no bairro Mal Cozinhado, neste município.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2147/req_236-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2147/req_236-2025.pdf</t>
   </si>
   <si>
     <t>Requer a drenagem para escoamento de água para ruas na sede, neste município.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2148/req_237-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2148/req_237-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca para rua no bairro Catu, neste município.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>Diego Pinheiro, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2149/req_238-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2149/req_238-2025.pdf</t>
   </si>
   <si>
     <t>Requer a criação de um balneário no açude de Aningas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2150/req_240-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2150/req_240-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um parque ecológico no bairro Gameleira, no distrito de Queimadas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>Val da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2151/req_241-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2151/req_241-2025.pdf</t>
   </si>
   <si>
     <t>Requer limpeza e capinagem para conjunto habitacional Alto da Boa Vista, bairro Queimadas, neste município.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2152/req_242-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2152/req_242-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um chafariz para a Rua 20 de Novembro no bairro Cajueiro da Malhada, neste município.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2153/req_243-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2153/req_243-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca em ruas da área verde no bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2154/req_244-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2154/req_244-2025.pdf</t>
   </si>
   <si>
     <t>Requer presença permanente de um agente da Guarda Municipal na Casa dos Conselheiros, neste município.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2162/req_245-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2162/req_245-2025.pdf</t>
   </si>
   <si>
     <t>Requer a realização da operação tapa-buraco e a correção das pontes do Canal do Trabalhador, no distrito de Queimadas na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2163/req_246-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2163/req_246-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um Centro de Educação Infantil - CEI, no bairro Planalto da Galileia, distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>Val da Ótica, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2164/req_247-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2164/req_247-2025.pdf</t>
   </si>
   <si>
     <t>Requer uma ambulância para o distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2165/req_248-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2165/req_248-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de salas de espera infantil com espaço sensorial nas repartições públicas neste Município.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Gato Rocha, Flávio da Coelce, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2166/req_249-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2166/req_249-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um posto de saúde, no bairro Gameleira II, neste município.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Diego Pinheiro, Flávio da Coelce</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2172/req_250-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2172/req_250-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca nas ruas Emidio Pereira, Lauriane Emidio e Jorge Bandeira, no bairro Cachoeira, neste município.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2167/req_251-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2167/req_251-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfática das ruas São Bartolomeu, Perpetua Lopes, Francisca Bento e Antônio Bento no bairro Cachoeira neste município.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2168/requerimento_no_252_2025_-_jordan.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2168/requerimento_no_252_2025_-_jordan.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfática da Rua Araci Melo e das avenidas Manoel Severo e Costa Lima no bairro Catu, neste município.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2169/req_253-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2169/req_253-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma do CEI Maria José Alves da Silva e reforma do Centro Cultural Quilombola Negro Cazuza, no bairro Alto Alegre, distrito de Queimadas.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2173/req_254-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2173/req_254-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de um sistema de iluminação pública na passarela da BR -116, nas proximidades da UPA de Horizonte.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2192/req_256-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2192/req_256-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de uma base da Polícia Militar no bairro Cajueiro da Malhada, distrito de Queimada, neste município.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2174/req_257-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2174/req_257-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfásltica para a Rua Mateus, no distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2175/req_258-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2175/req_258-2025.pdf</t>
   </si>
   <si>
     <t>Requer o funcionamento do Centro de Imagem Fátima Silveira Silva, no período noturno, neste município.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2176/req_259-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2176/req_259-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica para a Rua Maria José Nogueira, no bairro Planalto da Galileia, no distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>Leandro Lima, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2177/req_260-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2177/req_260-2025.pdf</t>
   </si>
   <si>
     <t>Requer a Gestão Municipal realize a reforma dos Centros de Educação Infantil (CEIs), conforme especificado.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2178/req_261-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2178/req_261-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca no seguinte logradouro: Rua Cazuza Caetano, localizada no bairro Dourado, neste município.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>Val da Ótica, Tatiana Nogueira, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2179/req_262-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2179/req_262-2025.pdf</t>
   </si>
   <si>
     <t>Requer a abertura da continuidade da Rua Maria Augustina, no bairro Alto do Estrela, neste município.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2180/req_263-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2180/req_263-2025.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza e capinagem com maquinários nas ruas Barão de Ladari, João Batista Messias de Maria e Francisco Ribeiro da Silva, no bairro Cajueiro da Malhada, neste município.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Edson Papinha, Gato Rocha, Val da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2181/req_264-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2181/req_264-2025.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de educador social para projetos esportivos e sociais, neste município.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2182/req_265-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2182/req_265-2025.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação asfáltica na Rua Pacatuba no bairro Zumbi, neste município.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2183/req_266-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2183/req_266-2025.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação asfáltica na Rua Raimunda Pereira de Araújo no bairro Diadema, neste município.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2184/req_267-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2184/req_267-2025.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilização de transporte universitário para todos os distritos deste município.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Edson Papinha, Val da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2185/req_268-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2185/req_268-2025.pdf</t>
   </si>
   <si>
     <t>Requer a criação do Mercado de Animais Vivos no Município de Horizonte na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>Wanilson Ribeiro, Gato Rocha, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2193/req_269-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2193/req_269-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um campo de futebol para o time do Bragantino Futebol Clube, no bairro Planalto da Galiléia, no distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2202/req_270-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2202/req_270-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica para a Travessa Raimundo Nogueira Lopes, no Distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>Val da Ótica, Flávio da Coelce, Gato Rocha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2194/req_271-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2194/req_271-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de uma lombada na Rua Manoel Luiz, no bairro Buenos Aires 2, neste município.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2195/req_272-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2195/req_272-2025.pdf</t>
   </si>
   <si>
     <t>Requer a sinalização com placas nas duas principais vias de acesso da BR 116 para a comunidade quilombola, e o portal no início da Rua José Pequeno com a inscrição: Sejam Bem-Vindos a Comunidade Quilombola de Alto Alegre, na forma que indica.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2196/req_273-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2196/req_273-2025.pdf</t>
   </si>
   <si>
     <t>Requer a continuação da pavimentação em pedra tosca e asfáltica no seguinte logradouro: Rua João Xerez Frota, localizada no bairro Centro, neste município.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2197/req_274-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2197/req_274-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca, pavimentação asfáltica e saneamento básico para as referidas ruas situadas no bairro Malcozinhado, na forma que indica.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2198/req_276-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2198/req_276-2025.pdf</t>
   </si>
   <si>
     <t>Requer a continuidade da pavimentação em pedra tosca e asfáltica da Rua Raimundo Pereira no bairro Cachoeira, neste município.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2199/req_277-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2199/req_277-2025.pdf</t>
   </si>
   <si>
     <t>Requer a criação do programa Bolsa Olimpíada para alunos do município.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>Érica Serpa, Tatiana Nogueira, Val da Ótica</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2200/req_278-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2200/req_278-2025.pdf</t>
   </si>
   <si>
     <t>Requer a presença permanente da Guarda Municipal ou Guarda Patrimonial nas escolas, posto de saúde e creches do município.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2203/req_279-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2203/req_279-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de lombadas próximas às escolas do município.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2204/req_280-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2204/req_280-2025.pdf</t>
   </si>
   <si>
     <t>Requer a criação de um calendário oficial de coleta e limpeza de lixo seco, neste município.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2219/req_281-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2219/req_281-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de estacionamento para bicicletas em pontos estratégicos do município.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>Jordan Maia, Diego Pinheiro, Edson Papinha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2201/req_282-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2201/req_282-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de um poço profundo na localidade de Jenipapeiro, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>Alaecio Gomes, Adriana Silveira, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2216/req_283-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2216/req_283-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo_x000D_
 Senhor Prefeito Municipal a adoção das providências necessárias para a desapropriação de área destinada à abertura e implantação de novas avenidas no Município de Horizonte, formando o cinturão chamado de "Avenidas para o Futuro", na forma que indica.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2205/req_284-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2205/req_284-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica para a Rua Maria Bueno, no bairro Catu, neste município.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2206/req_285-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2206/req_285-2025.pdf</t>
   </si>
   <si>
     <t>Requer a Pavimentação em pedra tosca e asfáltica na Rua Manoel Gadelha, no bairro Alto Alegre, no Distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>Jordan Maia, Adriana Silveira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2207/req_286-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2207/req_286-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um CEU no bairro Buenos Aires I, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2208/req_287-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2208/req_287-2025.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação do prédio próprio do CACE, a construção de um Centro de Reabilitação Física, Auditiva e Visual, bem como a contratação de mais profissionais, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>Val da Ótica, Diego Pinheiro, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2209/req_288-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2209/req_288-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reativação da agência dos Correios, no Distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2210/req_289-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2210/req_289-2025.pdf</t>
   </si>
   <si>
     <t>Requer reforma da calçada do Colégio Raimundo Nogueira, localizado no Bairro Centro, neste município</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2211/req_290-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2211/req_290-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da rua Alexandrina Maria no bairro Cachoeira, na forma que indica.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2212/req_291-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2212/req_291-2025.pdf</t>
   </si>
   <si>
     <t>Requer uma ambulância para atender os moradores dos bairros, Tanques e Cachoeira, neste município.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2213/req_292-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2213/req_292-2025.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca nas Ruas Silvestre Cardoso da Silva, Alexandrina Maria do Espírito Santo e Rua Dodó Gomes de Almeida,_x000D_
 no bairro Cachoeira, neste município.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2214/req_293-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2214/req_293-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de lousas digitais nas escolas e creches municipais de Horizonte.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2215/req_294-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2215/req_294-2025.pdf</t>
   </si>
   <si>
     <t>Requer a abertura da farmácia pública municipal aos finais de semana e feriados na forma que indicа.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2220/req_295-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2220/req_295-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da rua Francisco Paulino da Silva e Rua Orlando no bairro Buenos Aires II, na forma que indicа, neste município.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2221/req_296-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2221/req_296-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de mesa de futmesa para todas as praças esportivas, neste município.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Gato Rocha, Marden Marinho, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2222/req_297-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2222/req_297-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a substituição das casas de taipa por alvenaria nos distritos de Queimadas, Aningas, Dourado e Sede, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2230/req_298-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2230/req_298-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e posteriormente asfáltica da rua Luís Domingos de Souza no bairro Buenos Aires II, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2223/req_299-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2223/req_299-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de sistema de controle de acesso com biometria facial em todas as escolas da rede pública, neste município.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2224/req_301-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2224/req_301-2025.pdf</t>
   </si>
   <si>
     <t>Requer o treinamento de primeiros socorros para os PAIS na maternidade e posto de saúde, neste município.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2225/req_302-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2225/req_302-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma C.E.I Francisca Rocha Silva localizado no bairro Buenos Aires, neste município.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2226/req_303-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2226/req_303-2025.pdf</t>
   </si>
   <si>
     <t>Requer adotar um procedimento de limpeza semelhante ao que é feito antes da aplicação da pavimentação asfálticа, quando é realizada uma varrição mais profunda, remoção completa de resíduos, entulhos e acúmulo de terra, além da utilização de equipamentos adequados para garantir um resultado mais eficaz.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2241/req_304-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2241/req_304-2025.pdf</t>
   </si>
   <si>
     <t>Requer Pavimentação com peça de concreto (Intertravada) na Travessa Manasses Gadelha Pires, Centro neste município.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos da Bodega, Alaecio Gomes</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2227/req_305-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2227/req_305-2025.pdf</t>
   </si>
   <si>
     <t>Requer Pavimentação asfáltica nos logradouros situados no bairro do Malcozinhado, na forma que indica.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2228/req_306-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2228/req_306-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma das citadas instalações esportivas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>Wanilson Ribeiro, Gato Rocha</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2231/req_307-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2231/req_307-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e coberta dos parquinhos de todos os CEl'S, neste municipio.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>Wanilson Ribeiro, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2232/req_308-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2232/req_308-2025.pdf</t>
   </si>
   <si>
     <t>Requer revitalização com implantação de espaço para caminhadas na Avenida das Palmeiras, na sede, neste município.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2233/req_309-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2233/req_309-2025.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção e reestruturação do chafariz localizado na Rua Luís Domingos de Souza, no bairro Buenos Aires II, neste município.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2234/req_310-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2234/req_310-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica no bairro Buenos Aires Il, na forma que indica.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Edson Papinha, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2235/req_311-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2235/req_311-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo a substituição das luminárias da BR-116 por luminárias solares, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>Irmão Bento, Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2242/req_312-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2242/req_312-2025.pdf</t>
   </si>
   <si>
     <t>Requer Limpeza de todos os bueiros de Horizonte, incluindo Avenida do canal na Rua Euclides Ferreira Gomes, neste município.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2236/req_313-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2236/req_313-2025.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca nas Ruas José Gomes de Almeida e Rua Maria Lili Gomes de Almeida, no bairro Cachoeira, neste município.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2237/req_314-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2237/req_314-2025.pdf</t>
   </si>
   <si>
     <t>Requer a retirada dos fotossensores instalados na Avenida Castelo Branco e na Avenida Manoel Conrado, com a posterior substituição por lombadas físicas, como medida alternativa de controle de velocidade e segurança viária.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2238/req_315-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2238/req_315-2025.pdf</t>
   </si>
   <si>
     <t>Requer a completa limpeza, capinação, retirada de entulhos e poda de árvores no Distrito de Queimadas, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2243/req_316-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2243/req_316-2025.pdf</t>
   </si>
   <si>
     <t>Requer a inserção de profissional psicólogo em todas as escolas, neste município.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2244/req_317-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2244/req_317-2025.pdf</t>
   </si>
   <si>
     <t>Requer instalação de carregadores de veículos elétricos nos prédios e praças públicas, na forma que indica.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2245/req_318-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2245/req_318-2025.pdf</t>
   </si>
   <si>
     <t>Requer inclusão de ensino de libras nas escolas públicas do município, na forma que indica.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2246/req_319-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2246/req_319-2025.pdf</t>
   </si>
   <si>
     <t>Requer a destinação de uma ambulância para atendimento de urgência e emergência no bairro Pica Pau, neste município.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2247/req_320-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2247/req_320-2025.pdf</t>
   </si>
   <si>
     <t>Requer a substituição da caixa d'água do chafariz localizado na Rua Cassimiro Dantas, no distrito de Queimadas, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2248/req_321-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2248/req_321-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o envio de moção de louvor e congratulações aos profissionais, agentes comunitários de saúde e agentes de combate às endemias, neste município.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>Alaecio Gomes, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2249/req_322-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2249/req_322-2025.pdf</t>
   </si>
   <si>
     <t>Requer instalação de luminárias na Rua Raimundo Domingos da Silva, em toda sua extensão no Bairro Mal Cozinhado, Loteamento Santa Luzia, neste município.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2250/req_323-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2250/req_323-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um Crematório para animais neste município.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2254/req_325-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2254/req_325-2025.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca na Rua Ezequiel Pinheiro Distrito de Aningas, neste município.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2286/req_326-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2286/req_326-2025.pdf</t>
   </si>
   <si>
     <t>Requer a continuidade da iluminação Pública para a Avenida Manoel Pereira, no bairro Canavieira dos Pinheiros, neste município.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2255/req_327-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2255/req_327-2025.pdf</t>
   </si>
   <si>
     <t>Requer ampliação da Iluminação Pública para a rua Cicero Brindeiro localizada no bairro Vertente, neste município.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2257/req_328-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2257/req_328-2025.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação do estacionamento do bicicletário da escola João Antônio da Silva no bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Carlos da Bodega</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2258/req_329-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2258/req_329-2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria de Infraestrutura informações sobre as instalações das placas de identificação com os nomes e CEPs das ruas atualizados, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>Italo Sousa, Alaecio Gomes, Érica Serpa, Jordan Maia, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2256/req_330-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2256/req_330-2025.pdf</t>
   </si>
   <si>
     <t>Requer a convocação dos aprovados do concurso público do Demutran e da Guarda municipal, neste município.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2262/req_331-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2262/req_331-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca e asfáltica para as ruas: Maria Estela Nogueira e João Moreira de Lima, no bairro Gameleira, neste Município.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>Jordan Maia, Flávio da Coelce, Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2263/req_332-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2263/req_332-2025.pdf</t>
   </si>
   <si>
     <t>Requer a criação do Programa Intercâmbio Jovem para ofertar intercâmbio internacional aos alunos do 9º ano do Ensino Fundamental da Rede Pública do Município de Horizonte.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2264/req_334-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2264/req_334-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica da Rua Raimundo Expedito da Silva, no Bairro Lagoinha, neste Município.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2265/req_335-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2265/req_335-2025.pdf</t>
   </si>
   <si>
     <t>Requer a cobertura dos estacionamentos de bicicletas nas escolas municipais, na forma que indica, neste Município.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2266/req_336-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2266/req_336-2025.pdf</t>
   </si>
   <si>
     <t>Requer drenagem para a Rua José Cardoso, bairro Mangueiral, neste Município.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2267/req_337-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2267/req_337-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica nos seguintes logradouros: Rua Antônio Alexsandro Queiroz da Cruz, Rua Pompílio Paulino de Almeida, Rua Letícia Nogueira Paiva, Rua Antônio Wilson Pinheiro Reginaldo e Rua Belo Horizonte, no Bairro Cajueiro da Malhada, neste Município.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2268/req_338-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2268/req_338-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de lombada na Rua Maria do Carmo, no bairro Catolé, neste Município.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2269/req_339-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2269/req_339-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de armários escolares nas unidades de ensino que possuem turmas de ensino integral, neste Município.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2270/req_340-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2270/req_340-2025.pdf</t>
   </si>
   <si>
     <t>Requer a realização de pedra tosca e pavimentação asfáltica na Rua Antônio Pereira de Assunção e Rua 7, no Bairro Cachoeira, neste Município.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>Adriana Silveira, Carlos da Bodega, Marden Marinho, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2271/req_341-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2271/req_341-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação do serviço de coleta de lixo no período noturno em bairros do Município de Horizonte.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2277/req_342-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2277/req_342-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de abrigos nas paradas de ônibus escolares municipais, na forma que indica, nesse município.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2278/req_343-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2278/req_343-2025.pdf</t>
   </si>
   <si>
     <t>Reque ao Poder Executivo e à Secretaria Municipal de Segurança, Cidadania, Trânsito e Transporte a instalação de uma faixa verde para a prática esportiva, na forma que indica, nesse município.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2279/req_344-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2279/req_344-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação da plataforma Cidade Limpa Digital no Município de Horizonte.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2280/req_345-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2280/req_345-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um Mercado Público, no distrito de Queimadas, nesse município.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2281/req_346-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2281/req_346-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a inclusão de todos os servidores (efetivos, comissionados, temporários e terceirizados) nos sorteios e demais atividades festivas da comemoração do Dia do Servidor Público.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2282/req_347-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2282/req_347-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação dos quebra-molas na Rua Honorato Silvestre, bem como a limpeza da mesma e das ruas: Luiza Honorato e Raimundo Barbosa, no bairro Mangueiral, na forma que indica.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2287/req_348-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2287/req_348-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de uma Brinquedopraça e de uma Academia de Saúde na localidade Nova Timbaúba, no distrito de Queimadas, neste Município.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2288/req_349-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2288/req_349-2025.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação asfáltica em ruas no bairro Buenos Aires II, neste município.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2289/req_350-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2289/req_350-2025.pdf</t>
   </si>
   <si>
     <t>Requer Redutores de Velocidade em rua no bairro Zumbi, neste município.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>Wanilson Ribeiro, Italo Sousa, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2290/req_351-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2290/req_351-2025.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção ou substituição da caixa d'água do chafariz na avenida Joaquim Nogueira Lopes, no Distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2291/req_352-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2291/req_352-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um mercado público para o Distrito de Aningas, neste município.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>Irmão Bento, Alaecio Gomes, Edson Papinha, Italo Sousa, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2292/req_353-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2292/req_353-2025.pdf</t>
   </si>
   <si>
     <t>Requer câmeras de monitoramento para todas as praças, e areninhas do município, neste município.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2293/req_354-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2293/req_354-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação da EJA na Escola João Antônio da Silva no bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Marden Marinho</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2297/req_356-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2297/req_356-2025.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e ampliação da Academia da Saúde, bem como a contratação e qualificação de profissionais, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2298/req_357-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2298/req_357-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfaltica e a iluminação pública da rua Camilo Ferreira, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2299/req_358-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2299/req_358-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica das ruas Lais Tavares de Oliveira, Laurita Cavalcante Tavares, Francisca Prudêncio do Nascimento e Célio Augusto Oliveira e Silva no bairro Gameleira na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>Jordan Maia, Adriana Silveira, Edson Papinha, Érica Serpa, Flávio da Coelce, Marden Marinho, Tatiana Nogueira, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2300/req_359-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2300/req_359-2025.pdf</t>
   </si>
   <si>
     <t>Requer a viabilização do fornecimento gratuito de refeições diárias para os funcionários da limpeza pública do Município de Horizonte.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2301/req_360-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2301/req_360-2025.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de uma academia da saúde ao lado da Sala de Memórias, no centro do Distrito de Queimadas, neste município.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2303/req_361-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2303/req_361-2025.pdf</t>
   </si>
   <si>
     <t>Requer a abertura de filiais do Centro de Abastecimento Farmacêutico (CAF) nos distritos de Horizonte, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>Flávio da Coelce, Edson Papinha, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2302/req_362-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2302/req_362-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de arquibancada nas Areninhas em nosso Município</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2310/req_363-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2310/req_363-2025.pdf</t>
   </si>
   <si>
     <t>Requer a criação do programa de Recuperação de Crédito Tributários e Não Tributários - REFIS 2025, este município.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2311/req_364-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2311/req_364-2025.pdf</t>
   </si>
   <si>
     <t>Requer a inclusão de tênis dentre dos itens que compõem o fardamento escolar que são fornecidos de forma gratuita pela prefeitura.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2326/requerimento_no_366_2025_-_tatiana_nogueira.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2326/requerimento_no_366_2025_-_tatiana_nogueira.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça e areninha com quadra de futebol e academia ao ar livre na Avenida Joaquim Nogueira Lopes, no distrito de Queimadas, na forma que indica.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>Marden Marinho, Adriana Silveira, Carlos da Bodega, Érica Serpa, Irmão Bento</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2316/req_367-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2316/req_367-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica no seguinte logradouro: Avenida General Dutra, no bairro Catu, neste município.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2321/req_368-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2321/req_368-2025.pdf</t>
   </si>
   <si>
     <t>Requer instalação de lombadas em ruas do bairro Catolé, neste município.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>Irmão Bento, Adriana Silveira, Carlos da Bodega, Tatiana Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2317/req_369-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2317/req_369-2025.pdf</t>
   </si>
   <si>
     <t>Requer gratificação para os técnicos de enfermagem, efetivos, contratados e terceirizados, neste município.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2314/req_370-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2314/req_370-2025.pdf</t>
   </si>
   <si>
     <t>Requer continuação da pavimentação em pedra tosca na Rua Manoel Vicente, no bairro Canavieira do Muniz, neste município.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>Tatiana Nogueira, Marden Marinho, Wanilson Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2318/req_371-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2318/req_371-2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma Unidade Básica de Saúde no bairro Cajueiro da Malhada, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2319/req_373-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2319/req_373-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfálticas no seguinte logradouro: João Galdino e Antônio Luciano, no Distrito Industrial "Pica- Pau", neste município.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>Érica Serpa, Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2327/req_376-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2327/req_376-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Deputado Federal Robério Monteiro, a destinação de verbas proveniente de emenda parlamentar para aquisição de um aparelho tomógrafo que será utilizado no Centro de Imagens de Horizonte.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2328/req_377-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2328/req_377-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica no bairro Distrito Industrial, na forma que indica neste município.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2329/req_378-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2329/req_378-2025.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação asfáltica na Rua Costa Rica, Rua Panamá, Rua Athena, Rua Minerva, Rua Nice, localizadas no bairro Malcozinhado, neste município.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2330/req_379-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2330/req_379-2025.pdf</t>
   </si>
   <si>
     <t>Requer a drenagem da Rua José Alves Pereira, no bairro Buenos Aires I, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2338/req_380-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2338/req_380-2025.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em pedra tosca e asfáltica; rede elétrica e saneamento básico para as ruas: Santa Beatriz, Santa Bernadete e São João Batista, no Bairro Zumbi.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2339/req_381-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2339/req_381-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de redutor de velocidade na rua Manoel Conrado, no bairro Zumbi, na forma que indica.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>Marden Marinho, Italo Sousa</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2340/req_382-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2340/req_382-2025.pdf</t>
   </si>
   <si>
     <t>Requer reparo e nivelamento dos bueiros localizados no município de Horizonte, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2341/req_383-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2341/req_383-2025.pdf</t>
   </si>
   <si>
     <t>Requer aquisição de um equipamento de ressonância que suporte pessoas com mais de 120kg, no centro de imagens, neste município.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2343/req_384-2025.pdf</t>
+    <t>http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2343/req_384-2025.pdf</t>
   </si>
   <si>
     <t>Requer instalação de duas lombadas na Rua José Maria de Oliveira, localizada no distrito de Queimadas, neste município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6322,67 +6322,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2108/parecer_previo_n._039-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1933/plc_001-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1956/pl_complementar_no_002_2025_-_executivo_-_votacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2130/plc_003-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2131/plc_004-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2252/plc_005-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2285/plc_06-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2333/plc_007-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2305/plc_008-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1863/pl_001-2025_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1934/pl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1916/pl_003-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1935/pl_004-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1936/pl_005-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1937/pl_006-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1917/pl_007-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1918/projeto_de_lei_no_008_2025_-_legislativo_leitura.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1938/pl_009-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1939/pl_010-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1940/pl_011-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1955/pl_012-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1970/pl_013-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1971/pl_014-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1972/pl_015-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1973/pl_017-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1974/pl_018-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2001/pl_019-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2002/pl_020-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2004/pl_021-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2020/pl_022-20251.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2039/projeto_de_lei_no_023_2025_-_denomina_maria_eugenia_gomes_santiago_praca_publica.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2040/projeto_de_lei_no_024_2025_-_institui_o_conselho_municipal_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2041/projeto_de_lei_no_025_2025_-_institui_o_fundo_municipal_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2042/projeto_de_lei_no_026_2025_-_autoriza_contribuicao_com_a_confederacao_nacional_dos_municipios.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2043/projeto_de_lei_no_027_2025_-_prorrogacao_do_prazo_do_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_no_028_2025_-_institui_a_gratificacao_de_desempenho_no_spaece.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2045/projeto_de_lei_no_029_2025_-_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2055/projeto_de_lei_no_030_2025_-_altera_a_lei_no_163_94.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2068/pl_031-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2078/pl_034-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2110/pl_035-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2111/pl_036-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2132/projeto_de_lei_no_038_2025_-_executivo_leutira.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2133/pl_039-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2134/pl_045-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2135/pl_046-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2136/pl_047-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2186/pl_048-20251.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2144/pl_050-20251.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2157/pl_051-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2158/pl_052-20251.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2159/pl_053-20251.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2187/pl_054-20251.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2160/pl_055-20251.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2188/pl_056-20251.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2189/pl_057-20251.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2218/pl_058-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2190/pl_061-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2191/pl_062-20251.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2229/pl_063-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2240/pl_064-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2253/pl_065-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2259/pl_066-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2260/pl_067-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2261/pl_068-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2294/pl_069-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2295/pl_070-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2296/pl_071-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2306/pl_072-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2307/pl_074-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2323/pl_075-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2332/pl_076-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2334/pl_077-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2335/pl_078-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2336/pl_079-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2342/pl_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2324/veto_pl_complementar.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1862/pdl_001.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1942/pdl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1967/pdl_003-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1968/pdl_004-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1969/pdl_005-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1989/pdl_006-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2019/pdl_007-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2038/pdl_no_008_2025_-_denomina_de_rua_maria_zelia_almeida_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2067/pdl_009-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2107/pdl_010-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2127/pdl_011-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2128/pdl_012-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2129/pdl_014-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2170/pdl_015-20251.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2156/pdl_016-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2239/pdl_018-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2251/pdl_019-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2274/pdl_020-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2275/pdl_021-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2276/pdl_022-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2284/pdl_023-20251.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2304/pdl_024-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2315/pdl_026-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2309/pdl_027-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2331/pdl_028-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2069/pr_001-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2272/pre_002-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_002-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1919/ind_003-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2017/ind_004-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2018/ind_005-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_no_006_2025_-_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2077/ind_008-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2155/ind_009-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_no_010_2025_-_gato_rocha.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2217/ind_012-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2273/ind_014-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2283/ind_015-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2308/ind_016-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2312/ind_017-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2313/ind_018-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2320/ind_019-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2325/ind_020-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2337/ind_021-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1864/req_001-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1878/req_002-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1865/req_004-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1866/req_005-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1867/req_006-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1879/req_007-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1868/req_009-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1869/req_010-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1870/req_011-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1871/req_012-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1872/req_013-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1873/req_014-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1874/req_015-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1880/req_016-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1895/req_017-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1875/req_018-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1896/req_019-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1876/req_020-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1877/req_021-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1892/req_022-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1893/req_023-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1881/req_024-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1882/req_025-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1883/req_026-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1897/req_027-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1884/req_028-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1885/req_029-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1886/req_030-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1887/req_031-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1898/req_032-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1888/req_033-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1889/req_034-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1890/req_035-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1891/req_036-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1920/req_037-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1921/req_038-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1899/req_039-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1900/req_040-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1901/req_042-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1922/req_043-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1902/req_044-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1903/req_045-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1904/req_046-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1905/req_047-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1906/req_048-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1907/req_049-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1908/requerimento_no_050_2025_-_ver._italo.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1909/req_051-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1910/req_052-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1943/requerimento_no_053_2025_-_requer_posto_de_saude_na_localidade_de_preaoca_-_luciano_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1911/req_054-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1912/req_055-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1913/requerimento_no_056_2025_-_ver._italo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1914/req_057-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1975/requerimento_no_058_2025_-_marden_marinho.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1923/req_059-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1915/req_060-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1924/req_061-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1925/req_062-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1926/req_064-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1927/req_065-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1944/requerimento_no_066_2025_-_instalacao_de_uma_area_de_lazer_com_quadra_de_futevolei__em_gameleira_-_wanilson.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1928/req_067-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1929/req_068-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1930/req_069-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1931/req_070-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1932/req_071-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1945/requerimento_no_072_2025_-_ver._italo_bezerra.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1946/requerimento_no_73_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1947/requerimento_no_074_2025_-_pavimentacao_em_pedra_tosca_para_ruas_em_queimadas_-_wanilson.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1948/requerimento_no_075_2025_-_criacao_de_um_centro_de_traumatogia-_adriana_silveira.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1949/requerimento_no_076_2025_-_pavimentacao_ruas_alto_alegre_-_vera.tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1950/requerimento_no_077_2025_-_reforma_areninha_argeu_dos_santos_-_vera.tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1951/requerimento_no_078_2025_-_pavimentacao_ns_rua_jose_cassimiro_facanha_na_localidade_de_tanques_-_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1952/requerimento_no_079_2025_-_reforma_e_revitalizacao_da_praca_dos_dinossauros_no_bairro_buenos_aires_i_-_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1953/requerimento_no_080_2025_-_vers.carlos_gomes_e_diego_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1954/requerimento_no_081_2025_-_ver._alaecio_gomes.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1957/req_082-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1958/requerimento_no_083_2025_erica_serpa.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1959/requerimento_no_084_2025__erica_serpa.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1976/requerimento_no_085_2025_-_wanilson_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1960/req_086-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1961/req_087-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1962/requerimento_no_088_2025_diego_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1963/req_090-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1964/req_091-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2005/req_092-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2000/requerimento_no_093_2025_-_erica_serpa.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1999/requerimento_no_094_2025_-_erica_serpa.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1965/req_095-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1966/req_096-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1978/requerimento_no_097_2025_-_edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1979/requerimento_no_098_2025_-_edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1981/requerimento_no_100_2025_-_tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2003/req_102-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1982/requerimento_no_103_2025_-_adriana_silveira.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1983/requerimento_no_104_2025_-_luciano_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1984/requerimento_no_105_2025_-_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1985/requerimento_no_106_2025_-_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1986/requerimento_no_107_2025_-_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1987/requerimento_no_108_2025_-_leandro_lima.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1998/req_109-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1997/req_110-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1996/req_111-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1995/req_112-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1994/req_114-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2006/req_115-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2021/req_0116-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1993/req_117-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1992/req_118-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1991/req_119-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1990/req_120-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2007/req_121-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2008/req_122-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2009/req_123-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2022/req_124-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2010/req_125-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2011/req_126-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2012/req_127-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2013/req_128-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2014/req_129-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2030/req_130-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2031/req_131-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2015/req_132-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2016/requerimento_no_133_2025_-_mocao_de_apoio_-_diego.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2023/req_134-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2024/req_135-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2025/req_136-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2026/req_137-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2027/req_138-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2028/req_139-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2029/req_140-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2046/req_143-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2057/requerimento_no_144_2025_-_diego_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2032/req_146-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2033/req_147-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2034/req_148-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2035/req_149-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2036/req_150-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2037/req_151-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2047/req_152-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2048/pl_153-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2049/req_154-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2050/req_155-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2051/req_156-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2052/requerimento_no_157_2025_-_carlos_leandro.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2053/req_158-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2054/req_159-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2058/requerimento_no_160_2025_-_luiz_bento.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2059/requerimento_no_162_2025_-_tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2060/requerimento_no_163_2025_-_jose_italo.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2061/requerimento_no_164_2025_-_jose_italo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2062/requerimento_no_165_2025_-_jordan_maia.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2063/requerimento_no_166_2025_-_jose_flavio.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_no_167_2025_-_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2065/requerimento_no_168_2025_-_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2066/requerimento_no_169_2025_-_erlon_lima.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2079/req_170-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2070/req_172-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2071/req_173-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2072/req_174-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2073/requerimento_no_175_2025_-_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2074/req_176-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2075/req_177-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2076/req_178-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2080/req_179-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2081/req_180-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2082/req_181-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2083/req_182-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2084/req_183-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2085/req_184-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2086/req_185-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2087/req_186-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2088/req_187-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2089/req_188-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2090/req_189-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2091/req_190-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2092/req_191-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2106/req_192-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2093/req_193-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2105/req_194-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2104/req_195-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2102/req_197-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2101/req_198-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2109/req_200-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2100/req_201-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2099/req_202-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2098/req_203-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2097/req_204-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2096/req_205-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2095/req_206-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2094/req_207-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2112/requerimento_no_208_2025_-valda.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2113/req_209-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2114/req_210-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2115/req_211-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2116/req_212-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2117/req_213-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2118/req_214-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2119/requerimento_no_215_2025_-flavio.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2120/req_216-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2121/req_217-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2122/req_218-2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2123/req_219-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2124/req_220-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2125/req_221-2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2126/req_222-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2161/req_225-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2145/req_226-2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2137/requerimento_no_228_2025_-_marden.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2138/requerimento_no_229_2025_-_jose_italo.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2146/req_230-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2139/requerimento_no_231_2025_-_wanilson.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2140/requerimento_no_232_2025_-_wanilson.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2141/requerimento_no_233_2025_-_jordan.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2142/requerimento_no_234_2025_-_alaecio_gomes.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2143/requerimento_no_235_2025_-_alaecio_gomes.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2147/req_236-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2148/req_237-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2149/req_238-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2150/req_240-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2151/req_241-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2152/req_242-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2153/req_243-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2154/req_244-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2162/req_245-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2163/req_246-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2164/req_247-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2165/req_248-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2166/req_249-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2172/req_250-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2167/req_251-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2168/requerimento_no_252_2025_-_jordan.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2169/req_253-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2173/req_254-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2192/req_256-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2174/req_257-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2175/req_258-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2176/req_259-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2177/req_260-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2178/req_261-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2179/req_262-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2180/req_263-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2181/req_264-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2182/req_265-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2183/req_266-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2184/req_267-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2185/req_268-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2193/req_269-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2202/req_270-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2194/req_271-2025.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2195/req_272-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2196/req_273-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2197/req_274-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2198/req_276-2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2199/req_277-2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2200/req_278-2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2203/req_279-2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2204/req_280-2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2219/req_281-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2201/req_282-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2216/req_283-2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2205/req_284-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2206/req_285-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2207/req_286-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2208/req_287-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2209/req_288-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2210/req_289-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2211/req_290-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2212/req_291-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2213/req_292-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2214/req_293-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2215/req_294-2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2220/req_295-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2221/req_296-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2222/req_297-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2230/req_298-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2223/req_299-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2224/req_301-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2225/req_302-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2226/req_303-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2241/req_304-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2227/req_305-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2228/req_306-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2231/req_307-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2232/req_308-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2233/req_309-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2234/req_310-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2235/req_311-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2242/req_312-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2236/req_313-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2237/req_314-2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2238/req_315-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2243/req_316-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2244/req_317-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2245/req_318-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2246/req_319-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2247/req_320-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2248/req_321-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2249/req_322-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2250/req_323-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2254/req_325-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2286/req_326-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2255/req_327-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2257/req_328-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2258/req_329-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2256/req_330-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2262/req_331-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2263/req_332-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2264/req_334-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2265/req_335-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2266/req_336-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2267/req_337-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2268/req_338-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2269/req_339-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2270/req_340-2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2271/req_341-2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2277/req_342-2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2278/req_343-2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2279/req_344-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2280/req_345-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2281/req_346-2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2282/req_347-2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2287/req_348-2025.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2288/req_349-2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2289/req_350-2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2290/req_351-2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2291/req_352-2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2292/req_353-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2293/req_354-2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2297/req_356-2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2298/req_357-2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2299/req_358-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2300/req_359-2025.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2301/req_360-2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2303/req_361-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2302/req_362-2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2310/req_363-2025.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2311/req_364-2025.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2326/requerimento_no_366_2025_-_tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2316/req_367-2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2321/req_368-2025.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2317/req_369-2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2314/req_370-2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2318/req_371-2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2319/req_373-2025.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2327/req_376-2025.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2328/req_377-2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2329/req_378-2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2330/req_379-2025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2338/req_380-2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2339/req_381-2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2340/req_382-2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2341/req_383-2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2343/req_384-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2108/parecer_previo_n._039-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1933/plc_001-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1956/pl_complementar_no_002_2025_-_executivo_-_votacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2130/plc_003-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2131/plc_004-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2252/plc_005-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2285/plc_06-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2333/plc_007-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2305/plc_008-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1863/pl_001-2025_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1934/pl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1916/pl_003-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1935/pl_004-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1936/pl_005-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1937/pl_006-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1917/pl_007-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1918/projeto_de_lei_no_008_2025_-_legislativo_leitura.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1938/pl_009-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1939/pl_010-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1940/pl_011-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1955/pl_012-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1970/pl_013-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1971/pl_014-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1972/pl_015-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1973/pl_017-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1974/pl_018-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2001/pl_019-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2002/pl_020-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2004/pl_021-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2020/pl_022-20251.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2039/projeto_de_lei_no_023_2025_-_denomina_maria_eugenia_gomes_santiago_praca_publica.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2040/projeto_de_lei_no_024_2025_-_institui_o_conselho_municipal_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2041/projeto_de_lei_no_025_2025_-_institui_o_fundo_municipal_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2042/projeto_de_lei_no_026_2025_-_autoriza_contribuicao_com_a_confederacao_nacional_dos_municipios.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2043/projeto_de_lei_no_027_2025_-_prorrogacao_do_prazo_do_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_no_028_2025_-_institui_a_gratificacao_de_desempenho_no_spaece.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2045/projeto_de_lei_no_029_2025_-_executivo_leitura.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2055/projeto_de_lei_no_030_2025_-_altera_a_lei_no_163_94.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2068/pl_031-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2078/pl_034-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2110/pl_035-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2111/pl_036-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2132/projeto_de_lei_no_038_2025_-_executivo_leutira.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2133/pl_039-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2134/pl_045-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2135/pl_046-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2136/pl_047-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2186/pl_048-20251.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2144/pl_050-20251.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2157/pl_051-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2158/pl_052-20251.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2159/pl_053-20251.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2187/pl_054-20251.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2160/pl_055-20251.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2188/pl_056-20251.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2189/pl_057-20251.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2218/pl_058-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2190/pl_061-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2191/pl_062-20251.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2229/pl_063-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2240/pl_064-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2253/pl_065-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2259/pl_066-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2260/pl_067-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2261/pl_068-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2294/pl_069-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2295/pl_070-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2296/pl_071-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2306/pl_072-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2307/pl_074-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2323/pl_075-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2332/pl_076-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2334/pl_077-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2335/pl_078-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2336/pl_079-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2342/pl_080-20251.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2324/veto_pl_complementar.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1862/pdl_001.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1942/pdl_002-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1967/pdl_003-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1968/pdl_004-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1969/pdl_005-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1989/pdl_006-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2019/pdl_007-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2038/pdl_no_008_2025_-_denomina_de_rua_maria_zelia_almeida_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2067/pdl_009-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2107/pdl_010-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2127/pdl_011-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2128/pdl_012-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2129/pdl_014-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2170/pdl_015-20251.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2156/pdl_016-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2239/pdl_018-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2251/pdl_019-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2274/pdl_020-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2275/pdl_021-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2276/pdl_022-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2284/pdl_023-20251.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2304/pdl_024-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2315/pdl_026-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2309/pdl_027-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2331/pdl_028-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2069/pr_001-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2272/pre_002-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_002-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1919/ind_003-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2017/ind_004-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2018/ind_005-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_no_006_2025_-_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2077/ind_008-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2155/ind_009-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_no_010_2025_-_gato_rocha.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2217/ind_012-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2273/ind_014-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2283/ind_015-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2308/ind_016-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2312/ind_017-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2313/ind_018-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2320/ind_019-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2325/ind_020-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2337/ind_021-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1864/req_001-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1878/req_002-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1865/req_004-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1866/req_005-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1867/req_006-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1879/req_007-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1868/req_009-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1869/req_010-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1870/req_011-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1871/req_012-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1872/req_013-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1873/req_014-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1874/req_015-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1880/req_016-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1895/req_017-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1875/req_018-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1896/req_019-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1876/req_020-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1877/req_021-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1892/req_022-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1893/req_023-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1881/req_024-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1882/req_025-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1883/req_026-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1897/req_027-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1884/req_028-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1885/req_029-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1886/req_030-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1887/req_031-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1898/req_032-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1888/req_033-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1889/req_034-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1890/req_035-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1891/req_036-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1920/req_037-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1921/req_038-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1899/req_039-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1900/req_040-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1901/req_042-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1922/req_043-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1902/req_044-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1903/req_045-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1904/req_046-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1905/req_047-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1906/req_048-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1907/req_049-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1908/requerimento_no_050_2025_-_ver._italo.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1909/req_051-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1910/req_052-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1943/requerimento_no_053_2025_-_requer_posto_de_saude_na_localidade_de_preaoca_-_luciano_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1911/req_054-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1912/req_055-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1913/requerimento_no_056_2025_-_ver._italo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1914/req_057-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1975/requerimento_no_058_2025_-_marden_marinho.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1923/req_059-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1915/req_060-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1924/req_061-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1925/req_062-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1926/req_064-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1927/req_065-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1944/requerimento_no_066_2025_-_instalacao_de_uma_area_de_lazer_com_quadra_de_futevolei__em_gameleira_-_wanilson.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1928/req_067-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1929/req_068-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1930/req_069-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1931/req_070-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1932/req_071-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1945/requerimento_no_072_2025_-_ver._italo_bezerra.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1946/requerimento_no_73_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1947/requerimento_no_074_2025_-_pavimentacao_em_pedra_tosca_para_ruas_em_queimadas_-_wanilson.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1948/requerimento_no_075_2025_-_criacao_de_um_centro_de_traumatogia-_adriana_silveira.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1949/requerimento_no_076_2025_-_pavimentacao_ruas_alto_alegre_-_vera.tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1950/requerimento_no_077_2025_-_reforma_areninha_argeu_dos_santos_-_vera.tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1951/requerimento_no_078_2025_-_pavimentacao_ns_rua_jose_cassimiro_facanha_na_localidade_de_tanques_-_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1952/requerimento_no_079_2025_-_reforma_e_revitalizacao_da_praca_dos_dinossauros_no_bairro_buenos_aires_i_-_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1953/requerimento_no_080_2025_-_vers.carlos_gomes_e_diego_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1954/requerimento_no_081_2025_-_ver._alaecio_gomes.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1957/req_082-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1958/requerimento_no_083_2025_erica_serpa.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1959/requerimento_no_084_2025__erica_serpa.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1976/requerimento_no_085_2025_-_wanilson_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1960/req_086-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1961/req_087-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1962/requerimento_no_088_2025_diego_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1963/req_090-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1964/req_091-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2005/req_092-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2000/requerimento_no_093_2025_-_erica_serpa.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1999/requerimento_no_094_2025_-_erica_serpa.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1965/req_095-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1966/req_096-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1978/requerimento_no_097_2025_-_edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1979/requerimento_no_098_2025_-_edson_papinha.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1981/requerimento_no_100_2025_-_tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2003/req_102-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1982/requerimento_no_103_2025_-_adriana_silveira.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1983/requerimento_no_104_2025_-_luciano_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1984/requerimento_no_105_2025_-_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1985/requerimento_no_106_2025_-_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1986/requerimento_no_107_2025_-_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1987/requerimento_no_108_2025_-_leandro_lima.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1998/req_109-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1997/req_110-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1996/req_111-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1995/req_112-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1994/req_114-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2006/req_115-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2021/req_0116-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1993/req_117-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1992/req_118-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1991/req_119-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/1990/req_120-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2007/req_121-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2008/req_122-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2009/req_123-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2022/req_124-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2010/req_125-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2011/req_126-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2012/req_127-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2013/req_128-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2014/req_129-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2030/req_130-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2031/req_131-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2015/req_132-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2016/requerimento_no_133_2025_-_mocao_de_apoio_-_diego.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2023/req_134-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2024/req_135-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2025/req_136-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2026/req_137-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2027/req_138-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2028/req_139-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2029/req_140-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2046/req_143-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2057/requerimento_no_144_2025_-_diego_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2032/req_146-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2033/req_147-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2034/req_148-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2035/req_149-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2036/req_150-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2037/req_151-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2047/req_152-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2048/pl_153-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2049/req_154-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2050/req_155-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2051/req_156-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2052/requerimento_no_157_2025_-_carlos_leandro.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2053/req_158-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2054/req_159-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2058/requerimento_no_160_2025_-_luiz_bento.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2059/requerimento_no_162_2025_-_tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2060/requerimento_no_163_2025_-_jose_italo.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2061/requerimento_no_164_2025_-_jose_italo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2062/requerimento_no_165_2025_-_jordan_maia.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2063/requerimento_no_166_2025_-_jose_flavio.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_no_167_2025_-_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2065/requerimento_no_168_2025_-_carlos_gomes.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2066/requerimento_no_169_2025_-_erlon_lima.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2079/req_170-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2070/req_172-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2071/req_173-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2072/req_174-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2073/requerimento_no_175_2025_-_flavio_da_coelce.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2074/req_176-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2075/req_177-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2076/req_178-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2080/req_179-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2081/req_180-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2082/req_181-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2083/req_182-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2084/req_183-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2085/req_184-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2086/req_185-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2087/req_186-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2088/req_187-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2089/req_188-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2090/req_189-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2091/req_190-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2092/req_191-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2106/req_192-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2093/req_193-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2105/req_194-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2104/req_195-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2102/req_197-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2101/req_198-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2109/req_200-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2100/req_201-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2099/req_202-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2098/req_203-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2097/req_204-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2096/req_205-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2095/req_206-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2094/req_207-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2112/requerimento_no_208_2025_-valda.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2113/req_209-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2114/req_210-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2115/req_211-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2116/req_212-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2117/req_213-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2118/req_214-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2119/requerimento_no_215_2025_-flavio.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2120/req_216-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2121/req_217-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2122/req_218-2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2123/req_219-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2124/req_220-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2125/req_221-2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2126/req_222-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2161/req_225-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2145/req_226-2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2137/requerimento_no_228_2025_-_marden.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2138/requerimento_no_229_2025_-_jose_italo.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2146/req_230-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2139/requerimento_no_231_2025_-_wanilson.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2140/requerimento_no_232_2025_-_wanilson.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2141/requerimento_no_233_2025_-_jordan.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2142/requerimento_no_234_2025_-_alaecio_gomes.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2143/requerimento_no_235_2025_-_alaecio_gomes.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2147/req_236-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2148/req_237-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2149/req_238-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2150/req_240-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2151/req_241-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2152/req_242-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2153/req_243-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2154/req_244-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2162/req_245-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2163/req_246-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2164/req_247-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2165/req_248-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2166/req_249-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2172/req_250-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2167/req_251-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2168/requerimento_no_252_2025_-_jordan.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2169/req_253-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2173/req_254-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2192/req_256-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2174/req_257-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2175/req_258-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2176/req_259-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2177/req_260-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2178/req_261-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2179/req_262-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2180/req_263-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2181/req_264-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2182/req_265-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2183/req_266-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2184/req_267-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2185/req_268-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2193/req_269-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2202/req_270-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2194/req_271-2025.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2195/req_272-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2196/req_273-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2197/req_274-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2198/req_276-2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2199/req_277-2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2200/req_278-2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2203/req_279-2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2204/req_280-2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2219/req_281-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2201/req_282-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2216/req_283-2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2205/req_284-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2206/req_285-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2207/req_286-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2208/req_287-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2209/req_288-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2210/req_289-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2211/req_290-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2212/req_291-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2213/req_292-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2214/req_293-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2215/req_294-2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2220/req_295-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2221/req_296-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2222/req_297-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2230/req_298-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2223/req_299-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2224/req_301-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2225/req_302-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2226/req_303-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2241/req_304-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2227/req_305-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2228/req_306-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2231/req_307-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2232/req_308-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2233/req_309-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2234/req_310-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2235/req_311-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2242/req_312-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2236/req_313-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2237/req_314-2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2238/req_315-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2243/req_316-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2244/req_317-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2245/req_318-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2246/req_319-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2247/req_320-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2248/req_321-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2249/req_322-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2250/req_323-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2254/req_325-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2286/req_326-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2255/req_327-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2257/req_328-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2258/req_329-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2256/req_330-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2262/req_331-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2263/req_332-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2264/req_334-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2265/req_335-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2266/req_336-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2267/req_337-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2268/req_338-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2269/req_339-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2270/req_340-2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2271/req_341-2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2277/req_342-2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2278/req_343-2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2279/req_344-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2280/req_345-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2281/req_346-2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2282/req_347-2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2287/req_348-2025.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2288/req_349-2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2289/req_350-2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2290/req_351-2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2291/req_352-2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2292/req_353-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2293/req_354-2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2297/req_356-2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2298/req_357-2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2299/req_358-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2300/req_359-2025.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2301/req_360-2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2303/req_361-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2302/req_362-2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2310/req_363-2025.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2311/req_364-2025.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2326/requerimento_no_366_2025_-_tatiana_nogueira.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2316/req_367-2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2321/req_368-2025.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2317/req_369-2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2314/req_370-2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2318/req_371-2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2319/req_373-2025.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2327/req_376-2025.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2328/req_377-2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2329/req_378-2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2330/req_379-2025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2338/req_380-2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2339/req_381-2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2340/req_382-2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2341/req_383-2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.horizonte.ce.leg.br/media/sapl/public/materialegislativa/2025/2343/req_384-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H482"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="199.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="191.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="191" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>