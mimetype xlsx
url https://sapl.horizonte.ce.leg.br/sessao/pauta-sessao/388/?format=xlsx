--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -102,51 +102,51 @@
   <si>
     <t>Requerimento nº 329 de 2025</t>
   </si>
   <si>
     <t>Tatiana Nogueira,Carlos da Bodega</t>
   </si>
   <si>
     <t>Solicita à Secretaria de Infraestrutura informações sobre as instalações das placas de identificação com os nomes e CEPs das ruas atualizados, na forma que indica, neste município.</t>
   </si>
   <si>
     <t>Requerimento nº 330 de 2025</t>
   </si>
   <si>
     <t>Italo Sousa,Alaecio Gomes,Érica Serpa,Jordan Maia,Tatiana Nogueira</t>
   </si>
   <si>
     <t>Requer a convocação dos aprovados do concurso público do Demutran e da Guarda municipal, neste município.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 5 de 2025</t>
   </si>
   <si>
-    <t>Dispoe sobre a ratificação da adesão do município de Horizonte à Redesim; Regulamenta a Lei Federal n• 13.874/2019;  e da outras providências.</t>
+    <t>Dispõe sobre a ratificação da adesão do Município de Horizonte à Redesim, regulamenta a Lei Federal n. 13.874/2019, e da outras providências.</t>
   </si>
   <si>
     <t>Proposição Para apresentar em Plenário</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 65 de 2025</t>
   </si>
   <si>
     <t>Abre crédito especial, autoriza a transposição de dotações do fundo municipal de meio ambiente e dá outras providências, nos termos da Lei Municipal n• 1.679/2025.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 19 de 2025</t>
   </si>
   <si>
     <t>Tatiana Nogueira,Adriana Silveira,Alaecio Gomes,Carlos da Bodega,Diego Pinheiro,Edson Papinha,Érica Serpa,Flávio da Coelce,Irmão Bento,Italo Sousa,Jordan Maia,Leandro Lima,Marden Marinho,Valda,Wanilson Ribeiro</t>
   </si>
   <si>
     <t>Fica concedido Título de Cidadão Horizontino ao Sr. Márcio Rodrigues Santiago.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">